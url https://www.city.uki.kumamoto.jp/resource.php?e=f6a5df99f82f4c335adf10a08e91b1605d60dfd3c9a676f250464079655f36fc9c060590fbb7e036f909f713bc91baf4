--- v0 (2025-10-30)
+++ v1 (2026-02-22)
@@ -7,89 +7,79 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26924"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\data\share\宇城市\1市長\4福祉部\2子ども未来課(福祉事務所)\3-1保育園係\50　入所\03　HP掲載\R7保育支援係\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\1市長\4福祉部\2子ども未来課(福祉事務所)\3-1保育支援係\50　入所\01　様式（例規外）\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3BB3FB25-DCBE-440D-96F8-1A7A92DC95BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{42734589-D4EA-4A0D-9ABA-B8EA171C5896}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="標準的な様式" sheetId="29" r:id="rId1"/>
     <sheet name="記入例" sheetId="30" r:id="rId2"/>
     <sheet name="記載要領" sheetId="26" r:id="rId3"/>
     <sheet name="プルダウンリスト" sheetId="16" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">記入例!$B$13:$AK$56</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">標準的な様式!$B$13:$AK$56</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">プルダウンリスト!$A$1:$O$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">記載要領!$A$1:$E$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">記入例!$B$1:$AL$58</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">標準的な様式!$B$1:$AL$58</definedName>
   </definedNames>
-  <calcPr calcId="181029" calcMode="manual" concurrentManualCount="2"/>
+  <calcPr calcId="181029" concurrentManualCount="2"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...8 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C2" i="16" l="1"/>
   <c r="C3" i="16" s="1"/>
   <c r="C4" i="16" s="1"/>
   <c r="C5" i="16" s="1"/>
   <c r="C6" i="16" s="1"/>
   <c r="C7" i="16" s="1"/>
   <c r="C8" i="16" s="1"/>
   <c r="C9" i="16" s="1"/>
   <c r="C10" i="16" s="1"/>
   <c r="C11" i="16" s="1"/>
   <c r="C12" i="16" s="1"/>
   <c r="C13" i="16" s="1"/>
   <c r="C14" i="16" s="1"/>
   <c r="C15" i="16" s="1"/>
   <c r="C16" i="16" s="1"/>
   <c r="C17" i="16" s="1"/>
   <c r="C18" i="16" s="1"/>
   <c r="C19" i="16" s="1"/>
@@ -267,51 +257,51 @@
   <c r="F36" i="16" s="1"/>
   <c r="F37" i="16" s="1"/>
   <c r="F38" i="16" s="1"/>
   <c r="F39" i="16" s="1"/>
   <c r="F40" i="16" s="1"/>
   <c r="F41" i="16" s="1"/>
   <c r="F42" i="16" s="1"/>
   <c r="F43" i="16" s="1"/>
   <c r="F44" i="16" s="1"/>
   <c r="F45" i="16" s="1"/>
   <c r="F46" i="16" s="1"/>
   <c r="F47" i="16" s="1"/>
   <c r="F48" i="16" s="1"/>
   <c r="F49" i="16" s="1"/>
   <c r="F50" i="16" s="1"/>
   <c r="F51" i="16" s="1"/>
   <c r="F52" i="16" s="1"/>
   <c r="F53" i="16" s="1"/>
   <c r="F54" i="16" s="1"/>
   <c r="F55" i="16" s="1"/>
   <c r="F2" i="16"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="830" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="831" uniqueCount="241">
   <si>
     <t>就労証明書</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>宛</t>
     <rPh sb="0" eb="1">
       <t>アテ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>証明日</t>
     <rPh sb="0" eb="2">
       <t>ショウメイ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>西暦</t>
     <rPh sb="0" eb="2">
       <t>セイレキ</t>
@@ -1470,50 +1460,57 @@
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>日</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>休憩時間</t>
     <rPh sb="0" eb="2">
       <t>キュウケイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジカン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>チェックボックス</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>☑</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>戻</t>
+    <rPh sb="0" eb="1">
+      <t>モド</t>
+    </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【就労証明書（簡易版）】記載要領</t>
     <rPh sb="7" eb="10">
       <t>カンイバン</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>キサイ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>ヨウリョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>■証明書を発行する事業者又は民生・児童委員に関する項目</t>
     <rPh sb="12" eb="13">
       <t>マタ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>ミンセイ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ジドウ</t>
@@ -3991,72 +3988,78 @@
       <sz val="14"/>
       <name val="HG丸ｺﾞｼｯｸM-PRO"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="HG丸ｺﾞｼｯｸM-PRO"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="HG丸ｺﾞｼｯｸM-PRO"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="HG丸ｺﾞｼｯｸM-PRO"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFF0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="76">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
@@ -4945,51 +4948,51 @@
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="461">
+  <cellXfs count="463">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5044,66 +5047,66 @@
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
@@ -5335,50 +5338,53 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="64" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="64" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="69" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
@@ -5415,50 +5421,53 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="4" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="64" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5492,1005 +5501,1005 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="25" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="25" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="20" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="64" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="64" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="3" borderId="64" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="65" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="65" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="64" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="64" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="178" fontId="11" fillId="3" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="178" fontId="11" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="178" fontId="11" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="3" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="20" fillId="3" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="20" fillId="3" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="11" fillId="3" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="178" fontId="11" fillId="3" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="15" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="62" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="73" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="59" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="4" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="176" fontId="20" fillId="3" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="20" fillId="3" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...64 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="178" fontId="38" fillId="3" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="178" fontId="38" fillId="3" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="177" fontId="36" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="178" fontId="11" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="178" fontId="11" fillId="3" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="178" fontId="11" fillId="3" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="178" fontId="39" fillId="3" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="177" fontId="15" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="178" fontId="39" fillId="3" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="178" fontId="11" fillId="3" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="176" fontId="11" fillId="3" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="36" fillId="3" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="178" fontId="11" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...107 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="34" fillId="3" borderId="64" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="34" fillId="3" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="34" fillId="3" borderId="64" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="65" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...102 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="3" borderId="64" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="34" fillId="3" borderId="64" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="4" borderId="25" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="25" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="34" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...157 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="ハイパーリンク" xfId="4" builtinId="8"/>
     <cellStyle name="通貨" xfId="5" builtinId="7"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="標準 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="標準 4" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFF0"/>
       <color rgb="FFFFFFE1"/>
       <color rgb="FF0000FF"/>
       <color rgb="FFFFF0E1"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -6845,513 +6854,513 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.city.uki.kumamoto.jp/kosodate/hoikuen/nyushomoshikomi/2023090" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.city.uki.kumamoto.jp/kosodate/hoikuen/nyushomoshikomi/2023090" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AL61"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:AJ1"/>
+      <selection activeCell="AA3" sqref="AA3:AD3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="5.125" customWidth="1"/>
     <col min="3" max="7" width="4.5" customWidth="1"/>
     <col min="8" max="8" width="7" customWidth="1"/>
     <col min="9" max="9" width="4.5" customWidth="1"/>
     <col min="10" max="10" width="5.5" customWidth="1"/>
     <col min="11" max="11" width="4.5" customWidth="1"/>
     <col min="12" max="12" width="6.25" customWidth="1"/>
     <col min="13" max="15" width="4.5" customWidth="1"/>
     <col min="16" max="16" width="5.25" customWidth="1"/>
     <col min="17" max="21" width="4.5" customWidth="1"/>
     <col min="22" max="22" width="5.5" customWidth="1"/>
     <col min="23" max="25" width="4.5" customWidth="1"/>
     <col min="26" max="27" width="4.625" customWidth="1"/>
     <col min="28" max="36" width="4.5" customWidth="1"/>
     <col min="37" max="37" width="7.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B1" s="382" t="s">
+      <c r="B1" s="183" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="382"/>
-[...32 lines deleted...]
-      <c r="AJ1" s="382"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="183"/>
+      <c r="E1" s="183"/>
+      <c r="F1" s="183"/>
+      <c r="G1" s="183"/>
+      <c r="H1" s="183"/>
+      <c r="I1" s="183"/>
+      <c r="J1" s="183"/>
+      <c r="K1" s="183"/>
+      <c r="L1" s="183"/>
+      <c r="M1" s="183"/>
+      <c r="N1" s="183"/>
+      <c r="O1" s="183"/>
+      <c r="P1" s="183"/>
+      <c r="Q1" s="183"/>
+      <c r="R1" s="183"/>
+      <c r="S1" s="183"/>
+      <c r="T1" s="183"/>
+      <c r="U1" s="183"/>
+      <c r="V1" s="183"/>
+      <c r="W1" s="183"/>
+      <c r="X1" s="183"/>
+      <c r="Y1" s="183"/>
+      <c r="Z1" s="183"/>
+      <c r="AA1" s="183"/>
+      <c r="AB1" s="183"/>
+      <c r="AC1" s="183"/>
+      <c r="AD1" s="183"/>
+      <c r="AE1" s="183"/>
+      <c r="AF1" s="183"/>
+      <c r="AG1" s="183"/>
+      <c r="AH1" s="183"/>
+      <c r="AI1" s="183"/>
+      <c r="AJ1" s="183"/>
       <c r="AK1" s="25"/>
     </row>
     <row r="2" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="383" t="s">
-[...8 lines deleted...]
-      <c r="I2" s="383"/>
+      <c r="B2" s="184" t="s">
+        <v>221</v>
+      </c>
+      <c r="C2" s="184"/>
+      <c r="D2" s="184"/>
+      <c r="E2" s="184"/>
+      <c r="F2" s="184"/>
+      <c r="G2" s="184"/>
+      <c r="H2" s="184"/>
+      <c r="I2" s="184"/>
       <c r="J2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="K2" s="384"/>
-[...25 lines deleted...]
-      <c r="AK2" s="384"/>
+      <c r="K2" s="185"/>
+      <c r="L2" s="185"/>
+      <c r="M2" s="185"/>
+      <c r="N2" s="185"/>
+      <c r="O2" s="185"/>
+      <c r="P2" s="185"/>
+      <c r="Q2" s="185"/>
+      <c r="R2" s="185"/>
+      <c r="S2" s="185"/>
+      <c r="T2" s="185"/>
+      <c r="U2" s="185"/>
+      <c r="V2" s="185"/>
+      <c r="W2" s="185"/>
+      <c r="X2" s="185"/>
+      <c r="Y2" s="185"/>
+      <c r="Z2" s="185"/>
+      <c r="AA2" s="185"/>
+      <c r="AB2" s="185"/>
+      <c r="AC2" s="185"/>
+      <c r="AD2" s="185"/>
+      <c r="AE2" s="185"/>
+      <c r="AF2" s="185"/>
+      <c r="AG2" s="185"/>
+      <c r="AH2" s="185"/>
+      <c r="AI2" s="185"/>
+      <c r="AJ2" s="185"/>
+      <c r="AK2" s="185"/>
     </row>
     <row r="3" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B3" s="385"/>
-[...18 lines deleted...]
-      <c r="U3" s="385"/>
+      <c r="B3" s="186"/>
+      <c r="C3" s="186"/>
+      <c r="D3" s="186"/>
+      <c r="E3" s="186"/>
+      <c r="F3" s="186"/>
+      <c r="G3" s="186"/>
+      <c r="H3" s="186"/>
+      <c r="I3" s="186"/>
+      <c r="J3" s="186"/>
+      <c r="K3" s="186"/>
+      <c r="L3" s="186"/>
+      <c r="M3" s="186"/>
+      <c r="N3" s="186"/>
+      <c r="O3" s="186"/>
+      <c r="P3" s="186"/>
+      <c r="Q3" s="186"/>
+      <c r="R3" s="186"/>
+      <c r="S3" s="186"/>
+      <c r="T3" s="186"/>
+      <c r="U3" s="186"/>
       <c r="V3" s="21" t="s">
         <v>2</v>
       </c>
       <c r="W3" s="21"/>
       <c r="X3" s="21"/>
-      <c r="Y3" s="386" t="s">
+      <c r="Y3" s="187" t="s">
         <v>3</v>
       </c>
-      <c r="Z3" s="387"/>
-[...3 lines deleted...]
-      <c r="AD3" s="390"/>
+      <c r="Z3" s="188"/>
+      <c r="AA3" s="189"/>
+      <c r="AB3" s="189"/>
+      <c r="AC3" s="192"/>
+      <c r="AD3" s="192"/>
       <c r="AE3" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="AF3" s="388"/>
-      <c r="AG3" s="388"/>
+      <c r="AF3" s="189"/>
+      <c r="AG3" s="189"/>
       <c r="AH3" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="AI3" s="388"/>
-      <c r="AJ3" s="388"/>
+      <c r="AI3" s="189"/>
+      <c r="AJ3" s="189"/>
       <c r="AK3" s="124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="385"/>
-[...19 lines deleted...]
-      <c r="V4" s="370" t="s">
+      <c r="B4" s="186"/>
+      <c r="C4" s="186"/>
+      <c r="D4" s="186"/>
+      <c r="E4" s="186"/>
+      <c r="F4" s="186"/>
+      <c r="G4" s="186"/>
+      <c r="H4" s="186"/>
+      <c r="I4" s="186"/>
+      <c r="J4" s="186"/>
+      <c r="K4" s="186"/>
+      <c r="L4" s="186"/>
+      <c r="M4" s="186"/>
+      <c r="N4" s="186"/>
+      <c r="O4" s="186"/>
+      <c r="P4" s="186"/>
+      <c r="Q4" s="186"/>
+      <c r="R4" s="186"/>
+      <c r="S4" s="186"/>
+      <c r="T4" s="186"/>
+      <c r="U4" s="186"/>
+      <c r="V4" s="190" t="s">
         <v>7</v>
       </c>
-      <c r="W4" s="370"/>
-[...13 lines deleted...]
-      <c r="AK4" s="389"/>
+      <c r="W4" s="190"/>
+      <c r="X4" s="190"/>
+      <c r="Y4" s="190"/>
+      <c r="Z4" s="191"/>
+      <c r="AA4" s="191"/>
+      <c r="AB4" s="191"/>
+      <c r="AC4" s="191"/>
+      <c r="AD4" s="191"/>
+      <c r="AE4" s="191"/>
+      <c r="AF4" s="191"/>
+      <c r="AG4" s="191"/>
+      <c r="AH4" s="191"/>
+      <c r="AI4" s="191"/>
+      <c r="AJ4" s="191"/>
+      <c r="AK4" s="191"/>
     </row>
     <row r="5" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B5" s="385"/>
-[...19 lines deleted...]
-      <c r="V5" s="370" t="s">
+      <c r="B5" s="186"/>
+      <c r="C5" s="186"/>
+      <c r="D5" s="186"/>
+      <c r="E5" s="186"/>
+      <c r="F5" s="186"/>
+      <c r="G5" s="186"/>
+      <c r="H5" s="186"/>
+      <c r="I5" s="186"/>
+      <c r="J5" s="186"/>
+      <c r="K5" s="186"/>
+      <c r="L5" s="186"/>
+      <c r="M5" s="186"/>
+      <c r="N5" s="186"/>
+      <c r="O5" s="186"/>
+      <c r="P5" s="186"/>
+      <c r="Q5" s="186"/>
+      <c r="R5" s="186"/>
+      <c r="S5" s="186"/>
+      <c r="T5" s="186"/>
+      <c r="U5" s="186"/>
+      <c r="V5" s="190" t="s">
         <v>8</v>
       </c>
-      <c r="W5" s="370"/>
-[...13 lines deleted...]
-      <c r="AK5" s="389"/>
+      <c r="W5" s="190"/>
+      <c r="X5" s="190"/>
+      <c r="Y5" s="190"/>
+      <c r="Z5" s="191"/>
+      <c r="AA5" s="191"/>
+      <c r="AB5" s="191"/>
+      <c r="AC5" s="191"/>
+      <c r="AD5" s="191"/>
+      <c r="AE5" s="191"/>
+      <c r="AF5" s="191"/>
+      <c r="AG5" s="191"/>
+      <c r="AH5" s="191"/>
+      <c r="AI5" s="191"/>
+      <c r="AJ5" s="191"/>
+      <c r="AK5" s="191"/>
     </row>
     <row r="6" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B6" s="394"/>
-[...12 lines deleted...]
-      <c r="O6" s="394"/>
+      <c r="B6" s="197"/>
+      <c r="C6" s="197"/>
+      <c r="D6" s="197"/>
+      <c r="E6" s="197"/>
+      <c r="F6" s="197"/>
+      <c r="G6" s="197"/>
+      <c r="H6" s="197"/>
+      <c r="I6" s="197"/>
+      <c r="J6" s="197"/>
+      <c r="K6" s="197"/>
+      <c r="L6" s="197"/>
+      <c r="M6" s="197"/>
+      <c r="N6" s="197"/>
+      <c r="O6" s="197"/>
       <c r="P6" s="28"/>
       <c r="Q6" s="28"/>
       <c r="R6" s="28"/>
       <c r="S6" s="28"/>
       <c r="T6" s="28"/>
       <c r="U6" s="28"/>
-      <c r="V6" s="370" t="s">
+      <c r="V6" s="190" t="s">
         <v>9</v>
       </c>
-      <c r="W6" s="370"/>
-[...13 lines deleted...]
-      <c r="AK6" s="389"/>
+      <c r="W6" s="190"/>
+      <c r="X6" s="190"/>
+      <c r="Y6" s="190"/>
+      <c r="Z6" s="191"/>
+      <c r="AA6" s="191"/>
+      <c r="AB6" s="191"/>
+      <c r="AC6" s="191"/>
+      <c r="AD6" s="191"/>
+      <c r="AE6" s="191"/>
+      <c r="AF6" s="191"/>
+      <c r="AG6" s="191"/>
+      <c r="AH6" s="191"/>
+      <c r="AI6" s="191"/>
+      <c r="AJ6" s="191"/>
+      <c r="AK6" s="191"/>
     </row>
     <row r="7" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B7" s="368"/>
-[...5 lines deleted...]
-      <c r="H7" s="375"/>
+      <c r="B7" s="198"/>
+      <c r="C7" s="198"/>
+      <c r="D7" s="198"/>
+      <c r="E7" s="199"/>
+      <c r="F7" s="199"/>
+      <c r="G7" s="200"/>
+      <c r="H7" s="200"/>
       <c r="I7" s="43"/>
-      <c r="J7" s="375"/>
-      <c r="K7" s="375"/>
+      <c r="J7" s="200"/>
+      <c r="K7" s="200"/>
       <c r="L7" s="43"/>
-      <c r="M7" s="375"/>
-      <c r="N7" s="375"/>
+      <c r="M7" s="200"/>
+      <c r="N7" s="200"/>
       <c r="O7" s="43"/>
       <c r="P7" s="28"/>
       <c r="Q7" s="28"/>
       <c r="R7" s="28"/>
       <c r="S7" s="28"/>
       <c r="T7" s="28"/>
       <c r="U7" s="28"/>
-      <c r="V7" s="370" t="s">
+      <c r="V7" s="190" t="s">
         <v>10</v>
       </c>
-      <c r="W7" s="370"/>
-[...5 lines deleted...]
-      <c r="AC7" s="127" t="s">
+      <c r="W7" s="190"/>
+      <c r="X7" s="190"/>
+      <c r="Y7" s="127"/>
+      <c r="Z7" s="193"/>
+      <c r="AA7" s="193"/>
+      <c r="AB7" s="201"/>
+      <c r="AC7" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="AD7" s="373"/>
-[...3 lines deleted...]
-      <c r="AH7" s="127" t="s">
+      <c r="AD7" s="202"/>
+      <c r="AE7" s="203"/>
+      <c r="AF7" s="203"/>
+      <c r="AG7" s="203"/>
+      <c r="AH7" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="AI7" s="371"/>
-[...1 lines deleted...]
-      <c r="AK7" s="371"/>
+      <c r="AI7" s="193"/>
+      <c r="AJ7" s="193"/>
+      <c r="AK7" s="193"/>
     </row>
     <row r="8" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B8" s="391"/>
-[...12 lines deleted...]
-      <c r="O8" s="391"/>
+      <c r="B8" s="194"/>
+      <c r="C8" s="194"/>
+      <c r="D8" s="194"/>
+      <c r="E8" s="194"/>
+      <c r="F8" s="194"/>
+      <c r="G8" s="194"/>
+      <c r="H8" s="194"/>
+      <c r="I8" s="194"/>
+      <c r="J8" s="194"/>
+      <c r="K8" s="194"/>
+      <c r="L8" s="194"/>
+      <c r="M8" s="194"/>
+      <c r="N8" s="194"/>
+      <c r="O8" s="194"/>
       <c r="P8" s="28"/>
       <c r="Q8" s="28"/>
       <c r="R8" s="28"/>
       <c r="S8" s="28"/>
       <c r="T8" s="28"/>
       <c r="U8" s="28"/>
-      <c r="V8" s="392" t="s">
+      <c r="V8" s="195" t="s">
         <v>12</v>
       </c>
-      <c r="W8" s="392"/>
-[...13 lines deleted...]
-      <c r="AK8" s="393"/>
+      <c r="W8" s="195"/>
+      <c r="X8" s="195"/>
+      <c r="Y8" s="195"/>
+      <c r="Z8" s="196"/>
+      <c r="AA8" s="196"/>
+      <c r="AB8" s="196"/>
+      <c r="AC8" s="196"/>
+      <c r="AD8" s="196"/>
+      <c r="AE8" s="196"/>
+      <c r="AF8" s="196"/>
+      <c r="AG8" s="196"/>
+      <c r="AH8" s="196"/>
+      <c r="AI8" s="196"/>
+      <c r="AJ8" s="196"/>
+      <c r="AK8" s="196"/>
     </row>
     <row r="9" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B9" s="368"/>
-[...4 lines deleted...]
-      <c r="G9" s="369"/>
+      <c r="B9" s="198"/>
+      <c r="C9" s="198"/>
+      <c r="D9" s="198"/>
+      <c r="E9" s="198"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="216"/>
       <c r="H9" s="29"/>
-      <c r="I9" s="369"/>
-[...1 lines deleted...]
-      <c r="K9" s="369"/>
+      <c r="I9" s="216"/>
+      <c r="J9" s="216"/>
+      <c r="K9" s="216"/>
       <c r="L9" s="29"/>
-      <c r="M9" s="369"/>
-[...1 lines deleted...]
-      <c r="O9" s="369"/>
+      <c r="M9" s="216"/>
+      <c r="N9" s="216"/>
+      <c r="O9" s="216"/>
       <c r="P9" s="28"/>
       <c r="Q9" s="28"/>
       <c r="R9" s="28"/>
       <c r="S9" s="28"/>
       <c r="T9" s="28"/>
       <c r="U9" s="28"/>
-      <c r="V9" s="370" t="s">
+      <c r="V9" s="190" t="s">
         <v>13</v>
       </c>
-      <c r="W9" s="370"/>
-[...5 lines deleted...]
-      <c r="AC9" s="127" t="s">
+      <c r="W9" s="190"/>
+      <c r="X9" s="190"/>
+      <c r="Y9" s="190"/>
+      <c r="Z9" s="193"/>
+      <c r="AA9" s="193"/>
+      <c r="AB9" s="201"/>
+      <c r="AC9" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="AD9" s="373"/>
-[...3 lines deleted...]
-      <c r="AH9" s="127" t="s">
+      <c r="AD9" s="202"/>
+      <c r="AE9" s="201"/>
+      <c r="AF9" s="201"/>
+      <c r="AG9" s="201"/>
+      <c r="AH9" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="AI9" s="371"/>
-[...1 lines deleted...]
-      <c r="AK9" s="371"/>
+      <c r="AI9" s="193"/>
+      <c r="AJ9" s="193"/>
+      <c r="AK9" s="193"/>
     </row>
     <row r="10" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
       <c r="M10" s="5"/>
       <c r="N10" s="5"/>
       <c r="O10" s="5"/>
       <c r="P10" s="28"/>
       <c r="Q10" s="28"/>
       <c r="R10" s="28"/>
       <c r="S10" s="28"/>
       <c r="T10" s="28"/>
       <c r="U10" s="28"/>
-      <c r="V10" s="377"/>
-[...14 lines deleted...]
-      <c r="AK10" s="377"/>
+      <c r="V10" s="204"/>
+      <c r="W10" s="204"/>
+      <c r="X10" s="204"/>
+      <c r="Y10" s="204"/>
+      <c r="Z10" s="204"/>
+      <c r="AA10" s="204"/>
+      <c r="AB10" s="204"/>
+      <c r="AC10" s="204"/>
+      <c r="AD10" s="204"/>
+      <c r="AE10" s="204"/>
+      <c r="AF10" s="204"/>
+      <c r="AG10" s="204"/>
+      <c r="AH10" s="204"/>
+      <c r="AI10" s="204"/>
+      <c r="AJ10" s="204"/>
+      <c r="AK10" s="204"/>
     </row>
     <row r="11" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
       <c r="L11" s="5"/>
       <c r="M11" s="5"/>
       <c r="N11" s="5"/>
       <c r="O11" s="5"/>
       <c r="P11" s="5"/>
       <c r="Q11" s="5"/>
       <c r="R11" s="5"/>
       <c r="S11" s="5"/>
       <c r="T11" s="5"/>
       <c r="U11" s="5"/>
       <c r="V11" s="5"/>
@@ -7391,166 +7400,166 @@
       <c r="R12" s="5"/>
       <c r="S12" s="5"/>
       <c r="T12" s="5"/>
       <c r="U12" s="5"/>
       <c r="V12" s="5"/>
       <c r="W12" s="5"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="5"/>
       <c r="Z12" s="5"/>
       <c r="AA12" s="5"/>
       <c r="AB12" s="5"/>
       <c r="AC12" s="5"/>
       <c r="AD12" s="5"/>
       <c r="AE12" s="5"/>
       <c r="AF12" s="5"/>
       <c r="AG12" s="5"/>
       <c r="AH12" s="5"/>
       <c r="AI12" s="5"/>
       <c r="AJ12" s="5"/>
       <c r="AK12" s="5"/>
     </row>
     <row r="13" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B13" s="93" t="s">
         <v>16</v>
       </c>
-      <c r="C13" s="360" t="s">
+      <c r="C13" s="205" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="361"/>
-[...4 lines deleted...]
-      <c r="I13" s="360" t="s">
+      <c r="D13" s="206"/>
+      <c r="E13" s="206"/>
+      <c r="F13" s="206"/>
+      <c r="G13" s="206"/>
+      <c r="H13" s="207"/>
+      <c r="I13" s="205" t="s">
         <v>18</v>
       </c>
-      <c r="J13" s="361"/>
-[...26 lines deleted...]
-      <c r="AK13" s="363"/>
+      <c r="J13" s="206"/>
+      <c r="K13" s="206"/>
+      <c r="L13" s="206"/>
+      <c r="M13" s="206"/>
+      <c r="N13" s="206"/>
+      <c r="O13" s="206"/>
+      <c r="P13" s="206"/>
+      <c r="Q13" s="206"/>
+      <c r="R13" s="206"/>
+      <c r="S13" s="206"/>
+      <c r="T13" s="206"/>
+      <c r="U13" s="206"/>
+      <c r="V13" s="206"/>
+      <c r="W13" s="206"/>
+      <c r="X13" s="206"/>
+      <c r="Y13" s="206"/>
+      <c r="Z13" s="206"/>
+      <c r="AA13" s="206"/>
+      <c r="AB13" s="206"/>
+      <c r="AC13" s="206"/>
+      <c r="AD13" s="206"/>
+      <c r="AE13" s="206"/>
+      <c r="AF13" s="206"/>
+      <c r="AG13" s="206"/>
+      <c r="AH13" s="206"/>
+      <c r="AI13" s="206"/>
+      <c r="AJ13" s="208"/>
+      <c r="AK13" s="208"/>
       <c r="AL13" s="97"/>
     </row>
     <row r="14" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B14" s="204">
+      <c r="B14" s="209">
         <v>1</v>
       </c>
-      <c r="C14" s="364" t="s">
+      <c r="C14" s="212" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="364"/>
-[...3 lines deleted...]
-      <c r="H14" s="364"/>
+      <c r="D14" s="212"/>
+      <c r="E14" s="212"/>
+      <c r="F14" s="212"/>
+      <c r="G14" s="212"/>
+      <c r="H14" s="212"/>
       <c r="I14" s="50" t="s">
         <v>20</v>
       </c>
       <c r="J14" s="46" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="46"/>
       <c r="L14" s="46"/>
       <c r="M14" s="53" t="s">
         <v>20</v>
       </c>
       <c r="N14" s="46" t="s">
         <v>22</v>
       </c>
       <c r="O14" s="46"/>
       <c r="P14" s="46"/>
       <c r="Q14" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="R14" s="174" t="s">
+      <c r="R14" s="176" t="s">
         <v>23</v>
       </c>
       <c r="S14" s="46"/>
       <c r="T14" s="46"/>
       <c r="U14" s="46"/>
       <c r="V14" s="46"/>
       <c r="W14" s="53" t="s">
         <v>20</v>
       </c>
       <c r="X14" s="46" t="s">
         <v>24</v>
       </c>
       <c r="Y14" s="46"/>
       <c r="Z14" s="53" t="s">
         <v>20</v>
       </c>
       <c r="AA14" s="46" t="s">
         <v>25</v>
       </c>
       <c r="AB14" s="46"/>
       <c r="AC14" s="46"/>
       <c r="AD14" s="46"/>
       <c r="AE14" s="53" t="s">
         <v>20</v>
       </c>
       <c r="AF14" s="46" t="s">
         <v>26</v>
       </c>
       <c r="AG14" s="46"/>
       <c r="AH14" s="46"/>
       <c r="AI14" s="46"/>
       <c r="AJ14" s="46"/>
       <c r="AK14" s="46"/>
       <c r="AL14" s="97"/>
     </row>
     <row r="15" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B15" s="203"/>
-[...5 lines deleted...]
-      <c r="H15" s="365"/>
+      <c r="B15" s="210"/>
+      <c r="C15" s="213"/>
+      <c r="D15" s="213"/>
+      <c r="E15" s="213"/>
+      <c r="F15" s="213"/>
+      <c r="G15" s="213"/>
+      <c r="H15" s="213"/>
       <c r="I15" s="51" t="s">
         <v>20</v>
       </c>
       <c r="J15" s="47" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="47"/>
       <c r="L15" s="47"/>
       <c r="M15" s="52" t="s">
         <v>20</v>
       </c>
       <c r="N15" s="47" t="s">
         <v>28</v>
       </c>
       <c r="O15" s="47"/>
       <c r="P15" s="47"/>
       <c r="Q15" s="52" t="s">
         <v>20</v>
       </c>
       <c r="R15" s="47" t="s">
         <v>29</v>
       </c>
       <c r="S15" s="47"/>
       <c r="T15" s="47"/>
       <c r="U15" s="47"/>
@@ -7559,417 +7568,417 @@
         <v>20</v>
       </c>
       <c r="X15" s="47" t="s">
         <v>30</v>
       </c>
       <c r="Y15" s="47"/>
       <c r="Z15" s="47"/>
       <c r="AA15" s="47"/>
       <c r="AB15" s="47"/>
       <c r="AC15" s="47"/>
       <c r="AD15" s="47"/>
       <c r="AE15" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AF15" s="47" t="s">
         <v>31</v>
       </c>
       <c r="AG15" s="47"/>
       <c r="AH15" s="47"/>
       <c r="AI15" s="47"/>
       <c r="AJ15" s="47"/>
       <c r="AK15" s="47"/>
       <c r="AL15" s="97"/>
     </row>
     <row r="16" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B16" s="203"/>
-[...5 lines deleted...]
-      <c r="H16" s="365"/>
+      <c r="B16" s="210"/>
+      <c r="C16" s="213"/>
+      <c r="D16" s="213"/>
+      <c r="E16" s="213"/>
+      <c r="F16" s="213"/>
+      <c r="G16" s="213"/>
+      <c r="H16" s="213"/>
       <c r="I16" s="51" t="s">
         <v>20</v>
       </c>
       <c r="J16" s="47" t="s">
         <v>32</v>
       </c>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="47"/>
       <c r="O16" s="47"/>
       <c r="P16" s="47"/>
       <c r="Q16" s="52" t="s">
         <v>20</v>
       </c>
       <c r="R16" s="47" t="s">
         <v>33</v>
       </c>
       <c r="S16" s="47"/>
       <c r="T16" s="47"/>
       <c r="U16" s="47"/>
       <c r="V16" s="47"/>
       <c r="W16" s="52" t="s">
         <v>20</v>
       </c>
       <c r="X16" s="47" t="s">
         <v>34</v>
       </c>
       <c r="Y16" s="47"/>
       <c r="Z16" s="47"/>
       <c r="AA16" s="47"/>
       <c r="AB16" s="47"/>
       <c r="AC16" s="47"/>
       <c r="AD16" s="47"/>
       <c r="AE16" s="47"/>
       <c r="AF16" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AG16" s="47" t="s">
         <v>35</v>
       </c>
       <c r="AH16" s="47"/>
       <c r="AI16" s="47"/>
       <c r="AJ16" s="47"/>
       <c r="AK16" s="47"/>
       <c r="AL16" s="97"/>
     </row>
     <row r="17" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="309"/>
-[...5 lines deleted...]
-      <c r="H17" s="366"/>
+      <c r="B17" s="211"/>
+      <c r="C17" s="214"/>
+      <c r="D17" s="214"/>
+      <c r="E17" s="214"/>
+      <c r="F17" s="214"/>
+      <c r="G17" s="214"/>
+      <c r="H17" s="214"/>
       <c r="I17" s="67" t="s">
         <v>20</v>
       </c>
       <c r="J17" s="48" t="s">
         <v>36</v>
       </c>
       <c r="K17" s="48"/>
       <c r="L17" s="48"/>
       <c r="M17" s="48"/>
       <c r="N17" s="68" t="s">
         <v>20</v>
       </c>
       <c r="O17" s="48" t="s">
         <v>37</v>
       </c>
       <c r="P17" s="48"/>
       <c r="Q17" s="48"/>
       <c r="R17" s="48"/>
       <c r="S17" s="68" t="s">
         <v>20</v>
       </c>
       <c r="T17" s="48" t="s">
         <v>38</v>
       </c>
       <c r="U17" s="48"/>
       <c r="V17" s="48"/>
       <c r="W17" s="68" t="s">
         <v>20</v>
       </c>
       <c r="X17" s="48" t="s">
         <v>39</v>
       </c>
       <c r="Y17" s="49"/>
-      <c r="Z17" s="367"/>
-[...7 lines deleted...]
-      <c r="AH17" s="367"/>
+      <c r="Z17" s="215"/>
+      <c r="AA17" s="215"/>
+      <c r="AB17" s="215"/>
+      <c r="AC17" s="215"/>
+      <c r="AD17" s="215"/>
+      <c r="AE17" s="215"/>
+      <c r="AF17" s="215"/>
+      <c r="AG17" s="215"/>
+      <c r="AH17" s="215"/>
       <c r="AI17" s="48" t="s">
         <v>40</v>
       </c>
       <c r="AJ17" s="49"/>
       <c r="AK17" s="48"/>
       <c r="AL17" s="97"/>
     </row>
     <row r="18" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B18" s="204">
+      <c r="B18" s="209">
         <v>2</v>
       </c>
-      <c r="C18" s="346" t="s">
+      <c r="C18" s="237" t="s">
         <v>41</v>
       </c>
-      <c r="D18" s="311"/>
-[...21 lines deleted...]
-      <c r="Z18" s="349"/>
+      <c r="D18" s="227"/>
+      <c r="E18" s="227"/>
+      <c r="F18" s="227"/>
+      <c r="G18" s="227"/>
+      <c r="H18" s="228"/>
+      <c r="I18" s="238"/>
+      <c r="J18" s="239"/>
+      <c r="K18" s="239"/>
+      <c r="L18" s="239"/>
+      <c r="M18" s="239"/>
+      <c r="N18" s="239"/>
+      <c r="O18" s="239"/>
+      <c r="P18" s="239"/>
+      <c r="Q18" s="239"/>
+      <c r="R18" s="239"/>
+      <c r="S18" s="239"/>
+      <c r="T18" s="239"/>
+      <c r="U18" s="239"/>
+      <c r="V18" s="239"/>
+      <c r="W18" s="239"/>
+      <c r="X18" s="239"/>
+      <c r="Y18" s="239"/>
+      <c r="Z18" s="240"/>
       <c r="AA18" s="22"/>
       <c r="AB18" s="23"/>
       <c r="AC18" s="23"/>
       <c r="AD18" s="116"/>
       <c r="AE18" s="116"/>
       <c r="AF18" s="116"/>
       <c r="AG18" s="116"/>
       <c r="AH18" s="23"/>
       <c r="AI18" s="23"/>
       <c r="AJ18" s="23"/>
       <c r="AK18" s="23"/>
       <c r="AL18" s="97"/>
     </row>
     <row r="19" spans="2:38" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="309"/>
-      <c r="C19" s="350" t="s">
+      <c r="B19" s="211"/>
+      <c r="C19" s="241" t="s">
         <v>42</v>
       </c>
-      <c r="D19" s="351"/>
-[...22 lines deleted...]
-      <c r="AA19" s="355" t="s">
+      <c r="D19" s="242"/>
+      <c r="E19" s="242"/>
+      <c r="F19" s="242"/>
+      <c r="G19" s="242"/>
+      <c r="H19" s="243"/>
+      <c r="I19" s="244"/>
+      <c r="J19" s="245"/>
+      <c r="K19" s="245"/>
+      <c r="L19" s="245"/>
+      <c r="M19" s="245"/>
+      <c r="N19" s="245"/>
+      <c r="O19" s="245"/>
+      <c r="P19" s="245"/>
+      <c r="Q19" s="245"/>
+      <c r="R19" s="245"/>
+      <c r="S19" s="245"/>
+      <c r="T19" s="245"/>
+      <c r="U19" s="245"/>
+      <c r="V19" s="245"/>
+      <c r="W19" s="245"/>
+      <c r="X19" s="245"/>
+      <c r="Y19" s="245"/>
+      <c r="Z19" s="245"/>
+      <c r="AA19" s="246" t="s">
         <v>43</v>
       </c>
-      <c r="AB19" s="356"/>
-[...3 lines deleted...]
-      <c r="AF19" s="359"/>
+      <c r="AB19" s="247"/>
+      <c r="AC19" s="248"/>
+      <c r="AD19" s="249"/>
+      <c r="AE19" s="178"/>
+      <c r="AF19" s="178"/>
       <c r="AG19" s="115" t="s">
         <v>44</v>
       </c>
-      <c r="AH19" s="128"/>
-      <c r="AI19" s="129" t="s">
+      <c r="AH19" s="129"/>
+      <c r="AI19" s="130" t="s">
         <v>5</v>
       </c>
-      <c r="AJ19" s="128"/>
-      <c r="AK19" s="129" t="s">
+      <c r="AJ19" s="129"/>
+      <c r="AK19" s="130" t="s">
         <v>45</v>
       </c>
       <c r="AL19" s="97"/>
     </row>
     <row r="20" spans="2:38" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B20" s="41">
         <v>3</v>
       </c>
-      <c r="C20" s="234" t="s">
+      <c r="C20" s="217" t="s">
         <v>46</v>
       </c>
-      <c r="D20" s="235"/>
-[...3 lines deleted...]
-      <c r="H20" s="236"/>
+      <c r="D20" s="218"/>
+      <c r="E20" s="218"/>
+      <c r="F20" s="218"/>
+      <c r="G20" s="218"/>
+      <c r="H20" s="219"/>
       <c r="I20" s="51" t="s">
         <v>20</v>
       </c>
       <c r="J20" s="54" t="s">
         <v>47</v>
       </c>
       <c r="K20" s="52" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="M20" s="334" t="s">
+      <c r="M20" s="220" t="s">
         <v>49</v>
       </c>
-      <c r="N20" s="335"/>
-[...6 lines deleted...]
-      <c r="U20" s="262"/>
+      <c r="N20" s="221"/>
+      <c r="O20" s="221"/>
+      <c r="P20" s="221"/>
+      <c r="Q20" s="221"/>
+      <c r="R20" s="221"/>
+      <c r="S20" s="222"/>
+      <c r="T20" s="223"/>
+      <c r="U20" s="224"/>
       <c r="V20" s="6" t="s">
         <v>4</v>
       </c>
       <c r="W20" s="44"/>
       <c r="X20" s="6" t="s">
         <v>5</v>
       </c>
       <c r="Y20" s="44"/>
       <c r="Z20" s="6" t="s">
         <v>6</v>
       </c>
       <c r="AA20" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AB20" s="219"/>
-      <c r="AC20" s="211"/>
+      <c r="AB20" s="250"/>
+      <c r="AC20" s="251"/>
       <c r="AD20" s="6" t="s">
         <v>4</v>
       </c>
       <c r="AE20" s="44"/>
       <c r="AF20" s="6" t="s">
         <v>5</v>
       </c>
       <c r="AG20" s="44"/>
       <c r="AH20" s="6" t="s">
         <v>6</v>
       </c>
       <c r="AI20" s="11"/>
       <c r="AJ20" s="92"/>
       <c r="AL20" s="97"/>
     </row>
     <row r="21" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="204">
+      <c r="B21" s="209">
         <v>4</v>
       </c>
-      <c r="C21" s="310" t="s">
+      <c r="C21" s="226" t="s">
         <v>51</v>
       </c>
-      <c r="D21" s="311"/>
-[...4 lines deleted...]
-      <c r="I21" s="341" t="s">
+      <c r="D21" s="227"/>
+      <c r="E21" s="227"/>
+      <c r="F21" s="227"/>
+      <c r="G21" s="227"/>
+      <c r="H21" s="228"/>
+      <c r="I21" s="232" t="s">
         <v>52</v>
       </c>
-      <c r="J21" s="342"/>
-[...26 lines deleted...]
-      <c r="AK21" s="345"/>
+      <c r="J21" s="233"/>
+      <c r="K21" s="233"/>
+      <c r="L21" s="234"/>
+      <c r="M21" s="235"/>
+      <c r="N21" s="236"/>
+      <c r="O21" s="236"/>
+      <c r="P21" s="236"/>
+      <c r="Q21" s="236"/>
+      <c r="R21" s="236"/>
+      <c r="S21" s="236"/>
+      <c r="T21" s="236"/>
+      <c r="U21" s="236"/>
+      <c r="V21" s="236"/>
+      <c r="W21" s="236"/>
+      <c r="X21" s="236"/>
+      <c r="Y21" s="236"/>
+      <c r="Z21" s="236"/>
+      <c r="AA21" s="236"/>
+      <c r="AB21" s="236"/>
+      <c r="AC21" s="236"/>
+      <c r="AD21" s="236"/>
+      <c r="AE21" s="236"/>
+      <c r="AF21" s="236"/>
+      <c r="AG21" s="236"/>
+      <c r="AH21" s="236"/>
+      <c r="AI21" s="236"/>
+      <c r="AJ21" s="236"/>
+      <c r="AK21" s="236"/>
       <c r="AL21" s="97"/>
     </row>
     <row r="22" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="248"/>
-[...6 lines deleted...]
-      <c r="I22" s="341" t="s">
+      <c r="B22" s="225"/>
+      <c r="C22" s="229"/>
+      <c r="D22" s="230"/>
+      <c r="E22" s="230"/>
+      <c r="F22" s="230"/>
+      <c r="G22" s="230"/>
+      <c r="H22" s="231"/>
+      <c r="I22" s="232" t="s">
         <v>53</v>
       </c>
-      <c r="J22" s="342"/>
-[...26 lines deleted...]
-      <c r="AK22" s="308"/>
+      <c r="J22" s="233"/>
+      <c r="K22" s="233"/>
+      <c r="L22" s="234"/>
+      <c r="M22" s="256"/>
+      <c r="N22" s="257"/>
+      <c r="O22" s="257"/>
+      <c r="P22" s="257"/>
+      <c r="Q22" s="257"/>
+      <c r="R22" s="257"/>
+      <c r="S22" s="257"/>
+      <c r="T22" s="257"/>
+      <c r="U22" s="257"/>
+      <c r="V22" s="257"/>
+      <c r="W22" s="257"/>
+      <c r="X22" s="257"/>
+      <c r="Y22" s="257"/>
+      <c r="Z22" s="257"/>
+      <c r="AA22" s="257"/>
+      <c r="AB22" s="257"/>
+      <c r="AC22" s="257"/>
+      <c r="AD22" s="257"/>
+      <c r="AE22" s="257"/>
+      <c r="AF22" s="257"/>
+      <c r="AG22" s="257"/>
+      <c r="AH22" s="257"/>
+      <c r="AI22" s="257"/>
+      <c r="AJ22" s="257"/>
+      <c r="AK22" s="258"/>
       <c r="AL22" s="97"/>
     </row>
     <row r="23" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B23" s="204">
+      <c r="B23" s="209">
         <v>5</v>
       </c>
-      <c r="C23" s="310" t="s">
+      <c r="C23" s="226" t="s">
         <v>54</v>
       </c>
-      <c r="D23" s="311"/>
-[...3 lines deleted...]
-      <c r="H23" s="312"/>
+      <c r="D23" s="227"/>
+      <c r="E23" s="227"/>
+      <c r="F23" s="227"/>
+      <c r="G23" s="227"/>
+      <c r="H23" s="228"/>
       <c r="I23" s="50" t="s">
         <v>20</v>
       </c>
       <c r="J23" s="60" t="s">
         <v>55</v>
       </c>
       <c r="K23" s="60"/>
       <c r="L23" s="53" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="111" t="s">
         <v>56</v>
       </c>
       <c r="N23" s="111"/>
       <c r="O23" s="111"/>
       <c r="P23" s="111"/>
       <c r="Q23" s="52" t="s">
         <v>20</v>
       </c>
       <c r="R23" s="111" t="s">
         <v>57</v>
       </c>
       <c r="S23" s="111"/>
       <c r="T23" s="52" t="s">
         <v>20</v>
@@ -7984,1936 +7993,1936 @@
       <c r="X23" s="111" t="s">
         <v>59</v>
       </c>
       <c r="Y23" s="111"/>
       <c r="Z23" s="111"/>
       <c r="AA23" s="111"/>
       <c r="AB23" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AC23" s="111" t="s">
         <v>60</v>
       </c>
       <c r="AD23" s="111"/>
       <c r="AE23" s="111"/>
       <c r="AF23" s="111"/>
       <c r="AG23" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AH23" s="111" t="s">
         <v>61</v>
       </c>
       <c r="AI23" s="111"/>
       <c r="AK23" s="114"/>
     </row>
     <row r="24" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="309"/>
-[...5 lines deleted...]
-      <c r="H24" s="315"/>
+      <c r="B24" s="211"/>
+      <c r="C24" s="259"/>
+      <c r="D24" s="260"/>
+      <c r="E24" s="260"/>
+      <c r="F24" s="260"/>
+      <c r="G24" s="260"/>
+      <c r="H24" s="261"/>
       <c r="I24" s="51" t="s">
         <v>20</v>
       </c>
       <c r="J24" s="61" t="s">
         <v>62</v>
       </c>
       <c r="K24" s="61"/>
       <c r="L24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="58" t="s">
         <v>63</v>
       </c>
       <c r="N24" s="58"/>
       <c r="O24" s="58"/>
       <c r="P24" s="58"/>
       <c r="Q24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="R24" s="58" t="s">
         <v>64</v>
       </c>
       <c r="S24" s="58"/>
       <c r="T24" s="59"/>
       <c r="U24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="V24" s="58" t="s">
         <v>65</v>
       </c>
       <c r="W24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="X24" s="58" t="s">
         <v>66</v>
       </c>
       <c r="Y24" s="58"/>
       <c r="Z24" s="58"/>
       <c r="AA24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AB24" s="58" t="s">
         <v>67</v>
       </c>
       <c r="AC24" s="58"/>
-      <c r="AD24" s="378"/>
-[...5 lines deleted...]
-      <c r="AJ24" s="359"/>
+      <c r="AD24" s="177"/>
+      <c r="AE24" s="178"/>
+      <c r="AF24" s="178"/>
+      <c r="AG24" s="178"/>
+      <c r="AH24" s="178"/>
+      <c r="AI24" s="178"/>
+      <c r="AJ24" s="178"/>
       <c r="AK24" s="58" t="s">
         <v>68</v>
       </c>
       <c r="AL24" s="97"/>
     </row>
     <row r="25" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B25" s="232">
+      <c r="B25" s="262">
         <v>6</v>
       </c>
-      <c r="C25" s="234" t="s">
+      <c r="C25" s="217" t="s">
         <v>69</v>
       </c>
-      <c r="D25" s="235"/>
-[...3 lines deleted...]
-      <c r="H25" s="236"/>
+      <c r="D25" s="218"/>
+      <c r="E25" s="218"/>
+      <c r="F25" s="218"/>
+      <c r="G25" s="218"/>
+      <c r="H25" s="219"/>
       <c r="I25" s="56" t="s">
         <v>70</v>
       </c>
       <c r="J25" s="57" t="s">
         <v>71</v>
       </c>
       <c r="K25" s="57" t="s">
         <v>72</v>
       </c>
       <c r="L25" s="57" t="s">
         <v>73</v>
       </c>
       <c r="M25" s="57" t="s">
         <v>74</v>
       </c>
       <c r="N25" s="57" t="s">
         <v>75</v>
       </c>
       <c r="O25" s="57" t="s">
         <v>45</v>
       </c>
-      <c r="P25" s="316" t="s">
+      <c r="P25" s="271" t="s">
         <v>76</v>
       </c>
-      <c r="Q25" s="316"/>
-[...1 lines deleted...]
-      <c r="S25" s="318" t="s">
+      <c r="Q25" s="271"/>
+      <c r="R25" s="272"/>
+      <c r="S25" s="273" t="s">
         <v>77</v>
       </c>
-      <c r="T25" s="319"/>
-      <c r="U25" s="322" t="s">
+      <c r="T25" s="274"/>
+      <c r="U25" s="277" t="s">
         <v>78</v>
       </c>
-      <c r="V25" s="302"/>
-[...2 lines deleted...]
-      <c r="Y25" s="302" t="s">
+      <c r="V25" s="252"/>
+      <c r="W25" s="254"/>
+      <c r="X25" s="254"/>
+      <c r="Y25" s="252" t="s">
         <v>79</v>
       </c>
-      <c r="Z25" s="302"/>
-[...2 lines deleted...]
-      <c r="AC25" s="302" t="s">
+      <c r="Z25" s="252"/>
+      <c r="AA25" s="254"/>
+      <c r="AB25" s="254"/>
+      <c r="AC25" s="252" t="s">
         <v>80</v>
       </c>
-      <c r="AD25" s="302" t="s">
+      <c r="AD25" s="252" t="s">
         <v>81</v>
       </c>
-      <c r="AE25" s="302"/>
-[...3 lines deleted...]
-      <c r="AI25" s="302" t="s">
+      <c r="AE25" s="252"/>
+      <c r="AF25" s="252"/>
+      <c r="AG25" s="254"/>
+      <c r="AH25" s="254"/>
+      <c r="AI25" s="252" t="s">
         <v>82</v>
       </c>
-      <c r="AJ25" s="175"/>
-      <c r="AK25" s="176"/>
+      <c r="AJ25" s="381"/>
+      <c r="AK25" s="382"/>
     </row>
     <row r="26" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B26" s="244"/>
-[...6 lines deleted...]
-      <c r="I26" s="166" t="s">
+      <c r="B26" s="263"/>
+      <c r="C26" s="265"/>
+      <c r="D26" s="266"/>
+      <c r="E26" s="266"/>
+      <c r="F26" s="266"/>
+      <c r="G26" s="266"/>
+      <c r="H26" s="267"/>
+      <c r="I26" s="168" t="s">
         <v>20</v>
       </c>
-      <c r="J26" s="165" t="s">
+      <c r="J26" s="167" t="s">
         <v>20</v>
       </c>
-      <c r="K26" s="167" t="s">
+      <c r="K26" s="169" t="s">
         <v>20</v>
       </c>
-      <c r="L26" s="167" t="s">
+      <c r="L26" s="169" t="s">
         <v>20</v>
       </c>
-      <c r="M26" s="167" t="s">
+      <c r="M26" s="169" t="s">
         <v>20</v>
       </c>
-      <c r="N26" s="167" t="s">
+      <c r="N26" s="169" t="s">
         <v>20</v>
       </c>
       <c r="O26" s="66" t="s">
         <v>20</v>
       </c>
-      <c r="P26" s="324" t="s">
+      <c r="P26" s="279" t="s">
         <v>20</v>
       </c>
-      <c r="Q26" s="324"/>
-[...19 lines deleted...]
-      <c r="AK26" s="178"/>
+      <c r="Q26" s="279"/>
+      <c r="R26" s="280"/>
+      <c r="S26" s="275"/>
+      <c r="T26" s="276"/>
+      <c r="U26" s="278"/>
+      <c r="V26" s="253"/>
+      <c r="W26" s="255"/>
+      <c r="X26" s="255"/>
+      <c r="Y26" s="253"/>
+      <c r="Z26" s="253"/>
+      <c r="AA26" s="255"/>
+      <c r="AB26" s="255"/>
+      <c r="AC26" s="253"/>
+      <c r="AD26" s="253"/>
+      <c r="AE26" s="253"/>
+      <c r="AF26" s="253"/>
+      <c r="AG26" s="255"/>
+      <c r="AH26" s="255"/>
+      <c r="AI26" s="253"/>
+      <c r="AJ26" s="383"/>
+      <c r="AK26" s="384"/>
     </row>
     <row r="27" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B27" s="244"/>
-[...6 lines deleted...]
-      <c r="I27" s="276" t="s">
+      <c r="B27" s="263"/>
+      <c r="C27" s="265"/>
+      <c r="D27" s="266"/>
+      <c r="E27" s="266"/>
+      <c r="F27" s="266"/>
+      <c r="G27" s="266"/>
+      <c r="H27" s="267"/>
+      <c r="I27" s="281" t="s">
         <v>83</v>
       </c>
-      <c r="J27" s="277"/>
-[...4 lines deleted...]
-      <c r="O27" s="327" t="s">
+      <c r="J27" s="282"/>
+      <c r="K27" s="282"/>
+      <c r="L27" s="282"/>
+      <c r="M27" s="282"/>
+      <c r="N27" s="283"/>
+      <c r="O27" s="284" t="s">
         <v>78</v>
       </c>
-      <c r="P27" s="295"/>
-[...2 lines deleted...]
-      <c r="S27" s="329"/>
+      <c r="P27" s="285"/>
+      <c r="Q27" s="286"/>
+      <c r="R27" s="287"/>
+      <c r="S27" s="287"/>
       <c r="T27" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="U27" s="330" t="s">
+      <c r="U27" s="288" t="s">
         <v>84</v>
       </c>
-      <c r="V27" s="277"/>
-[...4 lines deleted...]
-      <c r="AA27" s="327" t="s">
+      <c r="V27" s="282"/>
+      <c r="W27" s="282"/>
+      <c r="X27" s="282"/>
+      <c r="Y27" s="282"/>
+      <c r="Z27" s="283"/>
+      <c r="AA27" s="284" t="s">
         <v>85</v>
       </c>
-      <c r="AB27" s="295"/>
-[...2 lines deleted...]
-      <c r="AE27" s="328"/>
+      <c r="AB27" s="285"/>
+      <c r="AC27" s="286"/>
+      <c r="AD27" s="286"/>
+      <c r="AE27" s="286"/>
       <c r="AF27" s="69" t="s">
         <v>6</v>
       </c>
-      <c r="AG27" s="331"/>
-[...1 lines deleted...]
-      <c r="AI27" s="331"/>
+      <c r="AG27" s="289"/>
+      <c r="AH27" s="289"/>
+      <c r="AI27" s="289"/>
       <c r="AJ27" s="118"/>
       <c r="AL27" s="97"/>
     </row>
     <row r="28" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="244"/>
-[...6 lines deleted...]
-      <c r="I28" s="332" t="s">
+      <c r="B28" s="263"/>
+      <c r="C28" s="265"/>
+      <c r="D28" s="266"/>
+      <c r="E28" s="266"/>
+      <c r="F28" s="266"/>
+      <c r="G28" s="266"/>
+      <c r="H28" s="267"/>
+      <c r="I28" s="290" t="s">
         <v>86</v>
       </c>
-      <c r="J28" s="333"/>
-[...1 lines deleted...]
-      <c r="L28" s="280"/>
+      <c r="J28" s="291"/>
+      <c r="K28" s="292"/>
+      <c r="L28" s="292"/>
       <c r="M28" s="8" t="s">
         <v>87</v>
       </c>
-      <c r="N28" s="273"/>
-      <c r="O28" s="273"/>
+      <c r="N28" s="293"/>
+      <c r="O28" s="293"/>
       <c r="P28" s="8" t="s">
         <v>80</v>
       </c>
       <c r="Q28" s="9"/>
       <c r="R28" s="70" t="s">
         <v>50</v>
       </c>
       <c r="S28" s="70"/>
-      <c r="T28" s="281"/>
-      <c r="U28" s="281"/>
+      <c r="T28" s="294"/>
+      <c r="U28" s="294"/>
       <c r="V28" s="70" t="s">
         <v>87</v>
       </c>
-      <c r="W28" s="281"/>
-      <c r="X28" s="281"/>
+      <c r="W28" s="294"/>
+      <c r="X28" s="294"/>
       <c r="Y28" s="70" t="s">
         <v>80</v>
       </c>
       <c r="Z28" s="71" t="s">
         <v>81</v>
       </c>
       <c r="AA28" s="71"/>
       <c r="AB28" s="71"/>
-      <c r="AC28" s="274"/>
-      <c r="AD28" s="274"/>
+      <c r="AC28" s="295"/>
+      <c r="AD28" s="295"/>
       <c r="AE28" s="71" t="s">
         <v>82</v>
       </c>
-      <c r="AF28" s="282"/>
-[...2 lines deleted...]
-      <c r="AI28" s="282"/>
+      <c r="AF28" s="296"/>
+      <c r="AG28" s="296"/>
+      <c r="AH28" s="296"/>
+      <c r="AI28" s="296"/>
       <c r="AJ28" s="120"/>
-      <c r="AK28" s="130"/>
+      <c r="AK28" s="131"/>
     </row>
     <row r="29" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B29" s="244"/>
-[...6 lines deleted...]
-      <c r="I29" s="299" t="s">
+      <c r="B29" s="263"/>
+      <c r="C29" s="265"/>
+      <c r="D29" s="266"/>
+      <c r="E29" s="266"/>
+      <c r="F29" s="266"/>
+      <c r="G29" s="266"/>
+      <c r="H29" s="267"/>
+      <c r="I29" s="316" t="s">
         <v>88</v>
       </c>
-      <c r="J29" s="300"/>
-[...1 lines deleted...]
-      <c r="L29" s="301"/>
+      <c r="J29" s="317"/>
+      <c r="K29" s="318"/>
+      <c r="L29" s="318"/>
       <c r="M29" s="72" t="s">
         <v>87</v>
       </c>
-      <c r="N29" s="301"/>
-      <c r="O29" s="301"/>
+      <c r="N29" s="318"/>
+      <c r="O29" s="318"/>
       <c r="P29" s="72" t="s">
         <v>80</v>
       </c>
       <c r="Q29" s="73"/>
       <c r="R29" s="8" t="s">
         <v>50</v>
       </c>
       <c r="S29" s="8"/>
-      <c r="T29" s="273"/>
-      <c r="U29" s="273"/>
+      <c r="T29" s="293"/>
+      <c r="U29" s="293"/>
       <c r="V29" s="8" t="s">
         <v>87</v>
       </c>
-      <c r="W29" s="273"/>
-      <c r="X29" s="273"/>
+      <c r="W29" s="293"/>
+      <c r="X29" s="293"/>
       <c r="Y29" s="8" t="s">
         <v>80</v>
       </c>
       <c r="Z29" s="13" t="s">
         <v>89</v>
       </c>
       <c r="AA29" s="13"/>
       <c r="AB29" s="13"/>
-      <c r="AC29" s="274"/>
-      <c r="AD29" s="274"/>
+      <c r="AC29" s="295"/>
+      <c r="AD29" s="295"/>
       <c r="AE29" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="AF29" s="295"/>
-[...2 lines deleted...]
-      <c r="AI29" s="295"/>
+      <c r="AF29" s="285"/>
+      <c r="AG29" s="285"/>
+      <c r="AH29" s="285"/>
+      <c r="AI29" s="285"/>
       <c r="AJ29" s="118"/>
-      <c r="AK29" s="130"/>
+      <c r="AK29" s="131"/>
     </row>
     <row r="30" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="244"/>
-[...6 lines deleted...]
-      <c r="I30" s="296" t="s">
+      <c r="B30" s="263"/>
+      <c r="C30" s="268"/>
+      <c r="D30" s="269"/>
+      <c r="E30" s="269"/>
+      <c r="F30" s="269"/>
+      <c r="G30" s="269"/>
+      <c r="H30" s="270"/>
+      <c r="I30" s="311" t="s">
         <v>90</v>
       </c>
-      <c r="J30" s="297"/>
-[...2 lines deleted...]
-      <c r="M30" s="131" t="s">
+      <c r="J30" s="312"/>
+      <c r="K30" s="313"/>
+      <c r="L30" s="313"/>
+      <c r="M30" s="132" t="s">
         <v>87</v>
       </c>
-      <c r="N30" s="261"/>
-[...1 lines deleted...]
-      <c r="P30" s="131" t="s">
+      <c r="N30" s="313"/>
+      <c r="O30" s="313"/>
+      <c r="P30" s="132" t="s">
         <v>80</v>
       </c>
-      <c r="Q30" s="132"/>
-      <c r="R30" s="131" t="s">
+      <c r="Q30" s="133"/>
+      <c r="R30" s="132" t="s">
         <v>50</v>
       </c>
-      <c r="T30" s="261"/>
-[...1 lines deleted...]
-      <c r="V30" s="131" t="s">
+      <c r="T30" s="313"/>
+      <c r="U30" s="313"/>
+      <c r="V30" s="132" t="s">
         <v>87</v>
       </c>
-      <c r="W30" s="261"/>
-[...1 lines deleted...]
-      <c r="Y30" s="131" t="s">
+      <c r="W30" s="313"/>
+      <c r="X30" s="313"/>
+      <c r="Y30" s="132" t="s">
         <v>80</v>
       </c>
-      <c r="Z30" s="133" t="s">
+      <c r="Z30" s="134" t="s">
         <v>89</v>
       </c>
-      <c r="AA30" s="133"/>
-[...3 lines deleted...]
-      <c r="AE30" s="133" t="s">
+      <c r="AA30" s="134"/>
+      <c r="AB30" s="134"/>
+      <c r="AC30" s="314"/>
+      <c r="AD30" s="314"/>
+      <c r="AE30" s="134" t="s">
         <v>82</v>
       </c>
-      <c r="AF30" s="298"/>
-[...2 lines deleted...]
-      <c r="AI30" s="298"/>
+      <c r="AF30" s="315"/>
+      <c r="AG30" s="315"/>
+      <c r="AH30" s="315"/>
+      <c r="AI30" s="315"/>
       <c r="AK30" s="119"/>
     </row>
     <row r="31" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B31" s="244"/>
-      <c r="C31" s="283" t="s">
+      <c r="B31" s="263"/>
+      <c r="C31" s="297" t="s">
         <v>91</v>
       </c>
-      <c r="D31" s="284"/>
-[...4 lines deleted...]
-      <c r="I31" s="271" t="s">
+      <c r="D31" s="298"/>
+      <c r="E31" s="298"/>
+      <c r="F31" s="298"/>
+      <c r="G31" s="298"/>
+      <c r="H31" s="299"/>
+      <c r="I31" s="306" t="s">
         <v>92</v>
       </c>
-      <c r="J31" s="264"/>
-[...1 lines deleted...]
-      <c r="L31" s="264"/>
+      <c r="J31" s="307"/>
+      <c r="K31" s="307"/>
+      <c r="L31" s="307"/>
       <c r="M31" s="63" t="s">
         <v>20</v>
       </c>
       <c r="N31" s="54" t="s">
         <v>78</v>
       </c>
       <c r="O31" s="62"/>
       <c r="P31" s="64" t="s">
         <v>20</v>
       </c>
       <c r="Q31" s="54" t="s">
         <v>85</v>
       </c>
       <c r="R31" s="62"/>
-      <c r="S31" s="292"/>
-[...1 lines deleted...]
-      <c r="U31" s="264" t="s">
+      <c r="S31" s="308"/>
+      <c r="T31" s="308"/>
+      <c r="U31" s="307" t="s">
         <v>79</v>
       </c>
-      <c r="V31" s="264"/>
-[...1 lines deleted...]
-      <c r="X31" s="293"/>
+      <c r="V31" s="307"/>
+      <c r="W31" s="309"/>
+      <c r="X31" s="309"/>
       <c r="Y31" s="121" t="s">
         <v>80</v>
       </c>
       <c r="Z31" s="122" t="s">
         <v>93</v>
       </c>
       <c r="AA31" s="122"/>
       <c r="AB31" s="122"/>
-      <c r="AC31" s="294"/>
-      <c r="AD31" s="294"/>
+      <c r="AC31" s="310"/>
+      <c r="AD31" s="310"/>
       <c r="AE31" s="122" t="s">
         <v>82</v>
       </c>
-      <c r="AF31" s="275"/>
-[...2 lines deleted...]
-      <c r="AI31" s="275"/>
+      <c r="AF31" s="319"/>
+      <c r="AG31" s="319"/>
+      <c r="AH31" s="319"/>
+      <c r="AI31" s="319"/>
       <c r="AJ31" s="123"/>
       <c r="AK31" s="114"/>
     </row>
     <row r="32" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B32" s="244"/>
-[...6 lines deleted...]
-      <c r="I32" s="276" t="s">
+      <c r="B32" s="263"/>
+      <c r="C32" s="300"/>
+      <c r="D32" s="301"/>
+      <c r="E32" s="301"/>
+      <c r="F32" s="301"/>
+      <c r="G32" s="301"/>
+      <c r="H32" s="302"/>
+      <c r="I32" s="281" t="s">
         <v>94</v>
       </c>
-      <c r="J32" s="277"/>
-[...1 lines deleted...]
-      <c r="L32" s="277"/>
+      <c r="J32" s="282"/>
+      <c r="K32" s="282"/>
+      <c r="L32" s="282"/>
       <c r="M32" s="74" t="s">
         <v>20</v>
       </c>
       <c r="N32" s="75" t="s">
         <v>78</v>
       </c>
       <c r="O32" s="76"/>
       <c r="P32" s="77" t="s">
         <v>20</v>
       </c>
       <c r="Q32" s="75" t="s">
         <v>85</v>
       </c>
       <c r="R32" s="76"/>
-      <c r="S32" s="278"/>
-[...1 lines deleted...]
-      <c r="U32" s="277" t="s">
+      <c r="S32" s="320"/>
+      <c r="T32" s="320"/>
+      <c r="U32" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="V32" s="277"/>
-[...14 lines deleted...]
-      <c r="AK32" s="279"/>
+      <c r="V32" s="282"/>
+      <c r="W32" s="282"/>
+      <c r="X32" s="282"/>
+      <c r="Y32" s="282"/>
+      <c r="Z32" s="282"/>
+      <c r="AA32" s="282"/>
+      <c r="AB32" s="282"/>
+      <c r="AC32" s="282"/>
+      <c r="AD32" s="282"/>
+      <c r="AE32" s="282"/>
+      <c r="AF32" s="282"/>
+      <c r="AG32" s="282"/>
+      <c r="AH32" s="282"/>
+      <c r="AI32" s="282"/>
+      <c r="AJ32" s="282"/>
+      <c r="AK32" s="321"/>
       <c r="AL32" s="97"/>
     </row>
     <row r="33" spans="2:38" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="233"/>
-[...6 lines deleted...]
-      <c r="I33" s="220" t="s">
+      <c r="B33" s="264"/>
+      <c r="C33" s="303"/>
+      <c r="D33" s="304"/>
+      <c r="E33" s="304"/>
+      <c r="F33" s="304"/>
+      <c r="G33" s="304"/>
+      <c r="H33" s="305"/>
+      <c r="I33" s="322" t="s">
         <v>95</v>
       </c>
-      <c r="J33" s="220"/>
-[...4 lines deleted...]
-      <c r="O33" s="134" t="s">
+      <c r="J33" s="322"/>
+      <c r="K33" s="322"/>
+      <c r="L33" s="322"/>
+      <c r="M33" s="323"/>
+      <c r="N33" s="324"/>
+      <c r="O33" s="135" t="s">
         <v>96</v>
       </c>
-      <c r="P33" s="222"/>
-[...1 lines deleted...]
-      <c r="R33" s="134" t="s">
+      <c r="P33" s="324"/>
+      <c r="Q33" s="324"/>
+      <c r="R33" s="135" t="s">
         <v>80</v>
       </c>
-      <c r="S33" s="134" t="s">
+      <c r="S33" s="135" t="s">
         <v>50</v>
       </c>
-      <c r="T33" s="222"/>
-[...1 lines deleted...]
-      <c r="V33" s="134" t="s">
+      <c r="T33" s="324"/>
+      <c r="U33" s="324"/>
+      <c r="V33" s="135" t="s">
         <v>96</v>
       </c>
-      <c r="W33" s="222"/>
-[...1 lines deleted...]
-      <c r="Y33" s="134" t="s">
+      <c r="W33" s="324"/>
+      <c r="X33" s="324"/>
+      <c r="Y33" s="135" t="s">
         <v>80</v>
       </c>
-      <c r="Z33" s="135" t="s">
+      <c r="Z33" s="136" t="s">
         <v>81</v>
       </c>
-      <c r="AA33" s="135"/>
-[...3 lines deleted...]
-      <c r="AE33" s="135" t="s">
+      <c r="AA33" s="136"/>
+      <c r="AB33" s="136"/>
+      <c r="AC33" s="314"/>
+      <c r="AD33" s="314"/>
+      <c r="AE33" s="136" t="s">
         <v>82</v>
       </c>
-      <c r="AF33" s="135"/>
-[...3 lines deleted...]
-      <c r="AK33" s="136"/>
+      <c r="AF33" s="136"/>
+      <c r="AG33" s="136"/>
+      <c r="AH33" s="136"/>
+      <c r="AI33" s="136"/>
+      <c r="AK33" s="137"/>
     </row>
     <row r="34" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B34" s="232">
+      <c r="B34" s="262">
         <v>7</v>
       </c>
-      <c r="C34" s="234" t="s">
+      <c r="C34" s="217" t="s">
         <v>97</v>
       </c>
-      <c r="D34" s="235"/>
-[...4 lines deleted...]
-      <c r="I34" s="271" t="s">
+      <c r="D34" s="218"/>
+      <c r="E34" s="218"/>
+      <c r="F34" s="218"/>
+      <c r="G34" s="218"/>
+      <c r="H34" s="219"/>
+      <c r="I34" s="306" t="s">
         <v>98</v>
       </c>
-      <c r="J34" s="265"/>
-[...1 lines deleted...]
-      <c r="L34" s="272"/>
+      <c r="J34" s="326"/>
+      <c r="K34" s="333"/>
+      <c r="L34" s="333"/>
       <c r="M34" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="N34" s="263"/>
-      <c r="O34" s="263"/>
+      <c r="N34" s="325"/>
+      <c r="O34" s="325"/>
       <c r="P34" s="10" t="s">
         <v>5</v>
       </c>
       <c r="Q34" s="11"/>
-      <c r="R34" s="271" t="s">
+      <c r="R34" s="306" t="s">
         <v>98</v>
       </c>
-      <c r="S34" s="265"/>
-[...1 lines deleted...]
-      <c r="U34" s="262"/>
+      <c r="S34" s="326"/>
+      <c r="T34" s="224"/>
+      <c r="U34" s="224"/>
       <c r="V34" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="W34" s="263"/>
-      <c r="X34" s="263"/>
+      <c r="W34" s="325"/>
+      <c r="X34" s="325"/>
       <c r="Y34" s="10" t="s">
         <v>5</v>
       </c>
       <c r="Z34" s="7"/>
-      <c r="AA34" s="264" t="s">
+      <c r="AA34" s="307" t="s">
         <v>98</v>
       </c>
-      <c r="AB34" s="265"/>
-[...1 lines deleted...]
-      <c r="AD34" s="262"/>
+      <c r="AB34" s="326"/>
+      <c r="AC34" s="224"/>
+      <c r="AD34" s="224"/>
       <c r="AE34" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="AF34" s="263"/>
-      <c r="AG34" s="263"/>
+      <c r="AF34" s="325"/>
+      <c r="AG34" s="325"/>
       <c r="AH34" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="AI34" s="182"/>
-[...1 lines deleted...]
-      <c r="AK34" s="184"/>
+      <c r="AI34" s="387"/>
+      <c r="AJ34" s="180"/>
+      <c r="AK34" s="388"/>
     </row>
     <row r="35" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="244"/>
-[...8 lines deleted...]
-      <c r="K35" s="181" t="s">
+      <c r="B35" s="263"/>
+      <c r="C35" s="265"/>
+      <c r="D35" s="266"/>
+      <c r="E35" s="266"/>
+      <c r="F35" s="266"/>
+      <c r="G35" s="266"/>
+      <c r="H35" s="267"/>
+      <c r="I35" s="327"/>
+      <c r="J35" s="313"/>
+      <c r="K35" s="328" t="s">
         <v>99</v>
       </c>
-      <c r="L35" s="260"/>
-[...2 lines deleted...]
-      <c r="O35" s="181" t="s">
+      <c r="L35" s="329"/>
+      <c r="M35" s="330"/>
+      <c r="N35" s="331"/>
+      <c r="O35" s="328" t="s">
         <v>100</v>
       </c>
-      <c r="P35" s="181"/>
-[...3 lines deleted...]
-      <c r="T35" s="181" t="s">
+      <c r="P35" s="328"/>
+      <c r="Q35" s="332"/>
+      <c r="R35" s="327"/>
+      <c r="S35" s="313"/>
+      <c r="T35" s="328" t="s">
         <v>99</v>
       </c>
-      <c r="U35" s="260"/>
-[...2 lines deleted...]
-      <c r="X35" s="181" t="s">
+      <c r="U35" s="329"/>
+      <c r="V35" s="330"/>
+      <c r="W35" s="331"/>
+      <c r="X35" s="328" t="s">
         <v>100</v>
       </c>
-      <c r="Y35" s="181"/>
-[...3 lines deleted...]
-      <c r="AC35" s="181" t="s">
+      <c r="Y35" s="328"/>
+      <c r="Z35" s="332"/>
+      <c r="AA35" s="327"/>
+      <c r="AB35" s="313"/>
+      <c r="AC35" s="328" t="s">
         <v>99</v>
       </c>
-      <c r="AD35" s="260"/>
-[...2 lines deleted...]
-      <c r="AG35" s="181" t="s">
+      <c r="AD35" s="329"/>
+      <c r="AE35" s="330"/>
+      <c r="AF35" s="331"/>
+      <c r="AG35" s="328" t="s">
         <v>100</v>
       </c>
-      <c r="AH35" s="181"/>
-[...2 lines deleted...]
-      <c r="AK35" s="180"/>
+      <c r="AH35" s="328"/>
+      <c r="AI35" s="328"/>
+      <c r="AJ35" s="385"/>
+      <c r="AK35" s="386"/>
     </row>
     <row r="36" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="232">
+      <c r="B36" s="262">
         <v>8</v>
       </c>
-      <c r="C36" s="234" t="s">
+      <c r="C36" s="217" t="s">
         <v>101</v>
       </c>
-      <c r="D36" s="235"/>
-[...3 lines deleted...]
-      <c r="H36" s="236"/>
+      <c r="D36" s="218"/>
+      <c r="E36" s="218"/>
+      <c r="F36" s="218"/>
+      <c r="G36" s="218"/>
+      <c r="H36" s="219"/>
       <c r="I36" s="63" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="54" t="s">
         <v>103</v>
       </c>
       <c r="K36" s="62"/>
       <c r="L36" s="64" t="s">
         <v>102</v>
       </c>
       <c r="M36" s="54" t="s">
         <v>104</v>
       </c>
       <c r="N36" s="62"/>
       <c r="O36" s="45"/>
       <c r="P36" s="54"/>
       <c r="Q36" s="45"/>
       <c r="R36" s="45"/>
       <c r="S36" s="45"/>
       <c r="T36" s="45"/>
       <c r="U36" s="45"/>
       <c r="V36" s="45"/>
       <c r="W36" s="45"/>
       <c r="X36" s="45"/>
       <c r="Y36" s="45"/>
       <c r="Z36" s="45"/>
       <c r="AA36" s="45"/>
       <c r="AB36" s="45"/>
       <c r="AC36" s="45"/>
       <c r="AD36" s="45"/>
       <c r="AE36" s="45"/>
       <c r="AF36" s="45"/>
       <c r="AG36" s="45"/>
       <c r="AH36" s="45"/>
       <c r="AI36" s="45"/>
       <c r="AJ36" s="45"/>
       <c r="AK36" s="45"/>
       <c r="AL36" s="97"/>
     </row>
     <row r="37" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="233"/>
-[...6 lines deleted...]
-      <c r="I37" s="259" t="s">
+      <c r="B37" s="264"/>
+      <c r="C37" s="268"/>
+      <c r="D37" s="269"/>
+      <c r="E37" s="269"/>
+      <c r="F37" s="269"/>
+      <c r="G37" s="269"/>
+      <c r="H37" s="270"/>
+      <c r="I37" s="344" t="s">
         <v>105</v>
       </c>
-      <c r="J37" s="260"/>
-[...2 lines deleted...]
-      <c r="M37" s="131" t="s">
+      <c r="J37" s="329"/>
+      <c r="K37" s="313"/>
+      <c r="L37" s="313"/>
+      <c r="M37" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="N37" s="258"/>
-[...1 lines deleted...]
-      <c r="P37" s="131" t="s">
+      <c r="N37" s="343"/>
+      <c r="O37" s="343"/>
+      <c r="P37" s="132" t="s">
         <v>5</v>
       </c>
-      <c r="Q37" s="258"/>
-[...1 lines deleted...]
-      <c r="S37" s="131" t="s">
+      <c r="Q37" s="343"/>
+      <c r="R37" s="343"/>
+      <c r="S37" s="132" t="s">
         <v>6</v>
       </c>
-      <c r="T37" s="138"/>
-      <c r="U37" s="181" t="s">
+      <c r="T37" s="139"/>
+      <c r="U37" s="328" t="s">
         <v>106</v>
       </c>
-      <c r="V37" s="181"/>
-[...3 lines deleted...]
-      <c r="Z37" s="131" t="s">
+      <c r="V37" s="328"/>
+      <c r="W37" s="139"/>
+      <c r="X37" s="313"/>
+      <c r="Y37" s="313"/>
+      <c r="Z37" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="AA37" s="258"/>
-[...1 lines deleted...]
-      <c r="AC37" s="131" t="s">
+      <c r="AA37" s="343"/>
+      <c r="AB37" s="343"/>
+      <c r="AC37" s="132" t="s">
         <v>5</v>
       </c>
-      <c r="AD37" s="258"/>
-[...1 lines deleted...]
-      <c r="AF37" s="131" t="s">
+      <c r="AD37" s="343"/>
+      <c r="AE37" s="343"/>
+      <c r="AF37" s="132" t="s">
         <v>6</v>
       </c>
-      <c r="AG37" s="181"/>
-[...3 lines deleted...]
-      <c r="AK37" s="180"/>
+      <c r="AG37" s="328"/>
+      <c r="AH37" s="328"/>
+      <c r="AI37" s="328"/>
+      <c r="AJ37" s="385"/>
+      <c r="AK37" s="386"/>
     </row>
     <row r="38" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B38" s="232">
+      <c r="B38" s="262">
         <v>9</v>
       </c>
-      <c r="C38" s="234" t="s">
+      <c r="C38" s="217" t="s">
         <v>107</v>
       </c>
-      <c r="D38" s="235"/>
-[...3 lines deleted...]
-      <c r="H38" s="236"/>
+      <c r="D38" s="218"/>
+      <c r="E38" s="218"/>
+      <c r="F38" s="218"/>
+      <c r="G38" s="218"/>
+      <c r="H38" s="219"/>
       <c r="I38" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J38" s="54" t="s">
         <v>103</v>
       </c>
       <c r="K38" s="62"/>
       <c r="L38" s="64" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="54" t="s">
         <v>104</v>
       </c>
       <c r="N38" s="62"/>
       <c r="O38" s="64" t="s">
         <v>20</v>
       </c>
       <c r="P38" s="54" t="s">
         <v>108</v>
       </c>
       <c r="Q38" s="16"/>
       <c r="R38" s="17"/>
       <c r="S38" s="17"/>
       <c r="T38" s="17"/>
       <c r="U38" s="17"/>
       <c r="V38" s="17"/>
       <c r="W38" s="17"/>
       <c r="X38" s="17"/>
       <c r="Y38" s="17"/>
       <c r="Z38" s="17"/>
       <c r="AA38" s="17"/>
       <c r="AB38" s="17"/>
       <c r="AC38" s="17"/>
       <c r="AD38" s="17"/>
       <c r="AE38" s="17"/>
       <c r="AF38" s="17"/>
       <c r="AG38" s="17"/>
       <c r="AH38" s="17"/>
       <c r="AI38" s="17"/>
       <c r="AJ38" s="17"/>
       <c r="AK38" s="17"/>
       <c r="AL38" s="97"/>
     </row>
     <row r="39" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="248"/>
-[...6 lines deleted...]
-      <c r="I39" s="254" t="s">
+      <c r="B39" s="225"/>
+      <c r="C39" s="334"/>
+      <c r="D39" s="335"/>
+      <c r="E39" s="335"/>
+      <c r="F39" s="335"/>
+      <c r="G39" s="335"/>
+      <c r="H39" s="336"/>
+      <c r="I39" s="339" t="s">
         <v>105</v>
       </c>
-      <c r="J39" s="255"/>
-[...2 lines deleted...]
-      <c r="M39" s="139" t="s">
+      <c r="J39" s="340"/>
+      <c r="K39" s="341"/>
+      <c r="L39" s="342"/>
+      <c r="M39" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="N39" s="140"/>
-      <c r="O39" s="139" t="s">
+      <c r="N39" s="141"/>
+      <c r="O39" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="P39" s="140"/>
-      <c r="Q39" s="139" t="s">
+      <c r="P39" s="141"/>
+      <c r="Q39" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="R39" s="139" t="s">
+      <c r="R39" s="140" t="s">
         <v>50</v>
       </c>
-      <c r="S39" s="257"/>
-[...1 lines deleted...]
-      <c r="U39" s="139" t="s">
+      <c r="S39" s="342"/>
+      <c r="T39" s="342"/>
+      <c r="U39" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="V39" s="140"/>
-      <c r="W39" s="139" t="s">
+      <c r="V39" s="141"/>
+      <c r="W39" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="X39" s="140"/>
-      <c r="Y39" s="139" t="s">
+      <c r="X39" s="141"/>
+      <c r="Y39" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="Z39" s="139"/>
-[...10 lines deleted...]
-      <c r="AK39" s="141"/>
+      <c r="Z39" s="140"/>
+      <c r="AA39" s="140"/>
+      <c r="AB39" s="140"/>
+      <c r="AC39" s="140"/>
+      <c r="AD39" s="140"/>
+      <c r="AE39" s="140"/>
+      <c r="AF39" s="140"/>
+      <c r="AG39" s="140"/>
+      <c r="AH39" s="140"/>
+      <c r="AI39" s="140"/>
+      <c r="AJ39" s="140"/>
+      <c r="AK39" s="142"/>
       <c r="AL39" s="97"/>
     </row>
     <row r="40" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B40" s="232">
+      <c r="B40" s="262">
         <v>10</v>
       </c>
-      <c r="C40" s="234" t="s">
+      <c r="C40" s="217" t="s">
         <v>109</v>
       </c>
-      <c r="D40" s="235"/>
-[...3 lines deleted...]
-      <c r="H40" s="236"/>
+      <c r="D40" s="218"/>
+      <c r="E40" s="218"/>
+      <c r="F40" s="218"/>
+      <c r="G40" s="218"/>
+      <c r="H40" s="219"/>
       <c r="I40" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J40" s="54" t="s">
         <v>103</v>
       </c>
       <c r="K40" s="62"/>
       <c r="L40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="54" t="s">
         <v>104</v>
       </c>
       <c r="N40" s="62"/>
       <c r="O40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="P40" s="54" t="s">
         <v>108</v>
       </c>
       <c r="Q40" s="16"/>
-      <c r="R40" s="252" t="s">
+      <c r="R40" s="337" t="s">
         <v>110</v>
       </c>
-      <c r="S40" s="253"/>
+      <c r="S40" s="338"/>
       <c r="T40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="U40" s="18" t="s">
         <v>111</v>
       </c>
       <c r="V40" s="18"/>
       <c r="W40" s="18"/>
       <c r="X40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="Y40" s="18" t="s">
         <v>112</v>
       </c>
       <c r="Z40" s="18"/>
       <c r="AA40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="AB40" s="18" t="s">
         <v>113</v>
       </c>
       <c r="AC40" s="18"/>
-      <c r="AD40" s="379"/>
-[...5 lines deleted...]
-      <c r="AJ40" s="183"/>
+      <c r="AD40" s="179"/>
+      <c r="AE40" s="180"/>
+      <c r="AF40" s="180"/>
+      <c r="AG40" s="180"/>
+      <c r="AH40" s="180"/>
+      <c r="AI40" s="180"/>
+      <c r="AJ40" s="180"/>
       <c r="AK40" s="9" t="s">
         <v>40</v>
       </c>
       <c r="AL40" s="97"/>
     </row>
     <row r="41" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="248"/>
-[...6 lines deleted...]
-      <c r="I41" s="254" t="s">
+      <c r="B41" s="225"/>
+      <c r="C41" s="334"/>
+      <c r="D41" s="335"/>
+      <c r="E41" s="335"/>
+      <c r="F41" s="335"/>
+      <c r="G41" s="335"/>
+      <c r="H41" s="336"/>
+      <c r="I41" s="339" t="s">
         <v>105</v>
       </c>
-      <c r="J41" s="255"/>
-[...2 lines deleted...]
-      <c r="M41" s="139" t="s">
+      <c r="J41" s="340"/>
+      <c r="K41" s="341"/>
+      <c r="L41" s="342"/>
+      <c r="M41" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="N41" s="140"/>
-      <c r="O41" s="139" t="s">
+      <c r="N41" s="141"/>
+      <c r="O41" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="P41" s="140"/>
-      <c r="Q41" s="139" t="s">
+      <c r="P41" s="141"/>
+      <c r="Q41" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="R41" s="139" t="s">
+      <c r="R41" s="140" t="s">
         <v>50</v>
       </c>
-      <c r="S41" s="257"/>
-[...1 lines deleted...]
-      <c r="U41" s="139" t="s">
+      <c r="S41" s="342"/>
+      <c r="T41" s="342"/>
+      <c r="U41" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="V41" s="140"/>
-      <c r="W41" s="139" t="s">
+      <c r="V41" s="141"/>
+      <c r="W41" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="X41" s="140"/>
-      <c r="Y41" s="139" t="s">
+      <c r="X41" s="141"/>
+      <c r="Y41" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="Z41" s="139"/>
-[...10 lines deleted...]
-      <c r="AK41" s="139"/>
+      <c r="Z41" s="140"/>
+      <c r="AA41" s="140"/>
+      <c r="AB41" s="140"/>
+      <c r="AC41" s="140"/>
+      <c r="AD41" s="140"/>
+      <c r="AE41" s="140"/>
+      <c r="AF41" s="140"/>
+      <c r="AG41" s="140"/>
+      <c r="AH41" s="140"/>
+      <c r="AI41" s="140"/>
+      <c r="AJ41" s="140"/>
+      <c r="AK41" s="140"/>
       <c r="AL41" s="97"/>
     </row>
     <row r="42" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B42" s="106">
         <v>11</v>
       </c>
-      <c r="C42" s="227" t="s">
+      <c r="C42" s="345" t="s">
         <v>114</v>
       </c>
-      <c r="D42" s="228"/>
-[...3 lines deleted...]
-      <c r="H42" s="229"/>
+      <c r="D42" s="346"/>
+      <c r="E42" s="346"/>
+      <c r="F42" s="346"/>
+      <c r="G42" s="346"/>
+      <c r="H42" s="347"/>
       <c r="I42" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J42" s="54" t="s">
         <v>115</v>
       </c>
       <c r="K42" s="62"/>
       <c r="L42" s="64" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="54" t="s">
         <v>116</v>
       </c>
       <c r="N42" s="107"/>
       <c r="O42" s="108"/>
-      <c r="P42" s="230"/>
-      <c r="Q42" s="230"/>
+      <c r="P42" s="348"/>
+      <c r="Q42" s="348"/>
       <c r="R42" s="100" t="s">
         <v>4</v>
       </c>
-      <c r="S42" s="230"/>
-      <c r="T42" s="230"/>
+      <c r="S42" s="348"/>
+      <c r="T42" s="348"/>
       <c r="U42" s="100" t="s">
         <v>5</v>
       </c>
-      <c r="V42" s="230"/>
-      <c r="W42" s="230"/>
+      <c r="V42" s="348"/>
+      <c r="W42" s="348"/>
       <c r="X42" s="100" t="s">
         <v>6</v>
       </c>
-      <c r="Y42" s="231"/>
-[...11 lines deleted...]
-      <c r="AK42" s="231"/>
+      <c r="Y42" s="349"/>
+      <c r="Z42" s="349"/>
+      <c r="AA42" s="349"/>
+      <c r="AB42" s="349"/>
+      <c r="AC42" s="349"/>
+      <c r="AD42" s="349"/>
+      <c r="AE42" s="349"/>
+      <c r="AF42" s="349"/>
+      <c r="AG42" s="349"/>
+      <c r="AH42" s="349"/>
+      <c r="AI42" s="349"/>
+      <c r="AJ42" s="349"/>
+      <c r="AK42" s="349"/>
       <c r="AL42" s="97"/>
     </row>
     <row r="43" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B43" s="232">
+      <c r="B43" s="262">
         <v>12</v>
       </c>
-      <c r="C43" s="234" t="s">
+      <c r="C43" s="217" t="s">
         <v>117</v>
       </c>
-      <c r="D43" s="235"/>
-[...3 lines deleted...]
-      <c r="H43" s="236"/>
+      <c r="D43" s="218"/>
+      <c r="E43" s="218"/>
+      <c r="F43" s="218"/>
+      <c r="G43" s="218"/>
+      <c r="H43" s="219"/>
       <c r="I43" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J43" s="54" t="s">
         <v>103</v>
       </c>
       <c r="K43" s="62"/>
       <c r="L43" s="64" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="54" t="s">
         <v>104</v>
       </c>
       <c r="N43" s="16"/>
       <c r="O43" s="16"/>
       <c r="P43" s="16"/>
       <c r="Q43" s="65"/>
-      <c r="R43" s="240" t="s">
+      <c r="R43" s="350" t="s">
         <v>105</v>
       </c>
-      <c r="S43" s="241"/>
-[...1 lines deleted...]
-      <c r="U43" s="243"/>
+      <c r="S43" s="351"/>
+      <c r="T43" s="352"/>
+      <c r="U43" s="353"/>
       <c r="V43" s="14" t="s">
         <v>4</v>
       </c>
       <c r="W43" s="19"/>
       <c r="X43" s="14" t="s">
         <v>5</v>
       </c>
       <c r="Y43" s="19"/>
       <c r="Z43" s="14" t="s">
         <v>6</v>
       </c>
       <c r="AA43" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="AB43" s="380"/>
-      <c r="AC43" s="381"/>
+      <c r="AB43" s="181"/>
+      <c r="AC43" s="182"/>
       <c r="AD43" s="14" t="s">
         <v>4</v>
       </c>
       <c r="AE43" s="19"/>
       <c r="AF43" s="14" t="s">
         <v>5</v>
       </c>
       <c r="AG43" s="19"/>
       <c r="AH43" s="14" t="s">
         <v>6</v>
       </c>
       <c r="AI43" s="14"/>
       <c r="AJ43" s="117"/>
       <c r="AL43" s="97"/>
     </row>
     <row r="44" spans="2:38" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="233"/>
-[...6 lines deleted...]
-      <c r="I44" s="220" t="s">
+      <c r="B44" s="264"/>
+      <c r="C44" s="268"/>
+      <c r="D44" s="269"/>
+      <c r="E44" s="269"/>
+      <c r="F44" s="269"/>
+      <c r="G44" s="269"/>
+      <c r="H44" s="270"/>
+      <c r="I44" s="322" t="s">
         <v>95</v>
       </c>
-      <c r="J44" s="220"/>
-[...4 lines deleted...]
-      <c r="O44" s="134" t="s">
+      <c r="J44" s="322"/>
+      <c r="K44" s="322"/>
+      <c r="L44" s="322"/>
+      <c r="M44" s="323"/>
+      <c r="N44" s="324"/>
+      <c r="O44" s="135" t="s">
         <v>96</v>
       </c>
-      <c r="P44" s="222"/>
-[...1 lines deleted...]
-      <c r="R44" s="134" t="s">
+      <c r="P44" s="324"/>
+      <c r="Q44" s="324"/>
+      <c r="R44" s="135" t="s">
         <v>80</v>
       </c>
-      <c r="S44" s="134" t="s">
+      <c r="S44" s="135" t="s">
         <v>50</v>
       </c>
-      <c r="T44" s="222"/>
-[...1 lines deleted...]
-      <c r="V44" s="134" t="s">
+      <c r="T44" s="324"/>
+      <c r="U44" s="324"/>
+      <c r="V44" s="135" t="s">
         <v>96</v>
       </c>
-      <c r="W44" s="222"/>
-[...1 lines deleted...]
-      <c r="Y44" s="134" t="s">
+      <c r="W44" s="324"/>
+      <c r="X44" s="324"/>
+      <c r="Y44" s="135" t="s">
         <v>80</v>
       </c>
-      <c r="Z44" s="135" t="s">
+      <c r="Z44" s="136" t="s">
         <v>81</v>
       </c>
-      <c r="AA44" s="137"/>
-[...3 lines deleted...]
-      <c r="AE44" s="135" t="s">
+      <c r="AA44" s="138"/>
+      <c r="AB44" s="136"/>
+      <c r="AC44" s="357"/>
+      <c r="AD44" s="357"/>
+      <c r="AE44" s="136" t="s">
         <v>82</v>
       </c>
-      <c r="AF44" s="135"/>
-[...4 lines deleted...]
-      <c r="AK44" s="136"/>
+      <c r="AF44" s="136"/>
+      <c r="AG44" s="136"/>
+      <c r="AH44" s="136"/>
+      <c r="AI44" s="136"/>
+      <c r="AJ44" s="138"/>
+      <c r="AK44" s="137"/>
     </row>
     <row r="45" spans="2:38" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B45" s="109">
         <v>13</v>
       </c>
-      <c r="C45" s="190" t="s">
+      <c r="C45" s="354" t="s">
         <v>118</v>
       </c>
-      <c r="D45" s="188"/>
-[...3 lines deleted...]
-      <c r="H45" s="188"/>
+      <c r="D45" s="355"/>
+      <c r="E45" s="355"/>
+      <c r="F45" s="355"/>
+      <c r="G45" s="355"/>
+      <c r="H45" s="355"/>
       <c r="I45" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J45" s="54" t="s">
         <v>119</v>
       </c>
       <c r="K45" s="64" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="54" t="s">
         <v>120</v>
       </c>
       <c r="M45" s="54"/>
       <c r="N45" s="64" t="s">
         <v>20</v>
       </c>
       <c r="O45" s="54" t="s">
         <v>121</v>
       </c>
       <c r="P45" s="54"/>
       <c r="R45" s="96"/>
       <c r="S45" s="96"/>
       <c r="T45" s="96"/>
       <c r="U45" s="96"/>
       <c r="V45" s="96"/>
       <c r="W45" s="110"/>
       <c r="X45" s="110"/>
       <c r="Y45" s="110"/>
       <c r="Z45" s="110"/>
       <c r="AA45" s="110"/>
       <c r="AB45" s="110"/>
       <c r="AC45" s="110"/>
       <c r="AD45" s="110"/>
       <c r="AE45" s="110"/>
       <c r="AF45" s="110"/>
       <c r="AG45" s="96"/>
       <c r="AH45" s="15"/>
       <c r="AI45" s="15"/>
       <c r="AJ45" s="15"/>
       <c r="AK45" s="112"/>
       <c r="AL45" s="97"/>
     </row>
     <row r="46" spans="2:38" s="1" customFormat="1" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B46" s="84">
         <v>14</v>
       </c>
-      <c r="C46" s="218" t="s">
+      <c r="C46" s="356" t="s">
         <v>123</v>
       </c>
-      <c r="D46" s="218"/>
-[...3 lines deleted...]
-      <c r="H46" s="218"/>
+      <c r="D46" s="356"/>
+      <c r="E46" s="356"/>
+      <c r="F46" s="356"/>
+      <c r="G46" s="356"/>
+      <c r="H46" s="356"/>
       <c r="I46" s="87" t="s">
         <v>20</v>
       </c>
       <c r="J46" s="88" t="s">
         <v>119</v>
       </c>
       <c r="K46" s="89" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="88" t="s">
         <v>120</v>
       </c>
       <c r="M46" s="88"/>
       <c r="N46" s="89" t="s">
         <v>20</v>
       </c>
       <c r="O46" s="88" t="s">
         <v>121</v>
       </c>
       <c r="P46" s="64" t="s">
         <v>20</v>
       </c>
       <c r="Q46" s="54" t="s">
         <v>122</v>
       </c>
       <c r="R46" s="96"/>
       <c r="S46" s="96"/>
       <c r="T46" s="96"/>
       <c r="U46" s="96"/>
       <c r="V46" s="96"/>
       <c r="W46" s="110"/>
       <c r="X46" s="110"/>
       <c r="Y46" s="110"/>
       <c r="Z46" s="110"/>
       <c r="AA46" s="110"/>
       <c r="AB46" s="110"/>
       <c r="AC46" s="110"/>
       <c r="AD46" s="110"/>
       <c r="AE46" s="110"/>
       <c r="AF46" s="110"/>
       <c r="AG46" s="96"/>
       <c r="AH46" s="15"/>
       <c r="AI46" s="15"/>
       <c r="AJ46" s="15"/>
       <c r="AL46" s="98"/>
     </row>
     <row r="47" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B47" s="42">
         <v>15</v>
       </c>
-      <c r="C47" s="210" t="s">
+      <c r="C47" s="358" t="s">
         <v>124</v>
       </c>
-      <c r="D47" s="211"/>
-[...3 lines deleted...]
-      <c r="H47" s="212"/>
+      <c r="D47" s="251"/>
+      <c r="E47" s="251"/>
+      <c r="F47" s="251"/>
+      <c r="G47" s="251"/>
+      <c r="H47" s="359"/>
       <c r="I47" s="87" t="s">
         <v>20</v>
       </c>
       <c r="J47" s="88" t="s">
         <v>125</v>
       </c>
       <c r="K47" s="89" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="88" t="s">
         <v>126</v>
       </c>
       <c r="M47" s="88"/>
       <c r="N47" s="89" t="s">
         <v>20</v>
       </c>
       <c r="O47" s="88" t="s">
         <v>127</v>
       </c>
       <c r="P47" s="90"/>
       <c r="Q47" s="83"/>
       <c r="R47" s="83"/>
       <c r="S47" s="83"/>
       <c r="T47" s="83"/>
       <c r="U47" s="83"/>
       <c r="V47" s="83"/>
       <c r="W47" s="83"/>
       <c r="X47" s="83"/>
       <c r="Y47" s="83"/>
       <c r="Z47" s="83"/>
       <c r="AA47" s="83"/>
       <c r="AB47" s="83"/>
       <c r="AC47" s="83"/>
       <c r="AD47" s="83"/>
       <c r="AE47" s="83"/>
       <c r="AF47" s="83"/>
       <c r="AG47" s="83"/>
       <c r="AH47" s="83"/>
       <c r="AI47" s="83"/>
       <c r="AJ47" s="83"/>
       <c r="AK47" s="83"/>
       <c r="AL47" s="97"/>
     </row>
     <row r="48" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B48" s="93">
         <v>16</v>
       </c>
-      <c r="C48" s="210" t="s">
+      <c r="C48" s="358" t="s">
         <v>128</v>
       </c>
-      <c r="D48" s="211"/>
-[...3 lines deleted...]
-      <c r="H48" s="212"/>
+      <c r="D48" s="251"/>
+      <c r="E48" s="251"/>
+      <c r="F48" s="251"/>
+      <c r="G48" s="251"/>
+      <c r="H48" s="359"/>
       <c r="I48" s="50" t="s">
         <v>20</v>
       </c>
       <c r="J48" s="85" t="s">
         <v>125</v>
       </c>
       <c r="K48" s="53" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="85" t="s">
         <v>126</v>
       </c>
       <c r="M48" s="85"/>
       <c r="N48" s="53" t="s">
         <v>20</v>
       </c>
       <c r="O48" s="85" t="s">
         <v>127</v>
       </c>
       <c r="P48" s="86"/>
       <c r="Q48" s="83"/>
       <c r="R48" s="83"/>
       <c r="S48" s="83"/>
       <c r="T48" s="83"/>
       <c r="U48" s="83"/>
       <c r="V48" s="83"/>
       <c r="W48" s="83"/>
       <c r="X48" s="83"/>
       <c r="Y48" s="83"/>
       <c r="Z48" s="83"/>
       <c r="AA48" s="83"/>
       <c r="AB48" s="83"/>
       <c r="AC48" s="83"/>
       <c r="AD48" s="83"/>
       <c r="AE48" s="83"/>
       <c r="AF48" s="83"/>
       <c r="AG48" s="83"/>
       <c r="AH48" s="83"/>
       <c r="AI48" s="83"/>
       <c r="AJ48" s="83"/>
       <c r="AK48" s="83"/>
       <c r="AL48" s="97"/>
     </row>
     <row r="49" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B49" s="93">
         <v>17</v>
       </c>
-      <c r="C49" s="188" t="s">
+      <c r="C49" s="355" t="s">
         <v>129</v>
       </c>
-      <c r="D49" s="224"/>
-[...5 lines deleted...]
-      <c r="J49" s="226"/>
+      <c r="D49" s="360"/>
+      <c r="E49" s="360"/>
+      <c r="F49" s="360"/>
+      <c r="G49" s="360"/>
+      <c r="H49" s="360"/>
+      <c r="I49" s="361"/>
+      <c r="J49" s="362"/>
       <c r="K49" s="91" t="s">
         <v>4</v>
       </c>
-      <c r="L49" s="219"/>
-      <c r="M49" s="219"/>
+      <c r="L49" s="250"/>
+      <c r="M49" s="250"/>
       <c r="N49" s="91" t="s">
         <v>5</v>
       </c>
-      <c r="O49" s="219"/>
-      <c r="P49" s="219"/>
+      <c r="O49" s="250"/>
+      <c r="P49" s="250"/>
       <c r="Q49" s="91" t="s">
         <v>6</v>
       </c>
       <c r="R49" s="94"/>
-      <c r="S49" s="205" t="s">
+      <c r="S49" s="363" t="s">
         <v>106</v>
       </c>
-      <c r="T49" s="205"/>
+      <c r="T49" s="363"/>
       <c r="U49" s="94"/>
-      <c r="V49" s="226"/>
-      <c r="W49" s="226"/>
+      <c r="V49" s="362"/>
+      <c r="W49" s="362"/>
       <c r="X49" s="91" t="s">
         <v>4</v>
       </c>
-      <c r="Y49" s="219"/>
-      <c r="Z49" s="219"/>
+      <c r="Y49" s="250"/>
+      <c r="Z49" s="250"/>
       <c r="AA49" s="91" t="s">
         <v>5</v>
       </c>
-      <c r="AB49" s="219"/>
-      <c r="AC49" s="219"/>
+      <c r="AB49" s="250"/>
+      <c r="AC49" s="250"/>
       <c r="AD49" s="91" t="s">
         <v>6</v>
       </c>
-      <c r="AE49" s="205"/>
-[...1 lines deleted...]
-      <c r="AG49" s="205"/>
+      <c r="AE49" s="363"/>
+      <c r="AF49" s="363"/>
+      <c r="AG49" s="363"/>
       <c r="AH49" s="95"/>
       <c r="AI49" s="95"/>
       <c r="AJ49" s="92"/>
       <c r="AK49" s="113"/>
     </row>
     <row r="50" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B50" s="93">
         <v>18</v>
       </c>
-      <c r="C50" s="190" t="s">
+      <c r="C50" s="354" t="s">
         <v>130</v>
       </c>
-      <c r="D50" s="188"/>
-[...32 lines deleted...]
-      <c r="AK50" s="192"/>
+      <c r="D50" s="355"/>
+      <c r="E50" s="355"/>
+      <c r="F50" s="355"/>
+      <c r="G50" s="355"/>
+      <c r="H50" s="355"/>
+      <c r="I50" s="393"/>
+      <c r="J50" s="394"/>
+      <c r="K50" s="394"/>
+      <c r="L50" s="394"/>
+      <c r="M50" s="394"/>
+      <c r="N50" s="394"/>
+      <c r="O50" s="394"/>
+      <c r="P50" s="394"/>
+      <c r="Q50" s="394"/>
+      <c r="R50" s="394"/>
+      <c r="S50" s="394"/>
+      <c r="T50" s="394"/>
+      <c r="U50" s="394"/>
+      <c r="V50" s="394"/>
+      <c r="W50" s="394"/>
+      <c r="X50" s="394"/>
+      <c r="Y50" s="394"/>
+      <c r="Z50" s="394"/>
+      <c r="AA50" s="394"/>
+      <c r="AB50" s="394"/>
+      <c r="AC50" s="394"/>
+      <c r="AD50" s="394"/>
+      <c r="AE50" s="394"/>
+      <c r="AF50" s="394"/>
+      <c r="AG50" s="394"/>
+      <c r="AH50" s="394"/>
+      <c r="AI50" s="394"/>
+      <c r="AJ50" s="394"/>
+      <c r="AK50" s="394"/>
       <c r="AL50" s="97"/>
     </row>
     <row r="51" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B51" s="188">
+      <c r="B51" s="355">
         <v>19</v>
       </c>
-      <c r="C51" s="190" t="s">
+      <c r="C51" s="354" t="s">
         <v>131</v>
       </c>
-      <c r="D51" s="188"/>
-[...4 lines deleted...]
-      <c r="I51" s="206" t="s">
+      <c r="D51" s="355"/>
+      <c r="E51" s="355"/>
+      <c r="F51" s="355"/>
+      <c r="G51" s="355"/>
+      <c r="H51" s="355"/>
+      <c r="I51" s="370" t="s">
         <v>132</v>
       </c>
-      <c r="J51" s="207"/>
-[...4 lines deleted...]
-      <c r="O51" s="203" t="s">
+      <c r="J51" s="371"/>
+      <c r="K51" s="371"/>
+      <c r="L51" s="371"/>
+      <c r="M51" s="371"/>
+      <c r="N51" s="372"/>
+      <c r="O51" s="210" t="s">
         <v>133</v>
       </c>
-      <c r="P51" s="196"/>
-[...6 lines deleted...]
-      <c r="W51" s="195" t="s">
+      <c r="P51" s="368"/>
+      <c r="Q51" s="368"/>
+      <c r="R51" s="368"/>
+      <c r="S51" s="368"/>
+      <c r="T51" s="368"/>
+      <c r="U51" s="368"/>
+      <c r="V51" s="368"/>
+      <c r="W51" s="395" t="s">
         <v>134</v>
       </c>
-      <c r="X51" s="196"/>
-[...4 lines deleted...]
-      <c r="AC51" s="193" t="s">
+      <c r="X51" s="368"/>
+      <c r="Y51" s="368"/>
+      <c r="Z51" s="368"/>
+      <c r="AA51" s="368"/>
+      <c r="AB51" s="368"/>
+      <c r="AC51" s="364" t="s">
         <v>20</v>
       </c>
-      <c r="AD51" s="185" t="s">
+      <c r="AD51" s="389" t="s">
         <v>135</v>
       </c>
-      <c r="AE51" s="185"/>
-      <c r="AF51" s="187" t="s">
+      <c r="AE51" s="389"/>
+      <c r="AF51" s="391" t="s">
         <v>20</v>
       </c>
-      <c r="AG51" s="187" t="s">
+      <c r="AG51" s="391" t="s">
         <v>136</v>
       </c>
-      <c r="AH51" s="185"/>
-[...2 lines deleted...]
-      <c r="AK51" s="185"/>
+      <c r="AH51" s="389"/>
+      <c r="AI51" s="389"/>
+      <c r="AJ51" s="389"/>
+      <c r="AK51" s="389"/>
       <c r="AL51" s="97"/>
     </row>
     <row r="52" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B52" s="189"/>
-[...13 lines deleted...]
-      <c r="P52" s="202"/>
+      <c r="B52" s="392"/>
+      <c r="C52" s="392"/>
+      <c r="D52" s="392"/>
+      <c r="E52" s="392"/>
+      <c r="F52" s="392"/>
+      <c r="G52" s="392"/>
+      <c r="H52" s="392"/>
+      <c r="I52" s="376"/>
+      <c r="J52" s="378"/>
+      <c r="K52" s="378"/>
+      <c r="L52" s="378"/>
+      <c r="M52" s="378"/>
+      <c r="N52" s="379"/>
+      <c r="O52" s="366"/>
+      <c r="P52" s="367"/>
       <c r="Q52" s="103" t="s">
         <v>4</v>
       </c>
       <c r="R52" s="104"/>
       <c r="S52" s="103" t="s">
         <v>5</v>
       </c>
-      <c r="T52" s="213"/>
-      <c r="U52" s="214"/>
+      <c r="T52" s="374"/>
+      <c r="U52" s="375"/>
       <c r="V52" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="W52" s="197"/>
-[...13 lines deleted...]
-      <c r="AK52" s="186"/>
+      <c r="W52" s="377"/>
+      <c r="X52" s="396"/>
+      <c r="Y52" s="396"/>
+      <c r="Z52" s="396"/>
+      <c r="AA52" s="396"/>
+      <c r="AB52" s="396"/>
+      <c r="AC52" s="365"/>
+      <c r="AD52" s="390"/>
+      <c r="AE52" s="390"/>
+      <c r="AF52" s="390"/>
+      <c r="AG52" s="390"/>
+      <c r="AH52" s="390"/>
+      <c r="AI52" s="390"/>
+      <c r="AJ52" s="390"/>
+      <c r="AK52" s="390"/>
       <c r="AL52" s="99"/>
     </row>
     <row r="53" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="189"/>
-[...6 lines deleted...]
-      <c r="I53" s="204" t="s">
+      <c r="B53" s="392"/>
+      <c r="C53" s="392"/>
+      <c r="D53" s="392"/>
+      <c r="E53" s="392"/>
+      <c r="F53" s="392"/>
+      <c r="G53" s="392"/>
+      <c r="H53" s="392"/>
+      <c r="I53" s="209" t="s">
         <v>137</v>
       </c>
-      <c r="J53" s="199"/>
-[...4 lines deleted...]
-      <c r="O53" s="204" t="s">
+      <c r="J53" s="380"/>
+      <c r="K53" s="380"/>
+      <c r="L53" s="380"/>
+      <c r="M53" s="380"/>
+      <c r="N53" s="380"/>
+      <c r="O53" s="209" t="s">
         <v>133</v>
       </c>
-      <c r="P53" s="200"/>
-[...6 lines deleted...]
-      <c r="W53" s="199" t="s">
+      <c r="P53" s="369"/>
+      <c r="Q53" s="369"/>
+      <c r="R53" s="369"/>
+      <c r="S53" s="369"/>
+      <c r="T53" s="369"/>
+      <c r="U53" s="369"/>
+      <c r="V53" s="369"/>
+      <c r="W53" s="380" t="s">
         <v>134</v>
       </c>
-      <c r="X53" s="200"/>
-[...4 lines deleted...]
-      <c r="AC53" s="193" t="s">
+      <c r="X53" s="369"/>
+      <c r="Y53" s="369"/>
+      <c r="Z53" s="369"/>
+      <c r="AA53" s="369"/>
+      <c r="AB53" s="369"/>
+      <c r="AC53" s="364" t="s">
         <v>20</v>
       </c>
-      <c r="AD53" s="185" t="s">
+      <c r="AD53" s="389" t="s">
         <v>135</v>
       </c>
-      <c r="AE53" s="185"/>
-      <c r="AF53" s="187" t="s">
+      <c r="AE53" s="389"/>
+      <c r="AF53" s="391" t="s">
         <v>20</v>
       </c>
-      <c r="AG53" s="187" t="s">
+      <c r="AG53" s="391" t="s">
         <v>136</v>
       </c>
-      <c r="AH53" s="185"/>
-[...2 lines deleted...]
-      <c r="AK53" s="185"/>
+      <c r="AH53" s="389"/>
+      <c r="AI53" s="389"/>
+      <c r="AJ53" s="389"/>
+      <c r="AK53" s="389"/>
       <c r="AL53" s="97"/>
     </row>
     <row r="54" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="189"/>
-[...13 lines deleted...]
-      <c r="P54" s="202"/>
+      <c r="B54" s="392"/>
+      <c r="C54" s="392"/>
+      <c r="D54" s="392"/>
+      <c r="E54" s="392"/>
+      <c r="F54" s="392"/>
+      <c r="G54" s="392"/>
+      <c r="H54" s="392"/>
+      <c r="I54" s="376"/>
+      <c r="J54" s="377"/>
+      <c r="K54" s="377"/>
+      <c r="L54" s="377"/>
+      <c r="M54" s="377"/>
+      <c r="N54" s="377"/>
+      <c r="O54" s="366"/>
+      <c r="P54" s="367"/>
       <c r="Q54" s="103" t="s">
         <v>4</v>
       </c>
       <c r="R54" s="104"/>
       <c r="S54" s="103" t="s">
         <v>5</v>
       </c>
-      <c r="T54" s="213"/>
-      <c r="U54" s="214"/>
+      <c r="T54" s="374"/>
+      <c r="U54" s="375"/>
       <c r="V54" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="W54" s="197"/>
-[...13 lines deleted...]
-      <c r="AK54" s="186"/>
+      <c r="W54" s="377"/>
+      <c r="X54" s="396"/>
+      <c r="Y54" s="396"/>
+      <c r="Z54" s="396"/>
+      <c r="AA54" s="396"/>
+      <c r="AB54" s="396"/>
+      <c r="AC54" s="365"/>
+      <c r="AD54" s="390"/>
+      <c r="AE54" s="390"/>
+      <c r="AF54" s="390"/>
+      <c r="AG54" s="390"/>
+      <c r="AH54" s="390"/>
+      <c r="AI54" s="390"/>
+      <c r="AJ54" s="390"/>
+      <c r="AK54" s="390"/>
       <c r="AL54" s="97"/>
     </row>
     <row r="55" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="189"/>
-[...6 lines deleted...]
-      <c r="I55" s="204" t="s">
+      <c r="B55" s="392"/>
+      <c r="C55" s="392"/>
+      <c r="D55" s="392"/>
+      <c r="E55" s="392"/>
+      <c r="F55" s="392"/>
+      <c r="G55" s="392"/>
+      <c r="H55" s="392"/>
+      <c r="I55" s="209" t="s">
         <v>137</v>
       </c>
-      <c r="J55" s="199"/>
-[...4 lines deleted...]
-      <c r="O55" s="204" t="s">
+      <c r="J55" s="380"/>
+      <c r="K55" s="380"/>
+      <c r="L55" s="380"/>
+      <c r="M55" s="380"/>
+      <c r="N55" s="380"/>
+      <c r="O55" s="209" t="s">
         <v>133</v>
       </c>
-      <c r="P55" s="200"/>
-[...6 lines deleted...]
-      <c r="W55" s="199" t="s">
+      <c r="P55" s="369"/>
+      <c r="Q55" s="369"/>
+      <c r="R55" s="369"/>
+      <c r="S55" s="369"/>
+      <c r="T55" s="369"/>
+      <c r="U55" s="369"/>
+      <c r="V55" s="369"/>
+      <c r="W55" s="380" t="s">
         <v>134</v>
       </c>
-      <c r="X55" s="200"/>
-[...4 lines deleted...]
-      <c r="AC55" s="193" t="s">
+      <c r="X55" s="369"/>
+      <c r="Y55" s="369"/>
+      <c r="Z55" s="369"/>
+      <c r="AA55" s="369"/>
+      <c r="AB55" s="369"/>
+      <c r="AC55" s="364" t="s">
         <v>20</v>
       </c>
-      <c r="AD55" s="185" t="s">
+      <c r="AD55" s="389" t="s">
         <v>135</v>
       </c>
-      <c r="AE55" s="185"/>
-      <c r="AF55" s="187" t="s">
+      <c r="AE55" s="389"/>
+      <c r="AF55" s="391" t="s">
         <v>20</v>
       </c>
-      <c r="AG55" s="187" t="s">
+      <c r="AG55" s="391" t="s">
         <v>136</v>
       </c>
-      <c r="AH55" s="185"/>
-[...2 lines deleted...]
-      <c r="AK55" s="185"/>
+      <c r="AH55" s="389"/>
+      <c r="AI55" s="389"/>
+      <c r="AJ55" s="389"/>
+      <c r="AK55" s="389"/>
       <c r="AL55" s="97"/>
     </row>
     <row r="56" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="189"/>
-[...13 lines deleted...]
-      <c r="P56" s="202"/>
+      <c r="B56" s="392"/>
+      <c r="C56" s="392"/>
+      <c r="D56" s="392"/>
+      <c r="E56" s="392"/>
+      <c r="F56" s="392"/>
+      <c r="G56" s="392"/>
+      <c r="H56" s="392"/>
+      <c r="I56" s="376"/>
+      <c r="J56" s="377"/>
+      <c r="K56" s="377"/>
+      <c r="L56" s="377"/>
+      <c r="M56" s="377"/>
+      <c r="N56" s="377"/>
+      <c r="O56" s="366"/>
+      <c r="P56" s="367"/>
       <c r="Q56" s="103" t="s">
         <v>4</v>
       </c>
       <c r="R56" s="104"/>
       <c r="S56" s="103" t="s">
         <v>5</v>
       </c>
-      <c r="T56" s="213"/>
-      <c r="U56" s="214"/>
+      <c r="T56" s="374"/>
+      <c r="U56" s="375"/>
       <c r="V56" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="W56" s="197"/>
-[...13 lines deleted...]
-      <c r="AK56" s="186"/>
+      <c r="W56" s="377"/>
+      <c r="X56" s="396"/>
+      <c r="Y56" s="396"/>
+      <c r="Z56" s="396"/>
+      <c r="AA56" s="396"/>
+      <c r="AB56" s="396"/>
+      <c r="AC56" s="365"/>
+      <c r="AD56" s="390"/>
+      <c r="AE56" s="390"/>
+      <c r="AF56" s="390"/>
+      <c r="AG56" s="390"/>
+      <c r="AH56" s="390"/>
+      <c r="AI56" s="390"/>
+      <c r="AJ56" s="390"/>
+      <c r="AK56" s="390"/>
       <c r="AL56" s="97"/>
     </row>
-    <row r="57" spans="2:38" s="150" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.15">
-[...74 lines deleted...]
-      <c r="AI58" s="152" t="s">
+    <row r="57" spans="2:38" s="151" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B57" s="152" t="s">
+        <v>222</v>
+      </c>
+      <c r="C57" s="152"/>
+      <c r="D57" s="152"/>
+      <c r="E57" s="152"/>
+      <c r="F57" s="152"/>
+      <c r="G57" s="152"/>
+      <c r="H57" s="152"/>
+      <c r="I57" s="152"/>
+      <c r="J57" s="152"/>
+      <c r="K57" s="152"/>
+      <c r="L57" s="152"/>
+      <c r="M57" s="152"/>
+      <c r="N57" s="152"/>
+      <c r="O57" s="152"/>
+      <c r="P57" s="152"/>
+      <c r="Q57" s="152"/>
+      <c r="R57" s="152"/>
+      <c r="S57" s="152"/>
+      <c r="T57" s="152"/>
+      <c r="U57" s="152"/>
+      <c r="V57" s="152"/>
+      <c r="W57" s="152"/>
+      <c r="X57" s="152"/>
+      <c r="Y57" s="152"/>
+      <c r="Z57" s="152"/>
+      <c r="AA57" s="152"/>
+      <c r="AB57" s="152"/>
+      <c r="AC57" s="152"/>
+      <c r="AD57" s="152"/>
+      <c r="AE57" s="152"/>
+      <c r="AF57" s="152"/>
+      <c r="AG57" s="152"/>
+      <c r="AH57" s="152"/>
+      <c r="AI57" s="152"/>
+      <c r="AJ57" s="152"/>
+    </row>
+    <row r="58" spans="2:38" s="151" customFormat="1" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="152"/>
+      <c r="C58" s="153" t="s">
         <v>239</v>
       </c>
-      <c r="AJ58" s="151"/>
+      <c r="D58" s="152"/>
+      <c r="E58" s="152"/>
+      <c r="F58" s="152"/>
+      <c r="G58" s="152"/>
+      <c r="H58" s="152"/>
+      <c r="I58" s="152"/>
+      <c r="J58" s="152"/>
+      <c r="K58" s="152"/>
+      <c r="L58" s="152"/>
+      <c r="M58" s="152"/>
+      <c r="N58" s="152"/>
+      <c r="O58" s="152"/>
+      <c r="P58" s="152"/>
+      <c r="Q58" s="152"/>
+      <c r="R58" s="152"/>
+      <c r="S58" s="152"/>
+      <c r="T58" s="152"/>
+      <c r="U58" s="152"/>
+      <c r="V58" s="152"/>
+      <c r="W58" s="152"/>
+      <c r="X58" s="152"/>
+      <c r="Y58" s="152"/>
+      <c r="Z58" s="152"/>
+      <c r="AA58" s="152"/>
+      <c r="AB58" s="152"/>
+      <c r="AC58" s="152"/>
+      <c r="AD58" s="152"/>
+      <c r="AE58" s="152"/>
+      <c r="AF58" s="152"/>
+      <c r="AG58" s="152"/>
+      <c r="AH58" s="152"/>
+      <c r="AI58" s="154" t="s">
+        <v>240</v>
+      </c>
+      <c r="AJ58" s="152"/>
     </row>
     <row r="59" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B59" s="101"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
       <c r="W59" s="2"/>
       <c r="X59" s="2"/>
       <c r="Y59" s="2"/>
       <c r="Z59" s="2"/>
       <c r="AA59" s="2"/>
       <c r="AB59" s="2"/>
       <c r="AC59" s="2"/>
       <c r="AD59" s="2"/>
@@ -9936,343 +9945,344 @@
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
       <c r="V60" s="2"/>
       <c r="W60" s="2"/>
       <c r="X60" s="2"/>
       <c r="Y60" s="2"/>
       <c r="Z60" s="2"/>
       <c r="AA60" s="2"/>
       <c r="AB60" s="2"/>
       <c r="AC60" s="2"/>
       <c r="AD60" s="2"/>
       <c r="AE60" s="2"/>
       <c r="AF60" s="2"/>
       <c r="AG60" s="2"/>
       <c r="AH60" s="2"/>
       <c r="AI60" s="2"/>
       <c r="AJ60" s="2"/>
       <c r="AK60" s="2"/>
     </row>
     <row r="61" spans="2:38" x14ac:dyDescent="0.15">
-      <c r="B61" s="209"/>
-[...34 lines deleted...]
-      <c r="AK61" s="209"/>
+      <c r="B61" s="373"/>
+      <c r="C61" s="373"/>
+      <c r="D61" s="373"/>
+      <c r="E61" s="373"/>
+      <c r="F61" s="373"/>
+      <c r="G61" s="373"/>
+      <c r="H61" s="373"/>
+      <c r="I61" s="373"/>
+      <c r="J61" s="373"/>
+      <c r="K61" s="373"/>
+      <c r="L61" s="373"/>
+      <c r="M61" s="373"/>
+      <c r="N61" s="373"/>
+      <c r="O61" s="373"/>
+      <c r="P61" s="373"/>
+      <c r="Q61" s="373"/>
+      <c r="R61" s="373"/>
+      <c r="S61" s="373"/>
+      <c r="T61" s="373"/>
+      <c r="U61" s="373"/>
+      <c r="V61" s="373"/>
+      <c r="W61" s="373"/>
+      <c r="X61" s="373"/>
+      <c r="Y61" s="373"/>
+      <c r="Z61" s="373"/>
+      <c r="AA61" s="373"/>
+      <c r="AB61" s="373"/>
+      <c r="AC61" s="373"/>
+      <c r="AD61" s="373"/>
+      <c r="AE61" s="373"/>
+      <c r="AF61" s="373"/>
+      <c r="AG61" s="373"/>
+      <c r="AH61" s="373"/>
+      <c r="AI61" s="373"/>
+      <c r="AJ61" s="373"/>
+      <c r="AK61" s="373"/>
     </row>
   </sheetData>
   <mergeCells count="236">
+    <mergeCell ref="AJ25:AK26"/>
+    <mergeCell ref="AJ35:AK35"/>
+    <mergeCell ref="AG37:AK37"/>
+    <mergeCell ref="AI34:AK34"/>
+    <mergeCell ref="AD55:AE56"/>
+    <mergeCell ref="AF55:AF56"/>
+    <mergeCell ref="AG55:AK56"/>
+    <mergeCell ref="B51:B56"/>
+    <mergeCell ref="C51:H56"/>
+    <mergeCell ref="I50:AK50"/>
+    <mergeCell ref="AD51:AE52"/>
+    <mergeCell ref="AC51:AC52"/>
+    <mergeCell ref="AF51:AF52"/>
+    <mergeCell ref="AG51:AK52"/>
+    <mergeCell ref="AC53:AC54"/>
+    <mergeCell ref="AD53:AE54"/>
+    <mergeCell ref="AF53:AF54"/>
+    <mergeCell ref="W51:AB51"/>
+    <mergeCell ref="W52:AB52"/>
+    <mergeCell ref="W53:AB53"/>
+    <mergeCell ref="W54:AB54"/>
+    <mergeCell ref="W55:AB55"/>
+    <mergeCell ref="W56:AB56"/>
+    <mergeCell ref="AG53:AK54"/>
+    <mergeCell ref="AC55:AC56"/>
+    <mergeCell ref="O56:P56"/>
+    <mergeCell ref="O51:V51"/>
+    <mergeCell ref="O53:V53"/>
+    <mergeCell ref="AE49:AG49"/>
+    <mergeCell ref="C50:H50"/>
+    <mergeCell ref="I51:N51"/>
+    <mergeCell ref="B61:AK61"/>
+    <mergeCell ref="C48:H48"/>
+    <mergeCell ref="T56:U56"/>
+    <mergeCell ref="I56:N56"/>
+    <mergeCell ref="O55:V55"/>
+    <mergeCell ref="T54:U54"/>
+    <mergeCell ref="O54:P54"/>
+    <mergeCell ref="O52:P52"/>
+    <mergeCell ref="T52:U52"/>
+    <mergeCell ref="I52:N52"/>
+    <mergeCell ref="I53:N53"/>
+    <mergeCell ref="I54:N54"/>
+    <mergeCell ref="I55:N55"/>
+    <mergeCell ref="C45:H45"/>
+    <mergeCell ref="C46:H46"/>
+    <mergeCell ref="AB49:AC49"/>
+    <mergeCell ref="I44:L44"/>
+    <mergeCell ref="M44:N44"/>
+    <mergeCell ref="P44:Q44"/>
+    <mergeCell ref="T44:U44"/>
+    <mergeCell ref="W44:X44"/>
+    <mergeCell ref="AC44:AD44"/>
+    <mergeCell ref="C47:H47"/>
+    <mergeCell ref="C49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="O49:P49"/>
+    <mergeCell ref="S49:T49"/>
+    <mergeCell ref="V49:W49"/>
+    <mergeCell ref="Y49:Z49"/>
+    <mergeCell ref="C42:H42"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="S42:T42"/>
+    <mergeCell ref="V42:W42"/>
+    <mergeCell ref="Y42:AK42"/>
+    <mergeCell ref="B43:B44"/>
+    <mergeCell ref="C43:H44"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="T43:U43"/>
+    <mergeCell ref="B34:B35"/>
+    <mergeCell ref="C34:H35"/>
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="C40:H41"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:L41"/>
+    <mergeCell ref="S41:T41"/>
+    <mergeCell ref="AD37:AE37"/>
+    <mergeCell ref="B38:B39"/>
+    <mergeCell ref="C38:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:L39"/>
+    <mergeCell ref="S39:T39"/>
+    <mergeCell ref="B36:B37"/>
+    <mergeCell ref="C36:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:L37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="Q37:R37"/>
+    <mergeCell ref="U37:V37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="AA37:AB37"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="AA34:AB34"/>
+    <mergeCell ref="AC34:AD34"/>
+    <mergeCell ref="AC33:AD33"/>
+    <mergeCell ref="AF34:AG34"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="K35:L35"/>
+    <mergeCell ref="M35:N35"/>
+    <mergeCell ref="O35:Q35"/>
+    <mergeCell ref="R35:S35"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="K34:L34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="AG35:AI35"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="X35:Z35"/>
+    <mergeCell ref="AA35:AB35"/>
+    <mergeCell ref="AC35:AD35"/>
+    <mergeCell ref="AE35:AF35"/>
+    <mergeCell ref="W29:X29"/>
+    <mergeCell ref="AC29:AD29"/>
+    <mergeCell ref="AF31:AI31"/>
+    <mergeCell ref="I32:L32"/>
+    <mergeCell ref="S32:T32"/>
+    <mergeCell ref="U32:V32"/>
+    <mergeCell ref="W32:AK32"/>
+    <mergeCell ref="I33:L33"/>
+    <mergeCell ref="M33:N33"/>
+    <mergeCell ref="P33:Q33"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="W33:X33"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="W28:X28"/>
+    <mergeCell ref="AC28:AD28"/>
+    <mergeCell ref="AF28:AI28"/>
+    <mergeCell ref="C31:H33"/>
+    <mergeCell ref="I31:L31"/>
+    <mergeCell ref="S31:T31"/>
+    <mergeCell ref="U31:V31"/>
+    <mergeCell ref="W31:X31"/>
+    <mergeCell ref="AC31:AD31"/>
+    <mergeCell ref="AF29:AI29"/>
+    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="K30:L30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="T30:U30"/>
+    <mergeCell ref="W30:X30"/>
+    <mergeCell ref="AC30:AD30"/>
+    <mergeCell ref="AF30:AI30"/>
+    <mergeCell ref="I29:J29"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="T29:U29"/>
+    <mergeCell ref="AD25:AF26"/>
+    <mergeCell ref="AG25:AH26"/>
+    <mergeCell ref="AI25:AI26"/>
+    <mergeCell ref="M22:AK22"/>
+    <mergeCell ref="B23:B24"/>
+    <mergeCell ref="C23:H24"/>
+    <mergeCell ref="B25:B33"/>
+    <mergeCell ref="C25:H30"/>
+    <mergeCell ref="P25:R25"/>
+    <mergeCell ref="S25:T26"/>
+    <mergeCell ref="U25:V26"/>
+    <mergeCell ref="W25:X26"/>
+    <mergeCell ref="P26:R26"/>
+    <mergeCell ref="I27:N27"/>
+    <mergeCell ref="O27:P27"/>
+    <mergeCell ref="Q27:S27"/>
+    <mergeCell ref="U27:Z27"/>
+    <mergeCell ref="AA27:AB27"/>
+    <mergeCell ref="Y25:Z26"/>
+    <mergeCell ref="AA25:AB26"/>
+    <mergeCell ref="AC25:AC26"/>
+    <mergeCell ref="AC27:AE27"/>
+    <mergeCell ref="AG27:AI27"/>
+    <mergeCell ref="I28:J28"/>
+    <mergeCell ref="C20:H20"/>
+    <mergeCell ref="M20:S20"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="C21:H22"/>
+    <mergeCell ref="I21:L21"/>
+    <mergeCell ref="M21:AK21"/>
+    <mergeCell ref="I22:L22"/>
+    <mergeCell ref="B18:B19"/>
+    <mergeCell ref="C18:H18"/>
+    <mergeCell ref="I18:Z18"/>
+    <mergeCell ref="C19:H19"/>
+    <mergeCell ref="I19:Z19"/>
+    <mergeCell ref="AA19:AC19"/>
+    <mergeCell ref="AD19:AF19"/>
+    <mergeCell ref="AB20:AC20"/>
+    <mergeCell ref="C13:H13"/>
+    <mergeCell ref="I13:AK13"/>
+    <mergeCell ref="B14:B17"/>
+    <mergeCell ref="C14:H17"/>
+    <mergeCell ref="Z17:AH17"/>
+    <mergeCell ref="B9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="I9:K9"/>
+    <mergeCell ref="M9:O9"/>
+    <mergeCell ref="V9:Y9"/>
+    <mergeCell ref="Z9:AB9"/>
+    <mergeCell ref="AD9:AG9"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="M7:N7"/>
+    <mergeCell ref="Z7:AB7"/>
+    <mergeCell ref="AD7:AG7"/>
+    <mergeCell ref="AI9:AK9"/>
+    <mergeCell ref="V10:AK10"/>
     <mergeCell ref="AD24:AJ24"/>
     <mergeCell ref="AD40:AJ40"/>
     <mergeCell ref="AB43:AC43"/>
     <mergeCell ref="B1:AJ1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="K2:AK2"/>
     <mergeCell ref="B3:U5"/>
     <mergeCell ref="Y3:Z3"/>
     <mergeCell ref="AF3:AG3"/>
     <mergeCell ref="AI3:AJ3"/>
     <mergeCell ref="V4:Y4"/>
     <mergeCell ref="Z4:AK4"/>
     <mergeCell ref="AA3:AD3"/>
     <mergeCell ref="V7:X7"/>
     <mergeCell ref="AI7:AK7"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="F8:O8"/>
     <mergeCell ref="V8:Y8"/>
     <mergeCell ref="Z8:AK8"/>
     <mergeCell ref="V5:Y5"/>
     <mergeCell ref="Z5:AK5"/>
     <mergeCell ref="B6:O6"/>
     <mergeCell ref="V6:Y6"/>
     <mergeCell ref="Z6:AK6"/>
-    <mergeCell ref="B7:D7"/>
-[...210 lines deleted...]
-    <mergeCell ref="AG53:AK54"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="4">
     <dataValidation operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z7:AA7" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation imeMode="halfAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="R32 O32" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AA43 AA33:AB33" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>"01,02,03,04,05,06,07,08,09,10,11,12,13,14,15,16,17,18,19,20,21,22,23,24,25,26,27,28,29,30,31"</formula1>
     </dataValidation>
     <dataValidation type="custom" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M35:N35 V35:W35 AE35:AF35 AC28:AD31 AC33:AD33" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>744</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="C14:H17" location="記入要綱!A1" display="業種" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="C58" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId2"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="58" min="1" max="36" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="15">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000004000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$M$2:$M$3</xm:f>
           </x14:formula1>
           <xm:sqref>I14:I17 M14:M15 Q14:Q16 W14:W17 Z14 AE14:AE15 AF16 S17 N17 I20 K20 I26:R26 I23:I24 L23:L24 Q23:Q24 T23 W23:W24 AG23 U24 AA24 M31:M32 P31:P32 O38 I38 L40 O40 I40 L38 L36 I36 L42:L43 I42:I43 T40 X40 AA40 I45:I48 K45:K48 N45:N48 AB23 AF51 AC51 AF53 AC53 AF55 AC55 P46</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000005000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$I$2:$I$31</xm:f>
           </x14:formula1>
           <xm:sqref>T33:U33 T44:U44</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000006000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$E$2:$E$108</xm:f>
           </x14:formula1>
           <xm:sqref>AD19:AF19</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000007000000}">
@@ -10335,517 +10345,517 @@
           </x14:formula1>
           <xm:sqref>AA37:AB37 W20 AE20 N37:O37 V41 Y49:Z49 W34:X34 AF34:AG34 AF3:AG3 AE43 R33:S33 N34:O34 S42:T42 N39 R44:S44 W43 V39 N41 AH19 L49:M49 R52 R54 R56</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000011000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$H$2:$H$32</xm:f>
           </x14:formula1>
           <xm:sqref>Y20 Q37:R37 V42:W42 AJ19 P41 Y43 X39 AI3:AJ3 AG20 AD37:AE37 Q27:S27 R35 I35 V44 AA35 AG43 P39 X41 O49:P49 AB49:AC49 T52:U52 T54:U54 T56:U56</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000012000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$D$2:$D$20</xm:f>
           </x14:formula1>
           <xm:sqref>O54:P54 O52:P52 O56:P56</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:AL61"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" topLeftCell="B46" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="80" workbookViewId="0">
+    <sheetView showGridLines="0" view="pageBreakPreview" topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="80" workbookViewId="0">
       <selection activeCell="AA3" sqref="AA3:AD3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="5.125" customWidth="1"/>
     <col min="3" max="7" width="4.5" customWidth="1"/>
     <col min="8" max="8" width="7" customWidth="1"/>
     <col min="9" max="9" width="4.5" customWidth="1"/>
     <col min="10" max="10" width="5.5" customWidth="1"/>
     <col min="11" max="11" width="4.5" customWidth="1"/>
     <col min="12" max="12" width="6.25" customWidth="1"/>
     <col min="13" max="15" width="4.5" customWidth="1"/>
     <col min="16" max="16" width="5.25" customWidth="1"/>
     <col min="17" max="21" width="4.5" customWidth="1"/>
     <col min="22" max="22" width="5.5" customWidth="1"/>
     <col min="23" max="25" width="4.5" customWidth="1"/>
     <col min="26" max="27" width="4.625" customWidth="1"/>
     <col min="28" max="36" width="4.5" customWidth="1"/>
     <col min="37" max="37" width="7.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B1" s="382" t="s">
+      <c r="B1" s="183" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="382"/>
-[...32 lines deleted...]
-      <c r="AJ1" s="382"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="183"/>
+      <c r="E1" s="183"/>
+      <c r="F1" s="183"/>
+      <c r="G1" s="183"/>
+      <c r="H1" s="183"/>
+      <c r="I1" s="183"/>
+      <c r="J1" s="183"/>
+      <c r="K1" s="183"/>
+      <c r="L1" s="183"/>
+      <c r="M1" s="183"/>
+      <c r="N1" s="183"/>
+      <c r="O1" s="183"/>
+      <c r="P1" s="183"/>
+      <c r="Q1" s="183"/>
+      <c r="R1" s="183"/>
+      <c r="S1" s="183"/>
+      <c r="T1" s="183"/>
+      <c r="U1" s="183"/>
+      <c r="V1" s="183"/>
+      <c r="W1" s="183"/>
+      <c r="X1" s="183"/>
+      <c r="Y1" s="183"/>
+      <c r="Z1" s="183"/>
+      <c r="AA1" s="183"/>
+      <c r="AB1" s="183"/>
+      <c r="AC1" s="183"/>
+      <c r="AD1" s="183"/>
+      <c r="AE1" s="183"/>
+      <c r="AF1" s="183"/>
+      <c r="AG1" s="183"/>
+      <c r="AH1" s="183"/>
+      <c r="AI1" s="183"/>
+      <c r="AJ1" s="183"/>
       <c r="AK1" s="25"/>
     </row>
     <row r="2" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="383" t="s">
-[...8 lines deleted...]
-      <c r="I2" s="383"/>
+      <c r="B2" s="184" t="s">
+        <v>221</v>
+      </c>
+      <c r="C2" s="184"/>
+      <c r="D2" s="184"/>
+      <c r="E2" s="184"/>
+      <c r="F2" s="184"/>
+      <c r="G2" s="184"/>
+      <c r="H2" s="184"/>
+      <c r="I2" s="184"/>
       <c r="J2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="K2" s="384"/>
-[...25 lines deleted...]
-      <c r="AK2" s="384"/>
+      <c r="K2" s="185"/>
+      <c r="L2" s="185"/>
+      <c r="M2" s="185"/>
+      <c r="N2" s="185"/>
+      <c r="O2" s="185"/>
+      <c r="P2" s="185"/>
+      <c r="Q2" s="185"/>
+      <c r="R2" s="185"/>
+      <c r="S2" s="185"/>
+      <c r="T2" s="185"/>
+      <c r="U2" s="185"/>
+      <c r="V2" s="185"/>
+      <c r="W2" s="185"/>
+      <c r="X2" s="185"/>
+      <c r="Y2" s="185"/>
+      <c r="Z2" s="185"/>
+      <c r="AA2" s="185"/>
+      <c r="AB2" s="185"/>
+      <c r="AC2" s="185"/>
+      <c r="AD2" s="185"/>
+      <c r="AE2" s="185"/>
+      <c r="AF2" s="185"/>
+      <c r="AG2" s="185"/>
+      <c r="AH2" s="185"/>
+      <c r="AI2" s="185"/>
+      <c r="AJ2" s="185"/>
+      <c r="AK2" s="185"/>
     </row>
     <row r="3" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B3" s="385"/>
-[...18 lines deleted...]
-      <c r="U3" s="385"/>
+      <c r="B3" s="186"/>
+      <c r="C3" s="186"/>
+      <c r="D3" s="186"/>
+      <c r="E3" s="186"/>
+      <c r="F3" s="186"/>
+      <c r="G3" s="186"/>
+      <c r="H3" s="186"/>
+      <c r="I3" s="186"/>
+      <c r="J3" s="186"/>
+      <c r="K3" s="186"/>
+      <c r="L3" s="186"/>
+      <c r="M3" s="186"/>
+      <c r="N3" s="186"/>
+      <c r="O3" s="186"/>
+      <c r="P3" s="186"/>
+      <c r="Q3" s="186"/>
+      <c r="R3" s="186"/>
+      <c r="S3" s="186"/>
+      <c r="T3" s="186"/>
+      <c r="U3" s="186"/>
       <c r="V3" s="21" t="s">
         <v>2</v>
       </c>
       <c r="W3" s="21"/>
       <c r="X3" s="21"/>
-      <c r="Y3" s="395" t="s">
+      <c r="Y3" s="441" t="s">
         <v>3</v>
       </c>
-      <c r="Z3" s="396"/>
-      <c r="AA3" s="397">
+      <c r="Z3" s="442"/>
+      <c r="AA3" s="443">
         <v>2025</v>
       </c>
-      <c r="AB3" s="397"/>
-[...1 lines deleted...]
-      <c r="AD3" s="398"/>
+      <c r="AB3" s="443"/>
+      <c r="AC3" s="444"/>
+      <c r="AD3" s="444"/>
       <c r="AE3" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="AF3" s="397">
+      <c r="AF3" s="443">
         <v>4</v>
       </c>
-      <c r="AG3" s="397"/>
+      <c r="AG3" s="443"/>
       <c r="AH3" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="AI3" s="397">
+      <c r="AI3" s="443">
         <v>1</v>
       </c>
-      <c r="AJ3" s="397"/>
+      <c r="AJ3" s="443"/>
       <c r="AK3" s="124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="385"/>
-[...19 lines deleted...]
-      <c r="V4" s="370" t="s">
+      <c r="B4" s="186"/>
+      <c r="C4" s="186"/>
+      <c r="D4" s="186"/>
+      <c r="E4" s="186"/>
+      <c r="F4" s="186"/>
+      <c r="G4" s="186"/>
+      <c r="H4" s="186"/>
+      <c r="I4" s="186"/>
+      <c r="J4" s="186"/>
+      <c r="K4" s="186"/>
+      <c r="L4" s="186"/>
+      <c r="M4" s="186"/>
+      <c r="N4" s="186"/>
+      <c r="O4" s="186"/>
+      <c r="P4" s="186"/>
+      <c r="Q4" s="186"/>
+      <c r="R4" s="186"/>
+      <c r="S4" s="186"/>
+      <c r="T4" s="186"/>
+      <c r="U4" s="186"/>
+      <c r="V4" s="190" t="s">
         <v>7</v>
       </c>
-      <c r="W4" s="370"/>
-[...15 lines deleted...]
-      <c r="AK4" s="399"/>
+      <c r="W4" s="190"/>
+      <c r="X4" s="190"/>
+      <c r="Y4" s="190"/>
+      <c r="Z4" s="440" t="s">
+        <v>224</v>
+      </c>
+      <c r="AA4" s="440"/>
+      <c r="AB4" s="440"/>
+      <c r="AC4" s="440"/>
+      <c r="AD4" s="440"/>
+      <c r="AE4" s="440"/>
+      <c r="AF4" s="440"/>
+      <c r="AG4" s="440"/>
+      <c r="AH4" s="440"/>
+      <c r="AI4" s="440"/>
+      <c r="AJ4" s="440"/>
+      <c r="AK4" s="440"/>
     </row>
     <row r="5" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B5" s="385"/>
-[...19 lines deleted...]
-      <c r="V5" s="370" t="s">
+      <c r="B5" s="186"/>
+      <c r="C5" s="186"/>
+      <c r="D5" s="186"/>
+      <c r="E5" s="186"/>
+      <c r="F5" s="186"/>
+      <c r="G5" s="186"/>
+      <c r="H5" s="186"/>
+      <c r="I5" s="186"/>
+      <c r="J5" s="186"/>
+      <c r="K5" s="186"/>
+      <c r="L5" s="186"/>
+      <c r="M5" s="186"/>
+      <c r="N5" s="186"/>
+      <c r="O5" s="186"/>
+      <c r="P5" s="186"/>
+      <c r="Q5" s="186"/>
+      <c r="R5" s="186"/>
+      <c r="S5" s="186"/>
+      <c r="T5" s="186"/>
+      <c r="U5" s="186"/>
+      <c r="V5" s="190" t="s">
         <v>8</v>
       </c>
-      <c r="W5" s="370"/>
-[...15 lines deleted...]
-      <c r="AK5" s="399"/>
+      <c r="W5" s="190"/>
+      <c r="X5" s="190"/>
+      <c r="Y5" s="190"/>
+      <c r="Z5" s="440" t="s">
+        <v>225</v>
+      </c>
+      <c r="AA5" s="440"/>
+      <c r="AB5" s="440"/>
+      <c r="AC5" s="440"/>
+      <c r="AD5" s="440"/>
+      <c r="AE5" s="440"/>
+      <c r="AF5" s="440"/>
+      <c r="AG5" s="440"/>
+      <c r="AH5" s="440"/>
+      <c r="AI5" s="440"/>
+      <c r="AJ5" s="440"/>
+      <c r="AK5" s="440"/>
     </row>
     <row r="6" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B6" s="394"/>
-[...12 lines deleted...]
-      <c r="O6" s="394"/>
+      <c r="B6" s="197"/>
+      <c r="C6" s="197"/>
+      <c r="D6" s="197"/>
+      <c r="E6" s="197"/>
+      <c r="F6" s="197"/>
+      <c r="G6" s="197"/>
+      <c r="H6" s="197"/>
+      <c r="I6" s="197"/>
+      <c r="J6" s="197"/>
+      <c r="K6" s="197"/>
+      <c r="L6" s="197"/>
+      <c r="M6" s="197"/>
+      <c r="N6" s="197"/>
+      <c r="O6" s="197"/>
       <c r="P6" s="28"/>
       <c r="Q6" s="28"/>
       <c r="R6" s="28"/>
       <c r="S6" s="28"/>
       <c r="T6" s="28"/>
       <c r="U6" s="28"/>
-      <c r="V6" s="370" t="s">
+      <c r="V6" s="190" t="s">
         <v>9</v>
       </c>
-      <c r="W6" s="370"/>
-[...15 lines deleted...]
-      <c r="AK6" s="399"/>
+      <c r="W6" s="190"/>
+      <c r="X6" s="190"/>
+      <c r="Y6" s="190"/>
+      <c r="Z6" s="440" t="s">
+        <v>226</v>
+      </c>
+      <c r="AA6" s="440"/>
+      <c r="AB6" s="440"/>
+      <c r="AC6" s="440"/>
+      <c r="AD6" s="440"/>
+      <c r="AE6" s="440"/>
+      <c r="AF6" s="440"/>
+      <c r="AG6" s="440"/>
+      <c r="AH6" s="440"/>
+      <c r="AI6" s="440"/>
+      <c r="AJ6" s="440"/>
+      <c r="AK6" s="440"/>
     </row>
     <row r="7" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B7" s="368"/>
-[...12 lines deleted...]
-      <c r="O7" s="154"/>
+      <c r="B7" s="198"/>
+      <c r="C7" s="198"/>
+      <c r="D7" s="198"/>
+      <c r="E7" s="199"/>
+      <c r="F7" s="199"/>
+      <c r="G7" s="200"/>
+      <c r="H7" s="200"/>
+      <c r="I7" s="156"/>
+      <c r="J7" s="200"/>
+      <c r="K7" s="200"/>
+      <c r="L7" s="156"/>
+      <c r="M7" s="200"/>
+      <c r="N7" s="200"/>
+      <c r="O7" s="156"/>
       <c r="P7" s="28"/>
       <c r="Q7" s="28"/>
       <c r="R7" s="28"/>
       <c r="S7" s="28"/>
       <c r="T7" s="28"/>
       <c r="U7" s="28"/>
-      <c r="V7" s="370" t="s">
+      <c r="V7" s="190" t="s">
         <v>10</v>
       </c>
-      <c r="W7" s="370"/>
-[...7 lines deleted...]
-      <c r="AC7" s="168" t="s">
+      <c r="W7" s="190"/>
+      <c r="X7" s="190"/>
+      <c r="Y7" s="155"/>
+      <c r="Z7" s="437" t="s">
+        <v>227</v>
+      </c>
+      <c r="AA7" s="437"/>
+      <c r="AB7" s="438"/>
+      <c r="AC7" s="170" t="s">
         <v>11</v>
       </c>
-      <c r="AD7" s="402" t="s">
-[...5 lines deleted...]
-      <c r="AH7" s="168" t="s">
+      <c r="AD7" s="435" t="s">
+        <v>232</v>
+      </c>
+      <c r="AE7" s="436"/>
+      <c r="AF7" s="436"/>
+      <c r="AG7" s="436"/>
+      <c r="AH7" s="170" t="s">
+        <v>228</v>
+      </c>
+      <c r="AI7" s="437" t="s">
         <v>227</v>
       </c>
-      <c r="AI7" s="400" t="s">
-[...3 lines deleted...]
-      <c r="AK7" s="401"/>
+      <c r="AJ7" s="437"/>
+      <c r="AK7" s="438"/>
     </row>
     <row r="8" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B8" s="391"/>
-[...12 lines deleted...]
-      <c r="O8" s="391"/>
+      <c r="B8" s="194"/>
+      <c r="C8" s="194"/>
+      <c r="D8" s="194"/>
+      <c r="E8" s="194"/>
+      <c r="F8" s="194"/>
+      <c r="G8" s="194"/>
+      <c r="H8" s="194"/>
+      <c r="I8" s="194"/>
+      <c r="J8" s="194"/>
+      <c r="K8" s="194"/>
+      <c r="L8" s="194"/>
+      <c r="M8" s="194"/>
+      <c r="N8" s="194"/>
+      <c r="O8" s="194"/>
       <c r="P8" s="28"/>
       <c r="Q8" s="28"/>
       <c r="R8" s="28"/>
       <c r="S8" s="28"/>
       <c r="T8" s="28"/>
       <c r="U8" s="28"/>
-      <c r="V8" s="392" t="s">
+      <c r="V8" s="195" t="s">
         <v>12</v>
       </c>
-      <c r="W8" s="392"/>
-[...15 lines deleted...]
-      <c r="AK8" s="404"/>
+      <c r="W8" s="195"/>
+      <c r="X8" s="195"/>
+      <c r="Y8" s="195"/>
+      <c r="Z8" s="439" t="s">
+        <v>229</v>
+      </c>
+      <c r="AA8" s="439"/>
+      <c r="AB8" s="439"/>
+      <c r="AC8" s="439"/>
+      <c r="AD8" s="439"/>
+      <c r="AE8" s="439"/>
+      <c r="AF8" s="439"/>
+      <c r="AG8" s="439"/>
+      <c r="AH8" s="439"/>
+      <c r="AI8" s="439"/>
+      <c r="AJ8" s="439"/>
+      <c r="AK8" s="439"/>
     </row>
     <row r="9" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B9" s="368"/>
-[...4 lines deleted...]
-      <c r="G9" s="369"/>
+      <c r="B9" s="198"/>
+      <c r="C9" s="198"/>
+      <c r="D9" s="198"/>
+      <c r="E9" s="198"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="216"/>
       <c r="H9" s="29"/>
-      <c r="I9" s="369"/>
-[...1 lines deleted...]
-      <c r="K9" s="369"/>
+      <c r="I9" s="216"/>
+      <c r="J9" s="216"/>
+      <c r="K9" s="216"/>
       <c r="L9" s="29"/>
-      <c r="M9" s="369"/>
-[...1 lines deleted...]
-      <c r="O9" s="369"/>
+      <c r="M9" s="216"/>
+      <c r="N9" s="216"/>
+      <c r="O9" s="216"/>
       <c r="P9" s="28"/>
       <c r="Q9" s="28"/>
       <c r="R9" s="28"/>
       <c r="S9" s="28"/>
       <c r="T9" s="28"/>
       <c r="U9" s="28"/>
-      <c r="V9" s="370" t="s">
+      <c r="V9" s="190" t="s">
         <v>13</v>
       </c>
-      <c r="W9" s="370"/>
-[...7 lines deleted...]
-      <c r="AC9" s="168" t="s">
+      <c r="W9" s="190"/>
+      <c r="X9" s="190"/>
+      <c r="Y9" s="190"/>
+      <c r="Z9" s="437" t="s">
+        <v>230</v>
+      </c>
+      <c r="AA9" s="437"/>
+      <c r="AB9" s="438"/>
+      <c r="AC9" s="170" t="s">
         <v>11</v>
       </c>
-      <c r="AD9" s="402" t="s">
+      <c r="AD9" s="435" t="s">
+        <v>232</v>
+      </c>
+      <c r="AE9" s="436"/>
+      <c r="AF9" s="436"/>
+      <c r="AG9" s="436"/>
+      <c r="AH9" s="170" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI9" s="437" t="s">
         <v>231</v>
       </c>
-      <c r="AE9" s="403"/>
-[...9 lines deleted...]
-      <c r="AK9" s="400"/>
+      <c r="AJ9" s="437"/>
+      <c r="AK9" s="437"/>
     </row>
     <row r="10" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
       <c r="M10" s="5"/>
       <c r="N10" s="5"/>
       <c r="O10" s="5"/>
       <c r="P10" s="28"/>
       <c r="Q10" s="28"/>
       <c r="R10" s="28"/>
       <c r="S10" s="28"/>
       <c r="T10" s="28"/>
       <c r="U10" s="28"/>
-      <c r="V10" s="377"/>
-[...14 lines deleted...]
-      <c r="AK10" s="377"/>
+      <c r="V10" s="204"/>
+      <c r="W10" s="204"/>
+      <c r="X10" s="204"/>
+      <c r="Y10" s="204"/>
+      <c r="Z10" s="204"/>
+      <c r="AA10" s="204"/>
+      <c r="AB10" s="204"/>
+      <c r="AC10" s="204"/>
+      <c r="AD10" s="204"/>
+      <c r="AE10" s="204"/>
+      <c r="AF10" s="204"/>
+      <c r="AG10" s="204"/>
+      <c r="AH10" s="204"/>
+      <c r="AI10" s="204"/>
+      <c r="AJ10" s="204"/>
+      <c r="AK10" s="204"/>
     </row>
     <row r="11" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
       <c r="L11" s="5"/>
       <c r="M11" s="5"/>
       <c r="N11" s="5"/>
       <c r="O11" s="5"/>
       <c r="P11" s="5"/>
       <c r="Q11" s="5"/>
       <c r="R11" s="5"/>
       <c r="S11" s="5"/>
       <c r="T11" s="5"/>
       <c r="U11" s="5"/>
       <c r="V11" s="5"/>
@@ -10882,106 +10892,106 @@
       <c r="O12" s="5"/>
       <c r="P12" s="5"/>
       <c r="Q12" s="5"/>
       <c r="R12" s="5"/>
       <c r="S12" s="5"/>
       <c r="T12" s="5"/>
       <c r="U12" s="5"/>
       <c r="V12" s="5"/>
       <c r="W12" s="5"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="5"/>
       <c r="Z12" s="5"/>
       <c r="AA12" s="5"/>
       <c r="AB12" s="5"/>
       <c r="AC12" s="5"/>
       <c r="AD12" s="5"/>
       <c r="AE12" s="5"/>
       <c r="AF12" s="5"/>
       <c r="AG12" s="5"/>
       <c r="AH12" s="5"/>
       <c r="AI12" s="5"/>
       <c r="AJ12" s="5"/>
       <c r="AK12" s="5"/>
     </row>
     <row r="13" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="163" t="s">
+      <c r="B13" s="165" t="s">
         <v>16</v>
       </c>
-      <c r="C13" s="360" t="s">
+      <c r="C13" s="205" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="361"/>
-[...4 lines deleted...]
-      <c r="I13" s="360" t="s">
+      <c r="D13" s="206"/>
+      <c r="E13" s="206"/>
+      <c r="F13" s="206"/>
+      <c r="G13" s="206"/>
+      <c r="H13" s="207"/>
+      <c r="I13" s="205" t="s">
         <v>18</v>
       </c>
-      <c r="J13" s="361"/>
-[...26 lines deleted...]
-      <c r="AK13" s="363"/>
+      <c r="J13" s="206"/>
+      <c r="K13" s="206"/>
+      <c r="L13" s="206"/>
+      <c r="M13" s="206"/>
+      <c r="N13" s="206"/>
+      <c r="O13" s="206"/>
+      <c r="P13" s="206"/>
+      <c r="Q13" s="206"/>
+      <c r="R13" s="206"/>
+      <c r="S13" s="206"/>
+      <c r="T13" s="206"/>
+      <c r="U13" s="206"/>
+      <c r="V13" s="206"/>
+      <c r="W13" s="206"/>
+      <c r="X13" s="206"/>
+      <c r="Y13" s="206"/>
+      <c r="Z13" s="206"/>
+      <c r="AA13" s="206"/>
+      <c r="AB13" s="206"/>
+      <c r="AC13" s="206"/>
+      <c r="AD13" s="206"/>
+      <c r="AE13" s="206"/>
+      <c r="AF13" s="206"/>
+      <c r="AG13" s="206"/>
+      <c r="AH13" s="206"/>
+      <c r="AI13" s="206"/>
+      <c r="AJ13" s="208"/>
+      <c r="AK13" s="208"/>
       <c r="AL13" s="97"/>
     </row>
     <row r="14" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B14" s="204">
+      <c r="B14" s="209">
         <v>1</v>
       </c>
-      <c r="C14" s="364" t="s">
+      <c r="C14" s="212" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="364"/>
-[...3 lines deleted...]
-      <c r="H14" s="364"/>
+      <c r="D14" s="212"/>
+      <c r="E14" s="212"/>
+      <c r="F14" s="212"/>
+      <c r="G14" s="212"/>
+      <c r="H14" s="212"/>
       <c r="I14" s="50" t="s">
         <v>20</v>
       </c>
       <c r="J14" s="46" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="46"/>
       <c r="L14" s="46"/>
       <c r="M14" s="53" t="s">
         <v>20</v>
       </c>
       <c r="N14" s="46" t="s">
         <v>22</v>
       </c>
       <c r="O14" s="46"/>
       <c r="P14" s="46"/>
       <c r="Q14" s="53" t="s">
         <v>20</v>
       </c>
       <c r="R14" s="46" t="s">
         <v>23</v>
       </c>
       <c r="S14" s="46"/>
       <c r="T14" s="46"/>
       <c r="U14" s="46"/>
@@ -10994,2504 +11004,2504 @@
       </c>
       <c r="Y14" s="46"/>
       <c r="Z14" s="53" t="s">
         <v>20</v>
       </c>
       <c r="AA14" s="46" t="s">
         <v>25</v>
       </c>
       <c r="AB14" s="46"/>
       <c r="AC14" s="46"/>
       <c r="AD14" s="46"/>
       <c r="AE14" s="53" t="s">
         <v>20</v>
       </c>
       <c r="AF14" s="46" t="s">
         <v>26</v>
       </c>
       <c r="AG14" s="46"/>
       <c r="AH14" s="46"/>
       <c r="AI14" s="46"/>
       <c r="AJ14" s="46"/>
       <c r="AK14" s="46"/>
       <c r="AL14" s="97"/>
     </row>
     <row r="15" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B15" s="203"/>
-[...5 lines deleted...]
-      <c r="H15" s="365"/>
+      <c r="B15" s="210"/>
+      <c r="C15" s="213"/>
+      <c r="D15" s="213"/>
+      <c r="E15" s="213"/>
+      <c r="F15" s="213"/>
+      <c r="G15" s="213"/>
+      <c r="H15" s="213"/>
       <c r="I15" s="51" t="s">
         <v>20</v>
       </c>
       <c r="J15" s="47" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="47"/>
       <c r="L15" s="47"/>
       <c r="M15" s="52" t="s">
         <v>20</v>
       </c>
       <c r="N15" s="47" t="s">
         <v>28</v>
       </c>
       <c r="O15" s="47"/>
       <c r="P15" s="47"/>
       <c r="Q15" s="52" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="R15" s="47" t="s">
         <v>29</v>
       </c>
       <c r="S15" s="47"/>
       <c r="T15" s="47"/>
       <c r="U15" s="47"/>
       <c r="V15" s="47"/>
       <c r="W15" s="52" t="s">
         <v>20</v>
       </c>
       <c r="X15" s="47" t="s">
         <v>30</v>
       </c>
       <c r="Y15" s="47"/>
       <c r="Z15" s="47"/>
       <c r="AA15" s="47"/>
       <c r="AB15" s="47"/>
       <c r="AC15" s="47"/>
       <c r="AD15" s="47"/>
       <c r="AE15" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AF15" s="47" t="s">
         <v>31</v>
       </c>
       <c r="AG15" s="47"/>
       <c r="AH15" s="47"/>
       <c r="AI15" s="47"/>
       <c r="AJ15" s="47"/>
       <c r="AK15" s="47"/>
       <c r="AL15" s="97"/>
     </row>
     <row r="16" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B16" s="203"/>
-[...5 lines deleted...]
-      <c r="H16" s="365"/>
+      <c r="B16" s="210"/>
+      <c r="C16" s="213"/>
+      <c r="D16" s="213"/>
+      <c r="E16" s="213"/>
+      <c r="F16" s="213"/>
+      <c r="G16" s="213"/>
+      <c r="H16" s="213"/>
       <c r="I16" s="51" t="s">
         <v>20</v>
       </c>
       <c r="J16" s="47" t="s">
         <v>32</v>
       </c>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="47"/>
       <c r="O16" s="47"/>
       <c r="P16" s="47"/>
       <c r="Q16" s="52" t="s">
         <v>20</v>
       </c>
       <c r="R16" s="47" t="s">
         <v>33</v>
       </c>
       <c r="S16" s="47"/>
       <c r="T16" s="47"/>
       <c r="U16" s="47"/>
       <c r="V16" s="47"/>
       <c r="W16" s="52" t="s">
         <v>20</v>
       </c>
       <c r="X16" s="47" t="s">
         <v>34</v>
       </c>
       <c r="Y16" s="47"/>
       <c r="Z16" s="47"/>
       <c r="AA16" s="47"/>
       <c r="AB16" s="47"/>
       <c r="AC16" s="47"/>
       <c r="AD16" s="47"/>
       <c r="AE16" s="47"/>
       <c r="AF16" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AG16" s="47" t="s">
         <v>35</v>
       </c>
       <c r="AH16" s="47"/>
       <c r="AI16" s="47"/>
       <c r="AJ16" s="47"/>
       <c r="AK16" s="47"/>
       <c r="AL16" s="97"/>
     </row>
     <row r="17" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="309"/>
-[...5 lines deleted...]
-      <c r="H17" s="366"/>
+      <c r="B17" s="211"/>
+      <c r="C17" s="214"/>
+      <c r="D17" s="214"/>
+      <c r="E17" s="214"/>
+      <c r="F17" s="214"/>
+      <c r="G17" s="214"/>
+      <c r="H17" s="214"/>
       <c r="I17" s="67" t="s">
         <v>20</v>
       </c>
       <c r="J17" s="48" t="s">
         <v>36</v>
       </c>
       <c r="K17" s="48"/>
       <c r="L17" s="48"/>
       <c r="M17" s="48"/>
       <c r="N17" s="68" t="s">
         <v>20</v>
       </c>
       <c r="O17" s="48" t="s">
         <v>37</v>
       </c>
       <c r="P17" s="48"/>
       <c r="Q17" s="48"/>
       <c r="R17" s="48"/>
       <c r="S17" s="68" t="s">
         <v>20</v>
       </c>
       <c r="T17" s="48" t="s">
         <v>38</v>
       </c>
       <c r="U17" s="48"/>
       <c r="V17" s="48"/>
       <c r="W17" s="68" t="s">
         <v>20</v>
       </c>
       <c r="X17" s="48" t="s">
         <v>39</v>
       </c>
       <c r="Y17" s="49"/>
-      <c r="Z17" s="367"/>
-[...7 lines deleted...]
-      <c r="AH17" s="367"/>
+      <c r="Z17" s="215"/>
+      <c r="AA17" s="215"/>
+      <c r="AB17" s="215"/>
+      <c r="AC17" s="215"/>
+      <c r="AD17" s="215"/>
+      <c r="AE17" s="215"/>
+      <c r="AF17" s="215"/>
+      <c r="AG17" s="215"/>
+      <c r="AH17" s="215"/>
       <c r="AI17" s="48" t="s">
         <v>40</v>
       </c>
       <c r="AJ17" s="49"/>
       <c r="AK17" s="48"/>
       <c r="AL17" s="97"/>
     </row>
     <row r="18" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B18" s="204">
+      <c r="B18" s="209">
         <v>2</v>
       </c>
-      <c r="C18" s="346" t="s">
+      <c r="C18" s="237" t="s">
         <v>41</v>
       </c>
-      <c r="D18" s="311"/>
-[...23 lines deleted...]
-      <c r="Z18" s="415"/>
+      <c r="D18" s="227"/>
+      <c r="E18" s="227"/>
+      <c r="F18" s="227"/>
+      <c r="G18" s="227"/>
+      <c r="H18" s="228"/>
+      <c r="I18" s="427" t="s">
+        <v>234</v>
+      </c>
+      <c r="J18" s="428"/>
+      <c r="K18" s="428"/>
+      <c r="L18" s="428"/>
+      <c r="M18" s="428"/>
+      <c r="N18" s="428"/>
+      <c r="O18" s="428"/>
+      <c r="P18" s="428"/>
+      <c r="Q18" s="428"/>
+      <c r="R18" s="428"/>
+      <c r="S18" s="428"/>
+      <c r="T18" s="428"/>
+      <c r="U18" s="428"/>
+      <c r="V18" s="428"/>
+      <c r="W18" s="428"/>
+      <c r="X18" s="428"/>
+      <c r="Y18" s="428"/>
+      <c r="Z18" s="429"/>
       <c r="AA18" s="22"/>
       <c r="AB18" s="23"/>
       <c r="AC18" s="23"/>
       <c r="AD18" s="116"/>
       <c r="AE18" s="116"/>
       <c r="AF18" s="116"/>
       <c r="AG18" s="116"/>
       <c r="AH18" s="23"/>
       <c r="AI18" s="23"/>
       <c r="AJ18" s="23"/>
       <c r="AK18" s="23"/>
       <c r="AL18" s="97"/>
     </row>
     <row r="19" spans="2:38" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="309"/>
-      <c r="C19" s="350" t="s">
+      <c r="B19" s="211"/>
+      <c r="C19" s="241" t="s">
         <v>42</v>
       </c>
-      <c r="D19" s="351"/>
-[...24 lines deleted...]
-      <c r="AA19" s="355" t="s">
+      <c r="D19" s="242"/>
+      <c r="E19" s="242"/>
+      <c r="F19" s="242"/>
+      <c r="G19" s="242"/>
+      <c r="H19" s="243"/>
+      <c r="I19" s="430" t="s">
+        <v>235</v>
+      </c>
+      <c r="J19" s="431"/>
+      <c r="K19" s="431"/>
+      <c r="L19" s="431"/>
+      <c r="M19" s="431"/>
+      <c r="N19" s="431"/>
+      <c r="O19" s="431"/>
+      <c r="P19" s="431"/>
+      <c r="Q19" s="431"/>
+      <c r="R19" s="431"/>
+      <c r="S19" s="431"/>
+      <c r="T19" s="431"/>
+      <c r="U19" s="431"/>
+      <c r="V19" s="431"/>
+      <c r="W19" s="431"/>
+      <c r="X19" s="431"/>
+      <c r="Y19" s="431"/>
+      <c r="Z19" s="431"/>
+      <c r="AA19" s="246" t="s">
         <v>43</v>
       </c>
-      <c r="AB19" s="356"/>
-[...1 lines deleted...]
-      <c r="AD19" s="405">
+      <c r="AB19" s="247"/>
+      <c r="AC19" s="248"/>
+      <c r="AD19" s="419">
         <v>1990</v>
       </c>
-      <c r="AE19" s="406"/>
-      <c r="AF19" s="406"/>
+      <c r="AE19" s="420"/>
+      <c r="AF19" s="420"/>
       <c r="AG19" s="115" t="s">
         <v>44</v>
       </c>
-      <c r="AH19" s="169">
+      <c r="AH19" s="171">
         <v>4</v>
       </c>
-      <c r="AI19" s="129" t="s">
+      <c r="AI19" s="130" t="s">
         <v>5</v>
       </c>
-      <c r="AJ19" s="169">
+      <c r="AJ19" s="171">
         <v>3</v>
       </c>
-      <c r="AK19" s="129" t="s">
+      <c r="AK19" s="130" t="s">
         <v>45</v>
       </c>
       <c r="AL19" s="97"/>
     </row>
     <row r="20" spans="2:38" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="155">
+      <c r="B20" s="157">
         <v>3</v>
       </c>
-      <c r="C20" s="234" t="s">
+      <c r="C20" s="217" t="s">
         <v>46</v>
       </c>
-      <c r="D20" s="235"/>
-[...3 lines deleted...]
-      <c r="H20" s="236"/>
+      <c r="D20" s="218"/>
+      <c r="E20" s="218"/>
+      <c r="F20" s="218"/>
+      <c r="G20" s="218"/>
+      <c r="H20" s="219"/>
       <c r="I20" s="51" t="s">
         <v>20</v>
       </c>
       <c r="J20" s="54" t="s">
         <v>47</v>
       </c>
       <c r="K20" s="52" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L20" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="M20" s="334" t="s">
+      <c r="M20" s="220" t="s">
         <v>49</v>
       </c>
-      <c r="N20" s="335"/>
-[...5 lines deleted...]
-      <c r="T20" s="407">
+      <c r="N20" s="221"/>
+      <c r="O20" s="221"/>
+      <c r="P20" s="221"/>
+      <c r="Q20" s="221"/>
+      <c r="R20" s="221"/>
+      <c r="S20" s="222"/>
+      <c r="T20" s="421">
         <v>2024</v>
       </c>
-      <c r="U20" s="408"/>
+      <c r="U20" s="422"/>
       <c r="V20" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="W20" s="170">
+      <c r="W20" s="172">
         <v>7</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="Y20" s="170">
+      <c r="Y20" s="172">
         <v>1</v>
       </c>
       <c r="Z20" s="6" t="s">
         <v>6</v>
       </c>
       <c r="AA20" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AB20" s="409">
+      <c r="AB20" s="423">
         <v>2025</v>
       </c>
-      <c r="AC20" s="410"/>
+      <c r="AC20" s="424"/>
       <c r="AD20" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AE20" s="170">
+      <c r="AE20" s="172">
         <v>6</v>
       </c>
       <c r="AF20" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AG20" s="173">
+      <c r="AG20" s="175">
         <v>30</v>
       </c>
       <c r="AH20" s="6" t="s">
         <v>6</v>
       </c>
       <c r="AI20" s="11"/>
       <c r="AJ20" s="92"/>
       <c r="AL20" s="97"/>
     </row>
     <row r="21" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="204">
+      <c r="B21" s="209">
         <v>4</v>
       </c>
-      <c r="C21" s="310" t="s">
+      <c r="C21" s="226" t="s">
         <v>51</v>
       </c>
-      <c r="D21" s="311"/>
-[...4 lines deleted...]
-      <c r="I21" s="341" t="s">
+      <c r="D21" s="227"/>
+      <c r="E21" s="227"/>
+      <c r="F21" s="227"/>
+      <c r="G21" s="227"/>
+      <c r="H21" s="228"/>
+      <c r="I21" s="232" t="s">
         <v>52</v>
       </c>
-      <c r="J21" s="342"/>
-[...28 lines deleted...]
-      <c r="AK21" s="412"/>
+      <c r="J21" s="233"/>
+      <c r="K21" s="233"/>
+      <c r="L21" s="234"/>
+      <c r="M21" s="425" t="s">
+        <v>236</v>
+      </c>
+      <c r="N21" s="426"/>
+      <c r="O21" s="426"/>
+      <c r="P21" s="426"/>
+      <c r="Q21" s="426"/>
+      <c r="R21" s="426"/>
+      <c r="S21" s="426"/>
+      <c r="T21" s="426"/>
+      <c r="U21" s="426"/>
+      <c r="V21" s="426"/>
+      <c r="W21" s="426"/>
+      <c r="X21" s="426"/>
+      <c r="Y21" s="426"/>
+      <c r="Z21" s="426"/>
+      <c r="AA21" s="426"/>
+      <c r="AB21" s="426"/>
+      <c r="AC21" s="426"/>
+      <c r="AD21" s="426"/>
+      <c r="AE21" s="426"/>
+      <c r="AF21" s="426"/>
+      <c r="AG21" s="426"/>
+      <c r="AH21" s="426"/>
+      <c r="AI21" s="426"/>
+      <c r="AJ21" s="426"/>
+      <c r="AK21" s="426"/>
       <c r="AL21" s="97"/>
     </row>
     <row r="22" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="248"/>
-[...6 lines deleted...]
-      <c r="I22" s="341" t="s">
+      <c r="B22" s="225"/>
+      <c r="C22" s="229"/>
+      <c r="D22" s="230"/>
+      <c r="E22" s="230"/>
+      <c r="F22" s="230"/>
+      <c r="G22" s="230"/>
+      <c r="H22" s="231"/>
+      <c r="I22" s="232" t="s">
         <v>53</v>
       </c>
-      <c r="J22" s="342"/>
-[...28 lines deleted...]
-      <c r="AK22" s="420"/>
+      <c r="J22" s="233"/>
+      <c r="K22" s="233"/>
+      <c r="L22" s="234"/>
+      <c r="M22" s="432" t="s">
+        <v>226</v>
+      </c>
+      <c r="N22" s="433"/>
+      <c r="O22" s="433"/>
+      <c r="P22" s="433"/>
+      <c r="Q22" s="433"/>
+      <c r="R22" s="433"/>
+      <c r="S22" s="433"/>
+      <c r="T22" s="433"/>
+      <c r="U22" s="433"/>
+      <c r="V22" s="433"/>
+      <c r="W22" s="433"/>
+      <c r="X22" s="433"/>
+      <c r="Y22" s="433"/>
+      <c r="Z22" s="433"/>
+      <c r="AA22" s="433"/>
+      <c r="AB22" s="433"/>
+      <c r="AC22" s="433"/>
+      <c r="AD22" s="433"/>
+      <c r="AE22" s="433"/>
+      <c r="AF22" s="433"/>
+      <c r="AG22" s="433"/>
+      <c r="AH22" s="433"/>
+      <c r="AI22" s="433"/>
+      <c r="AJ22" s="433"/>
+      <c r="AK22" s="434"/>
       <c r="AL22" s="97"/>
     </row>
     <row r="23" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B23" s="204">
+      <c r="B23" s="209">
         <v>5</v>
       </c>
-      <c r="C23" s="310" t="s">
+      <c r="C23" s="226" t="s">
         <v>54</v>
       </c>
-      <c r="D23" s="311"/>
-[...3 lines deleted...]
-      <c r="H23" s="312"/>
+      <c r="D23" s="227"/>
+      <c r="E23" s="227"/>
+      <c r="F23" s="227"/>
+      <c r="G23" s="227"/>
+      <c r="H23" s="228"/>
       <c r="I23" s="50" t="s">
         <v>20</v>
       </c>
       <c r="J23" s="60" t="s">
         <v>55</v>
       </c>
       <c r="K23" s="60"/>
       <c r="L23" s="53" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M23" s="111" t="s">
         <v>56</v>
       </c>
       <c r="N23" s="111"/>
       <c r="O23" s="111"/>
       <c r="P23" s="111"/>
       <c r="Q23" s="52" t="s">
         <v>20</v>
       </c>
       <c r="R23" s="111" t="s">
         <v>57</v>
       </c>
       <c r="S23" s="111"/>
       <c r="T23" s="52" t="s">
         <v>20</v>
       </c>
       <c r="U23" s="111" t="s">
         <v>58</v>
       </c>
       <c r="V23" s="111"/>
       <c r="W23" s="52" t="s">
         <v>20</v>
       </c>
       <c r="X23" s="111" t="s">
         <v>59</v>
       </c>
       <c r="Y23" s="111"/>
       <c r="Z23" s="111"/>
       <c r="AA23" s="111"/>
       <c r="AB23" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AC23" s="111" t="s">
         <v>60</v>
       </c>
       <c r="AD23" s="111"/>
       <c r="AE23" s="111"/>
       <c r="AF23" s="111"/>
       <c r="AG23" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AH23" s="111" t="s">
         <v>61</v>
       </c>
       <c r="AI23" s="111"/>
       <c r="AK23" s="114"/>
     </row>
     <row r="24" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="309"/>
-[...5 lines deleted...]
-      <c r="H24" s="315"/>
+      <c r="B24" s="211"/>
+      <c r="C24" s="259"/>
+      <c r="D24" s="260"/>
+      <c r="E24" s="260"/>
+      <c r="F24" s="260"/>
+      <c r="G24" s="260"/>
+      <c r="H24" s="261"/>
       <c r="I24" s="51" t="s">
         <v>20</v>
       </c>
       <c r="J24" s="61" t="s">
         <v>62</v>
       </c>
       <c r="K24" s="61"/>
       <c r="L24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="58" t="s">
         <v>63</v>
       </c>
       <c r="N24" s="58"/>
       <c r="O24" s="58"/>
       <c r="P24" s="58"/>
       <c r="Q24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="R24" s="58" t="s">
         <v>64</v>
       </c>
       <c r="S24" s="58"/>
       <c r="T24" s="59"/>
       <c r="U24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="V24" s="58" t="s">
         <v>65</v>
       </c>
       <c r="W24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="X24" s="58" t="s">
         <v>66</v>
       </c>
       <c r="Y24" s="58"/>
       <c r="Z24" s="58"/>
       <c r="AA24" s="52" t="s">
         <v>20</v>
       </c>
       <c r="AB24" s="58" t="s">
         <v>67</v>
       </c>
       <c r="AC24" s="58"/>
-      <c r="AD24" s="378"/>
-[...5 lines deleted...]
-      <c r="AJ24" s="359"/>
+      <c r="AD24" s="177"/>
+      <c r="AE24" s="178"/>
+      <c r="AF24" s="178"/>
+      <c r="AG24" s="178"/>
+      <c r="AH24" s="178"/>
+      <c r="AI24" s="178"/>
+      <c r="AJ24" s="178"/>
       <c r="AK24" s="58" t="s">
         <v>68</v>
       </c>
       <c r="AL24" s="97"/>
     </row>
     <row r="25" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B25" s="232">
+      <c r="B25" s="262">
         <v>6</v>
       </c>
-      <c r="C25" s="234" t="s">
+      <c r="C25" s="217" t="s">
         <v>69</v>
       </c>
-      <c r="D25" s="235"/>
-[...3 lines deleted...]
-      <c r="H25" s="236"/>
+      <c r="D25" s="218"/>
+      <c r="E25" s="218"/>
+      <c r="F25" s="218"/>
+      <c r="G25" s="218"/>
+      <c r="H25" s="219"/>
       <c r="I25" s="56" t="s">
         <v>70</v>
       </c>
-      <c r="J25" s="157" t="s">
+      <c r="J25" s="159" t="s">
         <v>71</v>
       </c>
-      <c r="K25" s="157" t="s">
+      <c r="K25" s="159" t="s">
         <v>72</v>
       </c>
-      <c r="L25" s="157" t="s">
+      <c r="L25" s="159" t="s">
         <v>73</v>
       </c>
-      <c r="M25" s="157" t="s">
+      <c r="M25" s="159" t="s">
         <v>74</v>
       </c>
-      <c r="N25" s="157" t="s">
+      <c r="N25" s="159" t="s">
         <v>75</v>
       </c>
-      <c r="O25" s="157" t="s">
+      <c r="O25" s="159" t="s">
         <v>45</v>
       </c>
-      <c r="P25" s="316" t="s">
+      <c r="P25" s="271" t="s">
         <v>76</v>
       </c>
-      <c r="Q25" s="316"/>
-[...1 lines deleted...]
-      <c r="S25" s="318" t="s">
+      <c r="Q25" s="271"/>
+      <c r="R25" s="272"/>
+      <c r="S25" s="273" t="s">
         <v>77</v>
       </c>
-      <c r="T25" s="319"/>
-      <c r="U25" s="322" t="s">
+      <c r="T25" s="274"/>
+      <c r="U25" s="277" t="s">
         <v>78</v>
       </c>
-      <c r="V25" s="302"/>
-[...2 lines deleted...]
-      <c r="Y25" s="302" t="s">
+      <c r="V25" s="252"/>
+      <c r="W25" s="254"/>
+      <c r="X25" s="254"/>
+      <c r="Y25" s="252" t="s">
         <v>79</v>
       </c>
-      <c r="Z25" s="302"/>
-[...2 lines deleted...]
-      <c r="AC25" s="302" t="s">
+      <c r="Z25" s="252"/>
+      <c r="AA25" s="254"/>
+      <c r="AB25" s="254"/>
+      <c r="AC25" s="252" t="s">
         <v>80</v>
       </c>
-      <c r="AD25" s="302" t="s">
+      <c r="AD25" s="252" t="s">
         <v>81</v>
       </c>
-      <c r="AE25" s="302"/>
-[...3 lines deleted...]
-      <c r="AI25" s="302" t="s">
+      <c r="AE25" s="252"/>
+      <c r="AF25" s="252"/>
+      <c r="AG25" s="254"/>
+      <c r="AH25" s="254"/>
+      <c r="AI25" s="252" t="s">
         <v>82</v>
       </c>
-      <c r="AJ25" s="175"/>
-      <c r="AK25" s="176"/>
+      <c r="AJ25" s="381"/>
+      <c r="AK25" s="382"/>
     </row>
     <row r="26" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B26" s="244"/>
-[...6 lines deleted...]
-      <c r="I26" s="166" t="s">
+      <c r="B26" s="263"/>
+      <c r="C26" s="265"/>
+      <c r="D26" s="266"/>
+      <c r="E26" s="266"/>
+      <c r="F26" s="266"/>
+      <c r="G26" s="266"/>
+      <c r="H26" s="267"/>
+      <c r="I26" s="168" t="s">
         <v>20</v>
       </c>
-      <c r="J26" s="165" t="s">
+      <c r="J26" s="167" t="s">
         <v>20</v>
       </c>
-      <c r="K26" s="167" t="s">
+      <c r="K26" s="169" t="s">
         <v>20</v>
       </c>
-      <c r="L26" s="167" t="s">
+      <c r="L26" s="169" t="s">
         <v>20</v>
       </c>
-      <c r="M26" s="167" t="s">
+      <c r="M26" s="169" t="s">
         <v>20</v>
       </c>
-      <c r="N26" s="167" t="s">
+      <c r="N26" s="169" t="s">
         <v>20</v>
       </c>
-      <c r="O26" s="158" t="s">
+      <c r="O26" s="160" t="s">
         <v>20</v>
       </c>
-      <c r="P26" s="324" t="s">
+      <c r="P26" s="279" t="s">
         <v>20</v>
       </c>
-      <c r="Q26" s="324"/>
-[...19 lines deleted...]
-      <c r="AK26" s="178"/>
+      <c r="Q26" s="279"/>
+      <c r="R26" s="280"/>
+      <c r="S26" s="275"/>
+      <c r="T26" s="276"/>
+      <c r="U26" s="278"/>
+      <c r="V26" s="253"/>
+      <c r="W26" s="255"/>
+      <c r="X26" s="255"/>
+      <c r="Y26" s="253"/>
+      <c r="Z26" s="253"/>
+      <c r="AA26" s="255"/>
+      <c r="AB26" s="255"/>
+      <c r="AC26" s="253"/>
+      <c r="AD26" s="253"/>
+      <c r="AE26" s="253"/>
+      <c r="AF26" s="253"/>
+      <c r="AG26" s="255"/>
+      <c r="AH26" s="255"/>
+      <c r="AI26" s="253"/>
+      <c r="AJ26" s="383"/>
+      <c r="AK26" s="384"/>
     </row>
     <row r="27" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B27" s="244"/>
-[...6 lines deleted...]
-      <c r="I27" s="276" t="s">
+      <c r="B27" s="263"/>
+      <c r="C27" s="265"/>
+      <c r="D27" s="266"/>
+      <c r="E27" s="266"/>
+      <c r="F27" s="266"/>
+      <c r="G27" s="266"/>
+      <c r="H27" s="267"/>
+      <c r="I27" s="281" t="s">
         <v>83</v>
       </c>
-      <c r="J27" s="277"/>
-[...4 lines deleted...]
-      <c r="O27" s="327" t="s">
+      <c r="J27" s="282"/>
+      <c r="K27" s="282"/>
+      <c r="L27" s="282"/>
+      <c r="M27" s="282"/>
+      <c r="N27" s="283"/>
+      <c r="O27" s="284" t="s">
         <v>78</v>
       </c>
-      <c r="P27" s="295"/>
-[...2 lines deleted...]
-      <c r="S27" s="329"/>
+      <c r="P27" s="285"/>
+      <c r="Q27" s="286"/>
+      <c r="R27" s="287"/>
+      <c r="S27" s="287"/>
       <c r="T27" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="U27" s="330" t="s">
+      <c r="U27" s="288" t="s">
         <v>84</v>
       </c>
-      <c r="V27" s="277"/>
-[...4 lines deleted...]
-      <c r="AA27" s="327" t="s">
+      <c r="V27" s="282"/>
+      <c r="W27" s="282"/>
+      <c r="X27" s="282"/>
+      <c r="Y27" s="282"/>
+      <c r="Z27" s="283"/>
+      <c r="AA27" s="284" t="s">
         <v>85</v>
       </c>
-      <c r="AB27" s="295"/>
-[...3 lines deleted...]
-      <c r="AF27" s="159" t="s">
+      <c r="AB27" s="285"/>
+      <c r="AC27" s="286"/>
+      <c r="AD27" s="286"/>
+      <c r="AE27" s="286"/>
+      <c r="AF27" s="161" t="s">
         <v>6</v>
       </c>
-      <c r="AG27" s="331"/>
-[...1 lines deleted...]
-      <c r="AI27" s="331"/>
+      <c r="AG27" s="289"/>
+      <c r="AH27" s="289"/>
+      <c r="AI27" s="289"/>
       <c r="AJ27" s="118"/>
       <c r="AL27" s="97"/>
     </row>
     <row r="28" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="244"/>
-[...6 lines deleted...]
-      <c r="I28" s="332" t="s">
+      <c r="B28" s="263"/>
+      <c r="C28" s="265"/>
+      <c r="D28" s="266"/>
+      <c r="E28" s="266"/>
+      <c r="F28" s="266"/>
+      <c r="G28" s="266"/>
+      <c r="H28" s="267"/>
+      <c r="I28" s="290" t="s">
         <v>86</v>
       </c>
-      <c r="J28" s="333"/>
-[...1 lines deleted...]
-      <c r="L28" s="280"/>
+      <c r="J28" s="291"/>
+      <c r="K28" s="292"/>
+      <c r="L28" s="292"/>
       <c r="M28" s="8" t="s">
         <v>87</v>
       </c>
-      <c r="N28" s="273"/>
-      <c r="O28" s="273"/>
+      <c r="N28" s="293"/>
+      <c r="O28" s="293"/>
       <c r="P28" s="8" t="s">
         <v>80</v>
       </c>
       <c r="Q28" s="9"/>
       <c r="R28" s="70" t="s">
         <v>50</v>
       </c>
       <c r="S28" s="70"/>
-      <c r="T28" s="281"/>
-      <c r="U28" s="281"/>
+      <c r="T28" s="294"/>
+      <c r="U28" s="294"/>
       <c r="V28" s="70" t="s">
         <v>87</v>
       </c>
-      <c r="W28" s="281"/>
-      <c r="X28" s="281"/>
+      <c r="W28" s="294"/>
+      <c r="X28" s="294"/>
       <c r="Y28" s="70" t="s">
         <v>80</v>
       </c>
       <c r="Z28" s="71" t="s">
         <v>81</v>
       </c>
       <c r="AA28" s="71"/>
       <c r="AB28" s="71"/>
-      <c r="AC28" s="274"/>
-      <c r="AD28" s="274"/>
+      <c r="AC28" s="295"/>
+      <c r="AD28" s="295"/>
       <c r="AE28" s="71" t="s">
         <v>82</v>
       </c>
-      <c r="AF28" s="282"/>
-[...2 lines deleted...]
-      <c r="AI28" s="282"/>
+      <c r="AF28" s="296"/>
+      <c r="AG28" s="296"/>
+      <c r="AH28" s="296"/>
+      <c r="AI28" s="296"/>
       <c r="AJ28" s="120"/>
-      <c r="AK28" s="130"/>
+      <c r="AK28" s="131"/>
     </row>
     <row r="29" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B29" s="244"/>
-[...6 lines deleted...]
-      <c r="I29" s="299" t="s">
+      <c r="B29" s="263"/>
+      <c r="C29" s="265"/>
+      <c r="D29" s="266"/>
+      <c r="E29" s="266"/>
+      <c r="F29" s="266"/>
+      <c r="G29" s="266"/>
+      <c r="H29" s="267"/>
+      <c r="I29" s="316" t="s">
         <v>88</v>
       </c>
-      <c r="J29" s="300"/>
-[...1 lines deleted...]
-      <c r="L29" s="301"/>
+      <c r="J29" s="317"/>
+      <c r="K29" s="318"/>
+      <c r="L29" s="318"/>
       <c r="M29" s="72" t="s">
         <v>87</v>
       </c>
-      <c r="N29" s="301"/>
-      <c r="O29" s="301"/>
+      <c r="N29" s="318"/>
+      <c r="O29" s="318"/>
       <c r="P29" s="72" t="s">
         <v>80</v>
       </c>
       <c r="Q29" s="73"/>
       <c r="R29" s="8" t="s">
         <v>50</v>
       </c>
       <c r="S29" s="8"/>
-      <c r="T29" s="273"/>
-      <c r="U29" s="273"/>
+      <c r="T29" s="293"/>
+      <c r="U29" s="293"/>
       <c r="V29" s="8" t="s">
         <v>87</v>
       </c>
-      <c r="W29" s="273"/>
-      <c r="X29" s="273"/>
+      <c r="W29" s="293"/>
+      <c r="X29" s="293"/>
       <c r="Y29" s="8" t="s">
         <v>80</v>
       </c>
       <c r="Z29" s="13" t="s">
         <v>89</v>
       </c>
       <c r="AA29" s="13"/>
       <c r="AB29" s="13"/>
-      <c r="AC29" s="274"/>
-      <c r="AD29" s="274"/>
+      <c r="AC29" s="295"/>
+      <c r="AD29" s="295"/>
       <c r="AE29" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="AF29" s="295"/>
-[...2 lines deleted...]
-      <c r="AI29" s="295"/>
+      <c r="AF29" s="285"/>
+      <c r="AG29" s="285"/>
+      <c r="AH29" s="285"/>
+      <c r="AI29" s="285"/>
       <c r="AJ29" s="118"/>
-      <c r="AK29" s="130"/>
+      <c r="AK29" s="131"/>
     </row>
     <row r="30" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="244"/>
-[...6 lines deleted...]
-      <c r="I30" s="296" t="s">
+      <c r="B30" s="263"/>
+      <c r="C30" s="268"/>
+      <c r="D30" s="269"/>
+      <c r="E30" s="269"/>
+      <c r="F30" s="269"/>
+      <c r="G30" s="269"/>
+      <c r="H30" s="270"/>
+      <c r="I30" s="311" t="s">
         <v>90</v>
       </c>
-      <c r="J30" s="297"/>
-[...2 lines deleted...]
-      <c r="M30" s="161" t="s">
+      <c r="J30" s="312"/>
+      <c r="K30" s="313"/>
+      <c r="L30" s="313"/>
+      <c r="M30" s="163" t="s">
         <v>87</v>
       </c>
-      <c r="N30" s="261"/>
-[...1 lines deleted...]
-      <c r="P30" s="161" t="s">
+      <c r="N30" s="313"/>
+      <c r="O30" s="313"/>
+      <c r="P30" s="163" t="s">
         <v>80</v>
       </c>
-      <c r="Q30" s="132"/>
-      <c r="R30" s="161" t="s">
+      <c r="Q30" s="133"/>
+      <c r="R30" s="163" t="s">
         <v>50</v>
       </c>
-      <c r="T30" s="261"/>
-[...1 lines deleted...]
-      <c r="V30" s="161" t="s">
+      <c r="T30" s="313"/>
+      <c r="U30" s="313"/>
+      <c r="V30" s="163" t="s">
         <v>87</v>
       </c>
-      <c r="W30" s="261"/>
-[...1 lines deleted...]
-      <c r="Y30" s="161" t="s">
+      <c r="W30" s="313"/>
+      <c r="X30" s="313"/>
+      <c r="Y30" s="163" t="s">
         <v>80</v>
       </c>
-      <c r="Z30" s="133" t="s">
+      <c r="Z30" s="134" t="s">
         <v>89</v>
       </c>
-      <c r="AA30" s="133"/>
-[...3 lines deleted...]
-      <c r="AE30" s="133" t="s">
+      <c r="AA30" s="134"/>
+      <c r="AB30" s="134"/>
+      <c r="AC30" s="314"/>
+      <c r="AD30" s="314"/>
+      <c r="AE30" s="134" t="s">
         <v>82</v>
       </c>
-      <c r="AF30" s="298"/>
-[...2 lines deleted...]
-      <c r="AI30" s="298"/>
+      <c r="AF30" s="315"/>
+      <c r="AG30" s="315"/>
+      <c r="AH30" s="315"/>
+      <c r="AI30" s="315"/>
       <c r="AK30" s="119"/>
     </row>
     <row r="31" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B31" s="244"/>
-      <c r="C31" s="283" t="s">
+      <c r="B31" s="263"/>
+      <c r="C31" s="297" t="s">
         <v>91</v>
       </c>
-      <c r="D31" s="284"/>
-[...4 lines deleted...]
-      <c r="I31" s="271" t="s">
+      <c r="D31" s="298"/>
+      <c r="E31" s="298"/>
+      <c r="F31" s="298"/>
+      <c r="G31" s="298"/>
+      <c r="H31" s="299"/>
+      <c r="I31" s="306" t="s">
         <v>92</v>
       </c>
-      <c r="J31" s="264"/>
-[...1 lines deleted...]
-      <c r="L31" s="264"/>
+      <c r="J31" s="307"/>
+      <c r="K31" s="307"/>
+      <c r="L31" s="307"/>
       <c r="M31" s="63" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N31" s="54" t="s">
         <v>78</v>
       </c>
       <c r="O31" s="62"/>
       <c r="P31" s="64" t="s">
         <v>20</v>
       </c>
       <c r="Q31" s="54" t="s">
         <v>85</v>
       </c>
       <c r="R31" s="62"/>
-      <c r="S31" s="425">
+      <c r="S31" s="412">
         <v>140</v>
       </c>
-      <c r="T31" s="425"/>
-      <c r="U31" s="264" t="s">
+      <c r="T31" s="412"/>
+      <c r="U31" s="307" t="s">
         <v>79</v>
       </c>
-      <c r="V31" s="264"/>
-      <c r="W31" s="426">
+      <c r="V31" s="307"/>
+      <c r="W31" s="417">
         <v>0</v>
       </c>
-      <c r="X31" s="426"/>
+      <c r="X31" s="417"/>
       <c r="Y31" s="121" t="s">
         <v>80</v>
       </c>
       <c r="Z31" s="122" t="s">
         <v>93</v>
       </c>
       <c r="AA31" s="122"/>
       <c r="AB31" s="122"/>
-      <c r="AC31" s="294"/>
-      <c r="AD31" s="294"/>
+      <c r="AC31" s="310"/>
+      <c r="AD31" s="310"/>
       <c r="AE31" s="122" t="s">
         <v>82</v>
       </c>
-      <c r="AF31" s="275"/>
-[...2 lines deleted...]
-      <c r="AI31" s="275"/>
+      <c r="AF31" s="319"/>
+      <c r="AG31" s="319"/>
+      <c r="AH31" s="319"/>
+      <c r="AI31" s="319"/>
       <c r="AJ31" s="123"/>
       <c r="AK31" s="114"/>
     </row>
     <row r="32" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B32" s="244"/>
-[...6 lines deleted...]
-      <c r="I32" s="276" t="s">
+      <c r="B32" s="263"/>
+      <c r="C32" s="300"/>
+      <c r="D32" s="301"/>
+      <c r="E32" s="301"/>
+      <c r="F32" s="301"/>
+      <c r="G32" s="301"/>
+      <c r="H32" s="302"/>
+      <c r="I32" s="281" t="s">
         <v>94</v>
       </c>
-      <c r="J32" s="277"/>
-[...1 lines deleted...]
-      <c r="L32" s="277"/>
+      <c r="J32" s="282"/>
+      <c r="K32" s="282"/>
+      <c r="L32" s="282"/>
       <c r="M32" s="74" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N32" s="75" t="s">
         <v>78</v>
       </c>
       <c r="O32" s="76"/>
       <c r="P32" s="77" t="s">
         <v>20</v>
       </c>
       <c r="Q32" s="75" t="s">
         <v>85</v>
       </c>
       <c r="R32" s="76"/>
-      <c r="S32" s="427">
+      <c r="S32" s="418">
         <v>20</v>
       </c>
-      <c r="T32" s="427"/>
-      <c r="U32" s="277" t="s">
+      <c r="T32" s="418"/>
+      <c r="U32" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="V32" s="277"/>
-[...14 lines deleted...]
-      <c r="AK32" s="279"/>
+      <c r="V32" s="282"/>
+      <c r="W32" s="282"/>
+      <c r="X32" s="282"/>
+      <c r="Y32" s="282"/>
+      <c r="Z32" s="282"/>
+      <c r="AA32" s="282"/>
+      <c r="AB32" s="282"/>
+      <c r="AC32" s="282"/>
+      <c r="AD32" s="282"/>
+      <c r="AE32" s="282"/>
+      <c r="AF32" s="282"/>
+      <c r="AG32" s="282"/>
+      <c r="AH32" s="282"/>
+      <c r="AI32" s="282"/>
+      <c r="AJ32" s="282"/>
+      <c r="AK32" s="321"/>
       <c r="AL32" s="97"/>
     </row>
     <row r="33" spans="2:38" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="233"/>
-[...6 lines deleted...]
-      <c r="I33" s="220" t="s">
+      <c r="B33" s="264"/>
+      <c r="C33" s="303"/>
+      <c r="D33" s="304"/>
+      <c r="E33" s="304"/>
+      <c r="F33" s="304"/>
+      <c r="G33" s="304"/>
+      <c r="H33" s="305"/>
+      <c r="I33" s="322" t="s">
         <v>95</v>
       </c>
-      <c r="J33" s="220"/>
-[...4 lines deleted...]
-      <c r="O33" s="134" t="s">
+      <c r="J33" s="322"/>
+      <c r="K33" s="322"/>
+      <c r="L33" s="322"/>
+      <c r="M33" s="323"/>
+      <c r="N33" s="324"/>
+      <c r="O33" s="135" t="s">
         <v>96</v>
       </c>
-      <c r="P33" s="222"/>
-[...1 lines deleted...]
-      <c r="R33" s="134" t="s">
+      <c r="P33" s="324"/>
+      <c r="Q33" s="324"/>
+      <c r="R33" s="135" t="s">
         <v>80</v>
       </c>
-      <c r="S33" s="134" t="s">
+      <c r="S33" s="135" t="s">
         <v>50</v>
       </c>
-      <c r="T33" s="222"/>
-[...1 lines deleted...]
-      <c r="V33" s="134" t="s">
+      <c r="T33" s="324"/>
+      <c r="U33" s="324"/>
+      <c r="V33" s="135" t="s">
         <v>96</v>
       </c>
-      <c r="W33" s="222"/>
-[...1 lines deleted...]
-      <c r="Y33" s="134" t="s">
+      <c r="W33" s="324"/>
+      <c r="X33" s="324"/>
+      <c r="Y33" s="135" t="s">
         <v>80</v>
       </c>
-      <c r="Z33" s="135" t="s">
+      <c r="Z33" s="136" t="s">
         <v>81</v>
       </c>
-      <c r="AA33" s="135"/>
-[...3 lines deleted...]
-      <c r="AE33" s="135" t="s">
+      <c r="AA33" s="136"/>
+      <c r="AB33" s="136"/>
+      <c r="AC33" s="314"/>
+      <c r="AD33" s="314"/>
+      <c r="AE33" s="136" t="s">
         <v>82</v>
       </c>
-      <c r="AF33" s="135"/>
-[...3 lines deleted...]
-      <c r="AK33" s="136"/>
+      <c r="AF33" s="136"/>
+      <c r="AG33" s="136"/>
+      <c r="AH33" s="136"/>
+      <c r="AI33" s="136"/>
+      <c r="AK33" s="137"/>
     </row>
     <row r="34" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B34" s="232">
+      <c r="B34" s="262">
         <v>7</v>
       </c>
-      <c r="C34" s="234" t="s">
+      <c r="C34" s="217" t="s">
         <v>97</v>
       </c>
-      <c r="D34" s="235"/>
-[...4 lines deleted...]
-      <c r="I34" s="271" t="s">
+      <c r="D34" s="218"/>
+      <c r="E34" s="218"/>
+      <c r="F34" s="218"/>
+      <c r="G34" s="218"/>
+      <c r="H34" s="219"/>
+      <c r="I34" s="306" t="s">
         <v>98</v>
       </c>
-      <c r="J34" s="265"/>
-      <c r="K34" s="433">
+      <c r="J34" s="326"/>
+      <c r="K34" s="408">
         <v>2025</v>
       </c>
-      <c r="L34" s="433"/>
-      <c r="M34" s="160" t="s">
+      <c r="L34" s="408"/>
+      <c r="M34" s="162" t="s">
         <v>4</v>
       </c>
-      <c r="N34" s="428">
+      <c r="N34" s="409">
         <v>1</v>
       </c>
-      <c r="O34" s="428"/>
+      <c r="O34" s="409"/>
       <c r="P34" s="10" t="s">
         <v>5</v>
       </c>
       <c r="Q34" s="11"/>
-      <c r="R34" s="271" t="s">
+      <c r="R34" s="306" t="s">
         <v>98</v>
       </c>
-      <c r="S34" s="265"/>
-      <c r="T34" s="425">
+      <c r="S34" s="326"/>
+      <c r="T34" s="412">
         <v>2025</v>
       </c>
-      <c r="U34" s="425"/>
-      <c r="V34" s="160" t="s">
+      <c r="U34" s="412"/>
+      <c r="V34" s="162" t="s">
         <v>4</v>
       </c>
-      <c r="W34" s="428">
+      <c r="W34" s="409">
         <v>2</v>
       </c>
-      <c r="X34" s="428"/>
+      <c r="X34" s="409"/>
       <c r="Y34" s="10" t="s">
         <v>5</v>
       </c>
       <c r="Z34" s="7"/>
-      <c r="AA34" s="264" t="s">
+      <c r="AA34" s="307" t="s">
         <v>98</v>
       </c>
-      <c r="AB34" s="265"/>
-      <c r="AC34" s="425">
+      <c r="AB34" s="326"/>
+      <c r="AC34" s="412">
         <v>2025</v>
       </c>
-      <c r="AD34" s="425"/>
-      <c r="AE34" s="160" t="s">
+      <c r="AD34" s="412"/>
+      <c r="AE34" s="162" t="s">
         <v>4</v>
       </c>
-      <c r="AF34" s="428">
+      <c r="AF34" s="409">
         <v>3</v>
       </c>
-      <c r="AG34" s="428"/>
+      <c r="AG34" s="409"/>
       <c r="AH34" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="AI34" s="182"/>
-[...1 lines deleted...]
-      <c r="AK34" s="184"/>
+      <c r="AI34" s="387"/>
+      <c r="AJ34" s="180"/>
+      <c r="AK34" s="388"/>
     </row>
     <row r="35" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="244"/>
-[...6 lines deleted...]
-      <c r="I35" s="429">
+      <c r="B35" s="263"/>
+      <c r="C35" s="265"/>
+      <c r="D35" s="266"/>
+      <c r="E35" s="266"/>
+      <c r="F35" s="266"/>
+      <c r="G35" s="266"/>
+      <c r="H35" s="267"/>
+      <c r="I35" s="410">
         <v>20</v>
       </c>
-      <c r="J35" s="430"/>
-      <c r="K35" s="181" t="s">
+      <c r="J35" s="411"/>
+      <c r="K35" s="328" t="s">
         <v>99</v>
       </c>
-      <c r="L35" s="260"/>
-      <c r="M35" s="431">
+      <c r="L35" s="329"/>
+      <c r="M35" s="406">
         <v>140</v>
       </c>
-      <c r="N35" s="432"/>
-      <c r="O35" s="181" t="s">
+      <c r="N35" s="407"/>
+      <c r="O35" s="328" t="s">
         <v>100</v>
       </c>
-      <c r="P35" s="181"/>
-[...1 lines deleted...]
-      <c r="R35" s="429">
+      <c r="P35" s="328"/>
+      <c r="Q35" s="332"/>
+      <c r="R35" s="410">
         <v>22</v>
       </c>
-      <c r="S35" s="430"/>
-      <c r="T35" s="181" t="s">
+      <c r="S35" s="411"/>
+      <c r="T35" s="328" t="s">
         <v>99</v>
       </c>
-      <c r="U35" s="260"/>
-      <c r="V35" s="431">
+      <c r="U35" s="329"/>
+      <c r="V35" s="406">
         <v>154</v>
       </c>
-      <c r="W35" s="432"/>
-      <c r="X35" s="181" t="s">
+      <c r="W35" s="407"/>
+      <c r="X35" s="328" t="s">
         <v>100</v>
       </c>
-      <c r="Y35" s="181"/>
-[...1 lines deleted...]
-      <c r="AA35" s="423">
+      <c r="Y35" s="328"/>
+      <c r="Z35" s="332"/>
+      <c r="AA35" s="415">
         <v>20</v>
       </c>
-      <c r="AB35" s="424"/>
-      <c r="AC35" s="181" t="s">
+      <c r="AB35" s="416"/>
+      <c r="AC35" s="328" t="s">
         <v>99</v>
       </c>
-      <c r="AD35" s="260"/>
-      <c r="AE35" s="421">
+      <c r="AD35" s="329"/>
+      <c r="AE35" s="413">
         <v>140</v>
       </c>
-      <c r="AF35" s="422"/>
-      <c r="AG35" s="181" t="s">
+      <c r="AF35" s="414"/>
+      <c r="AG35" s="328" t="s">
         <v>100</v>
       </c>
-      <c r="AH35" s="181"/>
-[...2 lines deleted...]
-      <c r="AK35" s="180"/>
+      <c r="AH35" s="328"/>
+      <c r="AI35" s="328"/>
+      <c r="AJ35" s="385"/>
+      <c r="AK35" s="386"/>
     </row>
     <row r="36" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="232">
+      <c r="B36" s="262">
         <v>8</v>
       </c>
-      <c r="C36" s="234" t="s">
+      <c r="C36" s="217" t="s">
         <v>101</v>
       </c>
-      <c r="D36" s="235"/>
-[...3 lines deleted...]
-      <c r="H36" s="236"/>
+      <c r="D36" s="218"/>
+      <c r="E36" s="218"/>
+      <c r="F36" s="218"/>
+      <c r="G36" s="218"/>
+      <c r="H36" s="219"/>
       <c r="I36" s="63" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="54" t="s">
         <v>103</v>
       </c>
       <c r="K36" s="62"/>
       <c r="L36" s="64" t="s">
         <v>102</v>
       </c>
       <c r="M36" s="54" t="s">
         <v>104</v>
       </c>
       <c r="N36" s="62"/>
       <c r="O36" s="45"/>
       <c r="P36" s="54"/>
       <c r="Q36" s="45"/>
       <c r="R36" s="45"/>
       <c r="S36" s="45"/>
       <c r="T36" s="45"/>
       <c r="U36" s="45"/>
       <c r="V36" s="45"/>
       <c r="W36" s="45"/>
       <c r="X36" s="45"/>
       <c r="Y36" s="45"/>
       <c r="Z36" s="45"/>
       <c r="AA36" s="45"/>
       <c r="AB36" s="45"/>
       <c r="AC36" s="45"/>
       <c r="AD36" s="45"/>
       <c r="AE36" s="45"/>
       <c r="AF36" s="45"/>
       <c r="AG36" s="45"/>
       <c r="AH36" s="45"/>
       <c r="AI36" s="45"/>
       <c r="AJ36" s="45"/>
       <c r="AK36" s="45"/>
       <c r="AL36" s="97"/>
     </row>
     <row r="37" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="233"/>
-[...6 lines deleted...]
-      <c r="I37" s="259" t="s">
+      <c r="B37" s="264"/>
+      <c r="C37" s="268"/>
+      <c r="D37" s="269"/>
+      <c r="E37" s="269"/>
+      <c r="F37" s="269"/>
+      <c r="G37" s="269"/>
+      <c r="H37" s="270"/>
+      <c r="I37" s="344" t="s">
         <v>105</v>
       </c>
-      <c r="J37" s="260"/>
-[...2 lines deleted...]
-      <c r="M37" s="161" t="s">
+      <c r="J37" s="329"/>
+      <c r="K37" s="313"/>
+      <c r="L37" s="313"/>
+      <c r="M37" s="163" t="s">
         <v>4</v>
       </c>
-      <c r="N37" s="258"/>
-[...1 lines deleted...]
-      <c r="P37" s="161" t="s">
+      <c r="N37" s="343"/>
+      <c r="O37" s="343"/>
+      <c r="P37" s="163" t="s">
         <v>5</v>
       </c>
-      <c r="Q37" s="258"/>
-[...1 lines deleted...]
-      <c r="S37" s="161" t="s">
+      <c r="Q37" s="343"/>
+      <c r="R37" s="343"/>
+      <c r="S37" s="163" t="s">
         <v>6</v>
       </c>
-      <c r="T37" s="138"/>
-      <c r="U37" s="181" t="s">
+      <c r="T37" s="139"/>
+      <c r="U37" s="328" t="s">
         <v>106</v>
       </c>
-      <c r="V37" s="181"/>
-[...3 lines deleted...]
-      <c r="Z37" s="161" t="s">
+      <c r="V37" s="328"/>
+      <c r="W37" s="139"/>
+      <c r="X37" s="313"/>
+      <c r="Y37" s="313"/>
+      <c r="Z37" s="163" t="s">
         <v>4</v>
       </c>
-      <c r="AA37" s="258"/>
-[...1 lines deleted...]
-      <c r="AC37" s="161" t="s">
+      <c r="AA37" s="343"/>
+      <c r="AB37" s="343"/>
+      <c r="AC37" s="163" t="s">
         <v>5</v>
       </c>
-      <c r="AD37" s="258"/>
-[...1 lines deleted...]
-      <c r="AF37" s="161" t="s">
+      <c r="AD37" s="343"/>
+      <c r="AE37" s="343"/>
+      <c r="AF37" s="163" t="s">
         <v>6</v>
       </c>
-      <c r="AG37" s="181"/>
-[...3 lines deleted...]
-      <c r="AK37" s="180"/>
+      <c r="AG37" s="328"/>
+      <c r="AH37" s="328"/>
+      <c r="AI37" s="328"/>
+      <c r="AJ37" s="385"/>
+      <c r="AK37" s="386"/>
     </row>
     <row r="38" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B38" s="232">
+      <c r="B38" s="262">
         <v>9</v>
       </c>
-      <c r="C38" s="234" t="s">
+      <c r="C38" s="217" t="s">
         <v>107</v>
       </c>
-      <c r="D38" s="235"/>
-[...3 lines deleted...]
-      <c r="H38" s="236"/>
+      <c r="D38" s="218"/>
+      <c r="E38" s="218"/>
+      <c r="F38" s="218"/>
+      <c r="G38" s="218"/>
+      <c r="H38" s="219"/>
       <c r="I38" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J38" s="54" t="s">
         <v>103</v>
       </c>
       <c r="K38" s="62"/>
       <c r="L38" s="64" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M38" s="54" t="s">
         <v>104</v>
       </c>
       <c r="N38" s="62"/>
       <c r="O38" s="64" t="s">
         <v>20</v>
       </c>
       <c r="P38" s="54" t="s">
         <v>108</v>
       </c>
       <c r="Q38" s="16"/>
       <c r="R38" s="17"/>
       <c r="S38" s="17"/>
       <c r="T38" s="17"/>
       <c r="U38" s="17"/>
       <c r="V38" s="17"/>
       <c r="W38" s="17"/>
       <c r="X38" s="17"/>
       <c r="Y38" s="17"/>
       <c r="Z38" s="17"/>
       <c r="AA38" s="17"/>
       <c r="AB38" s="17"/>
       <c r="AC38" s="17"/>
       <c r="AD38" s="17"/>
       <c r="AE38" s="17"/>
       <c r="AF38" s="17"/>
       <c r="AG38" s="17"/>
       <c r="AH38" s="17"/>
       <c r="AI38" s="17"/>
       <c r="AJ38" s="17"/>
       <c r="AK38" s="17"/>
       <c r="AL38" s="97"/>
     </row>
     <row r="39" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="248"/>
-[...6 lines deleted...]
-      <c r="I39" s="254" t="s">
+      <c r="B39" s="225"/>
+      <c r="C39" s="334"/>
+      <c r="D39" s="335"/>
+      <c r="E39" s="335"/>
+      <c r="F39" s="335"/>
+      <c r="G39" s="335"/>
+      <c r="H39" s="336"/>
+      <c r="I39" s="339" t="s">
         <v>105</v>
       </c>
-      <c r="J39" s="255"/>
-      <c r="K39" s="434">
+      <c r="J39" s="340"/>
+      <c r="K39" s="404">
         <v>2024</v>
       </c>
-      <c r="L39" s="435"/>
-      <c r="M39" s="139" t="s">
+      <c r="L39" s="405"/>
+      <c r="M39" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="N39" s="171">
+      <c r="N39" s="173">
         <v>5</v>
       </c>
-      <c r="O39" s="139" t="s">
+      <c r="O39" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="P39" s="171">
+      <c r="P39" s="173">
         <v>29</v>
       </c>
-      <c r="Q39" s="139" t="s">
+      <c r="Q39" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="R39" s="139" t="s">
+      <c r="R39" s="140" t="s">
         <v>50</v>
       </c>
-      <c r="S39" s="435">
+      <c r="S39" s="405">
         <v>2025</v>
       </c>
-      <c r="T39" s="435"/>
-      <c r="U39" s="139" t="s">
+      <c r="T39" s="405"/>
+      <c r="U39" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="V39" s="171">
+      <c r="V39" s="173">
         <v>4</v>
       </c>
-      <c r="W39" s="139" t="s">
+      <c r="W39" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="X39" s="171">
+      <c r="X39" s="173">
         <v>1</v>
       </c>
-      <c r="Y39" s="139" t="s">
+      <c r="Y39" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="Z39" s="139"/>
-[...10 lines deleted...]
-      <c r="AK39" s="141"/>
+      <c r="Z39" s="140"/>
+      <c r="AA39" s="140"/>
+      <c r="AB39" s="140"/>
+      <c r="AC39" s="140"/>
+      <c r="AD39" s="140"/>
+      <c r="AE39" s="140"/>
+      <c r="AF39" s="140"/>
+      <c r="AG39" s="140"/>
+      <c r="AH39" s="140"/>
+      <c r="AI39" s="140"/>
+      <c r="AJ39" s="140"/>
+      <c r="AK39" s="142"/>
       <c r="AL39" s="97"/>
     </row>
     <row r="40" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B40" s="232">
+      <c r="B40" s="262">
         <v>10</v>
       </c>
-      <c r="C40" s="234" t="s">
+      <c r="C40" s="217" t="s">
         <v>109</v>
       </c>
-      <c r="D40" s="235"/>
-[...3 lines deleted...]
-      <c r="H40" s="236"/>
+      <c r="D40" s="218"/>
+      <c r="E40" s="218"/>
+      <c r="F40" s="218"/>
+      <c r="G40" s="218"/>
+      <c r="H40" s="219"/>
       <c r="I40" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J40" s="54" t="s">
         <v>103</v>
       </c>
       <c r="K40" s="62"/>
       <c r="L40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="54" t="s">
         <v>104</v>
       </c>
       <c r="N40" s="62"/>
       <c r="O40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="P40" s="54" t="s">
         <v>108</v>
       </c>
       <c r="Q40" s="16"/>
-      <c r="R40" s="252" t="s">
+      <c r="R40" s="337" t="s">
         <v>110</v>
       </c>
-      <c r="S40" s="253"/>
+      <c r="S40" s="338"/>
       <c r="T40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="U40" s="18" t="s">
         <v>111</v>
       </c>
       <c r="V40" s="18"/>
       <c r="W40" s="18"/>
       <c r="X40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="Y40" s="18" t="s">
         <v>112</v>
       </c>
       <c r="Z40" s="18"/>
       <c r="AA40" s="64" t="s">
         <v>20</v>
       </c>
       <c r="AB40" s="18" t="s">
         <v>113</v>
       </c>
       <c r="AC40" s="18"/>
-      <c r="AD40" s="379"/>
-[...5 lines deleted...]
-      <c r="AJ40" s="183"/>
+      <c r="AD40" s="179"/>
+      <c r="AE40" s="180"/>
+      <c r="AF40" s="180"/>
+      <c r="AG40" s="180"/>
+      <c r="AH40" s="180"/>
+      <c r="AI40" s="180"/>
+      <c r="AJ40" s="180"/>
       <c r="AK40" s="9" t="s">
         <v>40</v>
       </c>
       <c r="AL40" s="97"/>
     </row>
     <row r="41" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="248"/>
-[...6 lines deleted...]
-      <c r="I41" s="254" t="s">
+      <c r="B41" s="225"/>
+      <c r="C41" s="334"/>
+      <c r="D41" s="335"/>
+      <c r="E41" s="335"/>
+      <c r="F41" s="335"/>
+      <c r="G41" s="335"/>
+      <c r="H41" s="336"/>
+      <c r="I41" s="339" t="s">
         <v>105</v>
       </c>
-      <c r="J41" s="255"/>
-[...2 lines deleted...]
-      <c r="M41" s="139" t="s">
+      <c r="J41" s="340"/>
+      <c r="K41" s="341"/>
+      <c r="L41" s="342"/>
+      <c r="M41" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="N41" s="140"/>
-      <c r="O41" s="139" t="s">
+      <c r="N41" s="141"/>
+      <c r="O41" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="P41" s="140"/>
-      <c r="Q41" s="139" t="s">
+      <c r="P41" s="141"/>
+      <c r="Q41" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="R41" s="139" t="s">
+      <c r="R41" s="140" t="s">
         <v>50</v>
       </c>
-      <c r="S41" s="257"/>
-[...1 lines deleted...]
-      <c r="U41" s="139" t="s">
+      <c r="S41" s="342"/>
+      <c r="T41" s="342"/>
+      <c r="U41" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="V41" s="140"/>
-      <c r="W41" s="139" t="s">
+      <c r="V41" s="141"/>
+      <c r="W41" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="X41" s="140"/>
-      <c r="Y41" s="139" t="s">
+      <c r="X41" s="141"/>
+      <c r="Y41" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="Z41" s="139"/>
-[...10 lines deleted...]
-      <c r="AK41" s="139"/>
+      <c r="Z41" s="140"/>
+      <c r="AA41" s="140"/>
+      <c r="AB41" s="140"/>
+      <c r="AC41" s="140"/>
+      <c r="AD41" s="140"/>
+      <c r="AE41" s="140"/>
+      <c r="AF41" s="140"/>
+      <c r="AG41" s="140"/>
+      <c r="AH41" s="140"/>
+      <c r="AI41" s="140"/>
+      <c r="AJ41" s="140"/>
+      <c r="AK41" s="140"/>
       <c r="AL41" s="97"/>
     </row>
     <row r="42" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B42" s="106">
         <v>11</v>
       </c>
-      <c r="C42" s="227" t="s">
+      <c r="C42" s="345" t="s">
         <v>114</v>
       </c>
-      <c r="D42" s="228"/>
-[...3 lines deleted...]
-      <c r="H42" s="229"/>
+      <c r="D42" s="346"/>
+      <c r="E42" s="346"/>
+      <c r="F42" s="346"/>
+      <c r="G42" s="346"/>
+      <c r="H42" s="347"/>
       <c r="I42" s="63" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J42" s="54" t="s">
         <v>115</v>
       </c>
       <c r="K42" s="62"/>
       <c r="L42" s="64" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="54" t="s">
         <v>116</v>
       </c>
       <c r="N42" s="107"/>
       <c r="O42" s="108"/>
-      <c r="P42" s="436">
+      <c r="P42" s="403">
         <v>2025</v>
       </c>
-      <c r="Q42" s="436"/>
-      <c r="R42" s="162" t="s">
+      <c r="Q42" s="403"/>
+      <c r="R42" s="164" t="s">
         <v>4</v>
       </c>
-      <c r="S42" s="436">
+      <c r="S42" s="403">
         <v>4</v>
       </c>
-      <c r="T42" s="436"/>
-      <c r="U42" s="162" t="s">
+      <c r="T42" s="403"/>
+      <c r="U42" s="164" t="s">
         <v>5</v>
       </c>
-      <c r="V42" s="436">
+      <c r="V42" s="403">
         <v>2</v>
       </c>
-      <c r="W42" s="436"/>
-      <c r="X42" s="162" t="s">
+      <c r="W42" s="403"/>
+      <c r="X42" s="164" t="s">
         <v>6</v>
       </c>
-      <c r="Y42" s="231"/>
-[...11 lines deleted...]
-      <c r="AK42" s="231"/>
+      <c r="Y42" s="349"/>
+      <c r="Z42" s="349"/>
+      <c r="AA42" s="349"/>
+      <c r="AB42" s="349"/>
+      <c r="AC42" s="349"/>
+      <c r="AD42" s="349"/>
+      <c r="AE42" s="349"/>
+      <c r="AF42" s="349"/>
+      <c r="AG42" s="349"/>
+      <c r="AH42" s="349"/>
+      <c r="AI42" s="349"/>
+      <c r="AJ42" s="349"/>
+      <c r="AK42" s="349"/>
       <c r="AL42" s="97"/>
     </row>
     <row r="43" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B43" s="232">
+      <c r="B43" s="262">
         <v>12</v>
       </c>
-      <c r="C43" s="234" t="s">
+      <c r="C43" s="217" t="s">
         <v>117</v>
       </c>
-      <c r="D43" s="235"/>
-[...3 lines deleted...]
-      <c r="H43" s="236"/>
+      <c r="D43" s="218"/>
+      <c r="E43" s="218"/>
+      <c r="F43" s="218"/>
+      <c r="G43" s="218"/>
+      <c r="H43" s="219"/>
       <c r="I43" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J43" s="54" t="s">
         <v>103</v>
       </c>
       <c r="K43" s="62"/>
       <c r="L43" s="64" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="54" t="s">
         <v>104</v>
       </c>
       <c r="N43" s="16"/>
       <c r="O43" s="16"/>
       <c r="P43" s="16"/>
       <c r="Q43" s="65"/>
-      <c r="R43" s="240" t="s">
+      <c r="R43" s="350" t="s">
         <v>105</v>
       </c>
-      <c r="S43" s="241"/>
-[...1 lines deleted...]
-      <c r="U43" s="243"/>
+      <c r="S43" s="351"/>
+      <c r="T43" s="352"/>
+      <c r="U43" s="353"/>
       <c r="V43" s="14" t="s">
         <v>4</v>
       </c>
       <c r="W43" s="19"/>
       <c r="X43" s="14" t="s">
         <v>5</v>
       </c>
       <c r="Y43" s="19"/>
       <c r="Z43" s="14" t="s">
         <v>6</v>
       </c>
       <c r="AA43" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="AB43" s="380"/>
-      <c r="AC43" s="381"/>
+      <c r="AB43" s="181"/>
+      <c r="AC43" s="182"/>
       <c r="AD43" s="14" t="s">
         <v>4</v>
       </c>
       <c r="AE43" s="19"/>
       <c r="AF43" s="14" t="s">
         <v>5</v>
       </c>
       <c r="AG43" s="19"/>
       <c r="AH43" s="14" t="s">
         <v>6</v>
       </c>
       <c r="AI43" s="14"/>
       <c r="AJ43" s="117"/>
       <c r="AL43" s="97"/>
     </row>
     <row r="44" spans="2:38" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="233"/>
-[...6 lines deleted...]
-      <c r="I44" s="220" t="s">
+      <c r="B44" s="264"/>
+      <c r="C44" s="268"/>
+      <c r="D44" s="269"/>
+      <c r="E44" s="269"/>
+      <c r="F44" s="269"/>
+      <c r="G44" s="269"/>
+      <c r="H44" s="270"/>
+      <c r="I44" s="322" t="s">
         <v>95</v>
       </c>
-      <c r="J44" s="220"/>
-[...4 lines deleted...]
-      <c r="O44" s="134" t="s">
+      <c r="J44" s="322"/>
+      <c r="K44" s="322"/>
+      <c r="L44" s="322"/>
+      <c r="M44" s="323"/>
+      <c r="N44" s="324"/>
+      <c r="O44" s="135" t="s">
         <v>96</v>
       </c>
-      <c r="P44" s="222"/>
-[...1 lines deleted...]
-      <c r="R44" s="134" t="s">
+      <c r="P44" s="324"/>
+      <c r="Q44" s="324"/>
+      <c r="R44" s="135" t="s">
         <v>80</v>
       </c>
-      <c r="S44" s="134" t="s">
+      <c r="S44" s="135" t="s">
         <v>50</v>
       </c>
-      <c r="T44" s="222"/>
-[...1 lines deleted...]
-      <c r="V44" s="134" t="s">
+      <c r="T44" s="324"/>
+      <c r="U44" s="324"/>
+      <c r="V44" s="135" t="s">
         <v>96</v>
       </c>
-      <c r="W44" s="222"/>
-[...1 lines deleted...]
-      <c r="Y44" s="134" t="s">
+      <c r="W44" s="324"/>
+      <c r="X44" s="324"/>
+      <c r="Y44" s="135" t="s">
         <v>80</v>
       </c>
-      <c r="Z44" s="135" t="s">
+      <c r="Z44" s="136" t="s">
         <v>81</v>
       </c>
-      <c r="AA44" s="137"/>
-[...3 lines deleted...]
-      <c r="AE44" s="135" t="s">
+      <c r="AA44" s="138"/>
+      <c r="AB44" s="136"/>
+      <c r="AC44" s="357"/>
+      <c r="AD44" s="357"/>
+      <c r="AE44" s="136" t="s">
         <v>82</v>
       </c>
-      <c r="AF44" s="135"/>
-[...4 lines deleted...]
-      <c r="AK44" s="136"/>
+      <c r="AF44" s="136"/>
+      <c r="AG44" s="136"/>
+      <c r="AH44" s="136"/>
+      <c r="AI44" s="136"/>
+      <c r="AJ44" s="138"/>
+      <c r="AK44" s="137"/>
     </row>
     <row r="45" spans="2:38" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B45" s="109">
         <v>13</v>
       </c>
-      <c r="C45" s="190" t="s">
+      <c r="C45" s="354" t="s">
         <v>118</v>
       </c>
-      <c r="D45" s="188"/>
-[...3 lines deleted...]
-      <c r="H45" s="188"/>
+      <c r="D45" s="355"/>
+      <c r="E45" s="355"/>
+      <c r="F45" s="355"/>
+      <c r="G45" s="355"/>
+      <c r="H45" s="355"/>
       <c r="I45" s="63" t="s">
         <v>20</v>
       </c>
       <c r="J45" s="54" t="s">
         <v>119</v>
       </c>
       <c r="K45" s="64" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="54" t="s">
         <v>120</v>
       </c>
       <c r="M45" s="54"/>
       <c r="N45" s="64" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="O45" s="54" t="s">
         <v>121</v>
       </c>
       <c r="P45" s="54"/>
       <c r="R45" s="96"/>
       <c r="S45" s="96"/>
       <c r="T45" s="96"/>
       <c r="U45" s="96"/>
       <c r="V45" s="96"/>
       <c r="W45" s="110"/>
       <c r="X45" s="110"/>
       <c r="Y45" s="110"/>
       <c r="Z45" s="110"/>
       <c r="AA45" s="110"/>
       <c r="AB45" s="110"/>
       <c r="AC45" s="110"/>
       <c r="AD45" s="110"/>
       <c r="AE45" s="110"/>
       <c r="AF45" s="110"/>
       <c r="AG45" s="96"/>
       <c r="AH45" s="15"/>
       <c r="AI45" s="15"/>
       <c r="AJ45" s="15"/>
       <c r="AK45" s="112"/>
       <c r="AL45" s="97"/>
     </row>
     <row r="46" spans="2:38" s="1" customFormat="1" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B46" s="84">
         <v>14</v>
       </c>
-      <c r="C46" s="218" t="s">
+      <c r="C46" s="356" t="s">
         <v>123</v>
       </c>
-      <c r="D46" s="218"/>
-[...3 lines deleted...]
-      <c r="H46" s="218"/>
+      <c r="D46" s="356"/>
+      <c r="E46" s="356"/>
+      <c r="F46" s="356"/>
+      <c r="G46" s="356"/>
+      <c r="H46" s="356"/>
       <c r="I46" s="87" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J46" s="88" t="s">
         <v>119</v>
       </c>
       <c r="K46" s="89" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="88" t="s">
         <v>120</v>
       </c>
       <c r="M46" s="88"/>
       <c r="N46" s="89" t="s">
         <v>20</v>
       </c>
       <c r="O46" s="88" t="s">
         <v>121</v>
       </c>
       <c r="P46" s="64" t="s">
         <v>20</v>
       </c>
       <c r="Q46" s="54" t="s">
         <v>122</v>
       </c>
       <c r="R46" s="96"/>
       <c r="S46" s="96"/>
       <c r="T46" s="96"/>
       <c r="U46" s="96"/>
       <c r="V46" s="96"/>
       <c r="W46" s="110"/>
       <c r="X46" s="110"/>
       <c r="Y46" s="110"/>
       <c r="Z46" s="110"/>
       <c r="AA46" s="110"/>
       <c r="AB46" s="110"/>
       <c r="AC46" s="110"/>
       <c r="AD46" s="110"/>
       <c r="AE46" s="110"/>
       <c r="AF46" s="110"/>
       <c r="AG46" s="96"/>
       <c r="AH46" s="15"/>
       <c r="AI46" s="15"/>
       <c r="AJ46" s="15"/>
       <c r="AL46" s="98"/>
     </row>
     <row r="47" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="156">
+      <c r="B47" s="158">
         <v>15</v>
       </c>
-      <c r="C47" s="210" t="s">
+      <c r="C47" s="358" t="s">
         <v>124</v>
       </c>
-      <c r="D47" s="211"/>
-[...3 lines deleted...]
-      <c r="H47" s="212"/>
+      <c r="D47" s="251"/>
+      <c r="E47" s="251"/>
+      <c r="F47" s="251"/>
+      <c r="G47" s="251"/>
+      <c r="H47" s="359"/>
       <c r="I47" s="87" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J47" s="88" t="s">
         <v>125</v>
       </c>
       <c r="K47" s="89" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="88" t="s">
         <v>126</v>
       </c>
       <c r="M47" s="88"/>
       <c r="N47" s="89" t="s">
         <v>20</v>
       </c>
       <c r="O47" s="88" t="s">
         <v>127</v>
       </c>
       <c r="P47" s="90"/>
       <c r="Q47" s="83"/>
       <c r="R47" s="83"/>
       <c r="S47" s="83"/>
       <c r="T47" s="83"/>
       <c r="U47" s="83"/>
       <c r="V47" s="83"/>
       <c r="W47" s="83"/>
       <c r="X47" s="83"/>
       <c r="Y47" s="83"/>
       <c r="Z47" s="83"/>
       <c r="AA47" s="83"/>
       <c r="AB47" s="83"/>
       <c r="AC47" s="83"/>
       <c r="AD47" s="83"/>
       <c r="AE47" s="83"/>
       <c r="AF47" s="83"/>
       <c r="AG47" s="83"/>
       <c r="AH47" s="83"/>
       <c r="AI47" s="83"/>
       <c r="AJ47" s="83"/>
       <c r="AK47" s="83"/>
       <c r="AL47" s="97"/>
     </row>
     <row r="48" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="163">
+      <c r="B48" s="165">
         <v>16</v>
       </c>
-      <c r="C48" s="210" t="s">
+      <c r="C48" s="358" t="s">
         <v>128</v>
       </c>
-      <c r="D48" s="211"/>
-[...3 lines deleted...]
-      <c r="H48" s="212"/>
+      <c r="D48" s="251"/>
+      <c r="E48" s="251"/>
+      <c r="F48" s="251"/>
+      <c r="G48" s="251"/>
+      <c r="H48" s="359"/>
       <c r="I48" s="50" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J48" s="85" t="s">
         <v>125</v>
       </c>
       <c r="K48" s="53" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="85" t="s">
         <v>126</v>
       </c>
       <c r="M48" s="85"/>
       <c r="N48" s="53" t="s">
         <v>20</v>
       </c>
       <c r="O48" s="85" t="s">
         <v>127</v>
       </c>
       <c r="P48" s="86"/>
       <c r="Q48" s="83"/>
       <c r="R48" s="83"/>
       <c r="S48" s="83"/>
       <c r="T48" s="83"/>
       <c r="U48" s="83"/>
       <c r="V48" s="83"/>
       <c r="W48" s="83"/>
       <c r="X48" s="83"/>
       <c r="Y48" s="83"/>
       <c r="Z48" s="83"/>
       <c r="AA48" s="83"/>
       <c r="AB48" s="83"/>
       <c r="AC48" s="83"/>
       <c r="AD48" s="83"/>
       <c r="AE48" s="83"/>
       <c r="AF48" s="83"/>
       <c r="AG48" s="83"/>
       <c r="AH48" s="83"/>
       <c r="AI48" s="83"/>
       <c r="AJ48" s="83"/>
       <c r="AK48" s="83"/>
       <c r="AL48" s="97"/>
     </row>
     <row r="49" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="163">
+      <c r="B49" s="165">
         <v>17</v>
       </c>
-      <c r="C49" s="188" t="s">
+      <c r="C49" s="355" t="s">
         <v>129</v>
       </c>
-      <c r="D49" s="224"/>
-[...6 lines deleted...]
-      <c r="K49" s="164" t="s">
+      <c r="D49" s="360"/>
+      <c r="E49" s="360"/>
+      <c r="F49" s="360"/>
+      <c r="G49" s="360"/>
+      <c r="H49" s="360"/>
+      <c r="I49" s="361"/>
+      <c r="J49" s="362"/>
+      <c r="K49" s="166" t="s">
         <v>4</v>
       </c>
-      <c r="L49" s="219"/>
-[...1 lines deleted...]
-      <c r="N49" s="164" t="s">
+      <c r="L49" s="250"/>
+      <c r="M49" s="250"/>
+      <c r="N49" s="166" t="s">
         <v>5</v>
       </c>
-      <c r="O49" s="219"/>
-[...1 lines deleted...]
-      <c r="Q49" s="164" t="s">
+      <c r="O49" s="250"/>
+      <c r="P49" s="250"/>
+      <c r="Q49" s="166" t="s">
         <v>6</v>
       </c>
       <c r="R49" s="94"/>
-      <c r="S49" s="205" t="s">
+      <c r="S49" s="363" t="s">
         <v>106</v>
       </c>
-      <c r="T49" s="205"/>
+      <c r="T49" s="363"/>
       <c r="U49" s="94"/>
-      <c r="V49" s="226"/>
-[...1 lines deleted...]
-      <c r="X49" s="164" t="s">
+      <c r="V49" s="362"/>
+      <c r="W49" s="362"/>
+      <c r="X49" s="166" t="s">
         <v>4</v>
       </c>
-      <c r="Y49" s="219"/>
-[...1 lines deleted...]
-      <c r="AA49" s="164" t="s">
+      <c r="Y49" s="250"/>
+      <c r="Z49" s="250"/>
+      <c r="AA49" s="166" t="s">
         <v>5</v>
       </c>
-      <c r="AB49" s="219"/>
-[...1 lines deleted...]
-      <c r="AD49" s="164" t="s">
+      <c r="AB49" s="250"/>
+      <c r="AC49" s="250"/>
+      <c r="AD49" s="166" t="s">
         <v>6</v>
       </c>
-      <c r="AE49" s="205"/>
-[...1 lines deleted...]
-      <c r="AG49" s="205"/>
+      <c r="AE49" s="363"/>
+      <c r="AF49" s="363"/>
+      <c r="AG49" s="363"/>
       <c r="AH49" s="95"/>
       <c r="AI49" s="95"/>
       <c r="AJ49" s="92"/>
       <c r="AK49" s="113"/>
     </row>
     <row r="50" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="163">
+      <c r="B50" s="165">
         <v>18</v>
       </c>
-      <c r="C50" s="190" t="s">
+      <c r="C50" s="354" t="s">
         <v>130</v>
       </c>
-      <c r="D50" s="188"/>
-[...32 lines deleted...]
-      <c r="AK50" s="192"/>
+      <c r="D50" s="355"/>
+      <c r="E50" s="355"/>
+      <c r="F50" s="355"/>
+      <c r="G50" s="355"/>
+      <c r="H50" s="355"/>
+      <c r="I50" s="393"/>
+      <c r="J50" s="394"/>
+      <c r="K50" s="394"/>
+      <c r="L50" s="394"/>
+      <c r="M50" s="394"/>
+      <c r="N50" s="394"/>
+      <c r="O50" s="394"/>
+      <c r="P50" s="394"/>
+      <c r="Q50" s="394"/>
+      <c r="R50" s="394"/>
+      <c r="S50" s="394"/>
+      <c r="T50" s="394"/>
+      <c r="U50" s="394"/>
+      <c r="V50" s="394"/>
+      <c r="W50" s="394"/>
+      <c r="X50" s="394"/>
+      <c r="Y50" s="394"/>
+      <c r="Z50" s="394"/>
+      <c r="AA50" s="394"/>
+      <c r="AB50" s="394"/>
+      <c r="AC50" s="394"/>
+      <c r="AD50" s="394"/>
+      <c r="AE50" s="394"/>
+      <c r="AF50" s="394"/>
+      <c r="AG50" s="394"/>
+      <c r="AH50" s="394"/>
+      <c r="AI50" s="394"/>
+      <c r="AJ50" s="394"/>
+      <c r="AK50" s="394"/>
       <c r="AL50" s="97"/>
     </row>
     <row r="51" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="188">
+      <c r="B51" s="355">
         <v>19</v>
       </c>
-      <c r="C51" s="190" t="s">
+      <c r="C51" s="354" t="s">
         <v>131</v>
       </c>
-      <c r="D51" s="188"/>
-[...4 lines deleted...]
-      <c r="I51" s="206" t="s">
+      <c r="D51" s="355"/>
+      <c r="E51" s="355"/>
+      <c r="F51" s="355"/>
+      <c r="G51" s="355"/>
+      <c r="H51" s="355"/>
+      <c r="I51" s="370" t="s">
         <v>132</v>
       </c>
-      <c r="J51" s="207"/>
-[...4 lines deleted...]
-      <c r="O51" s="203" t="s">
+      <c r="J51" s="371"/>
+      <c r="K51" s="371"/>
+      <c r="L51" s="371"/>
+      <c r="M51" s="371"/>
+      <c r="N51" s="372"/>
+      <c r="O51" s="210" t="s">
         <v>133</v>
       </c>
-      <c r="P51" s="196"/>
-[...6 lines deleted...]
-      <c r="W51" s="195" t="s">
+      <c r="P51" s="368"/>
+      <c r="Q51" s="368"/>
+      <c r="R51" s="368"/>
+      <c r="S51" s="368"/>
+      <c r="T51" s="368"/>
+      <c r="U51" s="368"/>
+      <c r="V51" s="368"/>
+      <c r="W51" s="395" t="s">
         <v>134</v>
       </c>
-      <c r="X51" s="196"/>
-[...4 lines deleted...]
-      <c r="AC51" s="193" t="s">
+      <c r="X51" s="368"/>
+      <c r="Y51" s="368"/>
+      <c r="Z51" s="368"/>
+      <c r="AA51" s="368"/>
+      <c r="AB51" s="368"/>
+      <c r="AC51" s="364" t="s">
         <v>20</v>
       </c>
-      <c r="AD51" s="185" t="s">
+      <c r="AD51" s="389" t="s">
         <v>135</v>
       </c>
-      <c r="AE51" s="185"/>
-[...3 lines deleted...]
-      <c r="AG51" s="187" t="s">
+      <c r="AE51" s="389"/>
+      <c r="AF51" s="391" t="s">
+        <v>233</v>
+      </c>
+      <c r="AG51" s="391" t="s">
         <v>136</v>
       </c>
-      <c r="AH51" s="185"/>
-[...2 lines deleted...]
-      <c r="AK51" s="185"/>
+      <c r="AH51" s="389"/>
+      <c r="AI51" s="389"/>
+      <c r="AJ51" s="389"/>
+      <c r="AK51" s="389"/>
       <c r="AL51" s="97"/>
     </row>
     <row r="52" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="189"/>
-[...14 lines deleted...]
-      <c r="O52" s="440">
+      <c r="B52" s="392"/>
+      <c r="C52" s="392"/>
+      <c r="D52" s="392"/>
+      <c r="E52" s="392"/>
+      <c r="F52" s="392"/>
+      <c r="G52" s="392"/>
+      <c r="H52" s="392"/>
+      <c r="I52" s="397" t="s">
+        <v>237</v>
+      </c>
+      <c r="J52" s="398"/>
+      <c r="K52" s="398"/>
+      <c r="L52" s="398"/>
+      <c r="M52" s="398"/>
+      <c r="N52" s="399"/>
+      <c r="O52" s="400">
         <v>2022</v>
       </c>
-      <c r="P52" s="441"/>
+      <c r="P52" s="401"/>
       <c r="Q52" s="103" t="s">
         <v>4</v>
       </c>
-      <c r="R52" s="172">
+      <c r="R52" s="174">
         <v>8</v>
       </c>
       <c r="S52" s="103" t="s">
         <v>5</v>
       </c>
-      <c r="T52" s="442">
+      <c r="T52" s="402">
         <v>7</v>
       </c>
-      <c r="U52" s="441"/>
+      <c r="U52" s="401"/>
       <c r="V52" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="W52" s="437" t="s">
-[...15 lines deleted...]
-      <c r="AK52" s="186"/>
+      <c r="W52" s="397" t="s">
+        <v>238</v>
+      </c>
+      <c r="X52" s="397"/>
+      <c r="Y52" s="397"/>
+      <c r="Z52" s="397"/>
+      <c r="AA52" s="397"/>
+      <c r="AB52" s="397"/>
+      <c r="AC52" s="365"/>
+      <c r="AD52" s="390"/>
+      <c r="AE52" s="390"/>
+      <c r="AF52" s="390"/>
+      <c r="AG52" s="390"/>
+      <c r="AH52" s="390"/>
+      <c r="AI52" s="390"/>
+      <c r="AJ52" s="390"/>
+      <c r="AK52" s="390"/>
       <c r="AL52" s="99"/>
     </row>
     <row r="53" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="189"/>
-[...6 lines deleted...]
-      <c r="I53" s="204" t="s">
+      <c r="B53" s="392"/>
+      <c r="C53" s="392"/>
+      <c r="D53" s="392"/>
+      <c r="E53" s="392"/>
+      <c r="F53" s="392"/>
+      <c r="G53" s="392"/>
+      <c r="H53" s="392"/>
+      <c r="I53" s="209" t="s">
         <v>137</v>
       </c>
-      <c r="J53" s="199"/>
-[...4 lines deleted...]
-      <c r="O53" s="204" t="s">
+      <c r="J53" s="380"/>
+      <c r="K53" s="380"/>
+      <c r="L53" s="380"/>
+      <c r="M53" s="380"/>
+      <c r="N53" s="380"/>
+      <c r="O53" s="209" t="s">
         <v>133</v>
       </c>
-      <c r="P53" s="200"/>
-[...6 lines deleted...]
-      <c r="W53" s="199" t="s">
+      <c r="P53" s="369"/>
+      <c r="Q53" s="369"/>
+      <c r="R53" s="369"/>
+      <c r="S53" s="369"/>
+      <c r="T53" s="369"/>
+      <c r="U53" s="369"/>
+      <c r="V53" s="369"/>
+      <c r="W53" s="380" t="s">
         <v>134</v>
       </c>
-      <c r="X53" s="200"/>
-[...4 lines deleted...]
-      <c r="AC53" s="193" t="s">
+      <c r="X53" s="369"/>
+      <c r="Y53" s="369"/>
+      <c r="Z53" s="369"/>
+      <c r="AA53" s="369"/>
+      <c r="AB53" s="369"/>
+      <c r="AC53" s="364" t="s">
         <v>20</v>
       </c>
-      <c r="AD53" s="185" t="s">
+      <c r="AD53" s="389" t="s">
         <v>135</v>
       </c>
-      <c r="AE53" s="185"/>
-      <c r="AF53" s="187" t="s">
+      <c r="AE53" s="389"/>
+      <c r="AF53" s="391" t="s">
         <v>20</v>
       </c>
-      <c r="AG53" s="187" t="s">
+      <c r="AG53" s="391" t="s">
         <v>136</v>
       </c>
-      <c r="AH53" s="185"/>
-[...2 lines deleted...]
-      <c r="AK53" s="185"/>
+      <c r="AH53" s="389"/>
+      <c r="AI53" s="389"/>
+      <c r="AJ53" s="389"/>
+      <c r="AK53" s="389"/>
       <c r="AL53" s="97"/>
     </row>
     <row r="54" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="189"/>
-[...13 lines deleted...]
-      <c r="P54" s="202"/>
+      <c r="B54" s="392"/>
+      <c r="C54" s="392"/>
+      <c r="D54" s="392"/>
+      <c r="E54" s="392"/>
+      <c r="F54" s="392"/>
+      <c r="G54" s="392"/>
+      <c r="H54" s="392"/>
+      <c r="I54" s="376"/>
+      <c r="J54" s="377"/>
+      <c r="K54" s="377"/>
+      <c r="L54" s="377"/>
+      <c r="M54" s="377"/>
+      <c r="N54" s="377"/>
+      <c r="O54" s="366"/>
+      <c r="P54" s="367"/>
       <c r="Q54" s="103" t="s">
         <v>4</v>
       </c>
       <c r="R54" s="104"/>
       <c r="S54" s="103" t="s">
         <v>5</v>
       </c>
-      <c r="T54" s="213"/>
-      <c r="U54" s="214"/>
+      <c r="T54" s="374"/>
+      <c r="U54" s="375"/>
       <c r="V54" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="W54" s="197"/>
-[...13 lines deleted...]
-      <c r="AK54" s="186"/>
+      <c r="W54" s="377"/>
+      <c r="X54" s="396"/>
+      <c r="Y54" s="396"/>
+      <c r="Z54" s="396"/>
+      <c r="AA54" s="396"/>
+      <c r="AB54" s="396"/>
+      <c r="AC54" s="365"/>
+      <c r="AD54" s="390"/>
+      <c r="AE54" s="390"/>
+      <c r="AF54" s="390"/>
+      <c r="AG54" s="390"/>
+      <c r="AH54" s="390"/>
+      <c r="AI54" s="390"/>
+      <c r="AJ54" s="390"/>
+      <c r="AK54" s="390"/>
       <c r="AL54" s="97"/>
     </row>
     <row r="55" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="189"/>
-[...6 lines deleted...]
-      <c r="I55" s="204" t="s">
+      <c r="B55" s="392"/>
+      <c r="C55" s="392"/>
+      <c r="D55" s="392"/>
+      <c r="E55" s="392"/>
+      <c r="F55" s="392"/>
+      <c r="G55" s="392"/>
+      <c r="H55" s="392"/>
+      <c r="I55" s="209" t="s">
         <v>137</v>
       </c>
-      <c r="J55" s="199"/>
-[...4 lines deleted...]
-      <c r="O55" s="204" t="s">
+      <c r="J55" s="380"/>
+      <c r="K55" s="380"/>
+      <c r="L55" s="380"/>
+      <c r="M55" s="380"/>
+      <c r="N55" s="380"/>
+      <c r="O55" s="209" t="s">
         <v>133</v>
       </c>
-      <c r="P55" s="200"/>
-[...6 lines deleted...]
-      <c r="W55" s="199" t="s">
+      <c r="P55" s="369"/>
+      <c r="Q55" s="369"/>
+      <c r="R55" s="369"/>
+      <c r="S55" s="369"/>
+      <c r="T55" s="369"/>
+      <c r="U55" s="369"/>
+      <c r="V55" s="369"/>
+      <c r="W55" s="380" t="s">
         <v>134</v>
       </c>
-      <c r="X55" s="200"/>
-[...4 lines deleted...]
-      <c r="AC55" s="193" t="s">
+      <c r="X55" s="369"/>
+      <c r="Y55" s="369"/>
+      <c r="Z55" s="369"/>
+      <c r="AA55" s="369"/>
+      <c r="AB55" s="369"/>
+      <c r="AC55" s="364" t="s">
         <v>20</v>
       </c>
-      <c r="AD55" s="185" t="s">
+      <c r="AD55" s="389" t="s">
         <v>135</v>
       </c>
-      <c r="AE55" s="185"/>
-      <c r="AF55" s="187" t="s">
+      <c r="AE55" s="389"/>
+      <c r="AF55" s="391" t="s">
         <v>20</v>
       </c>
-      <c r="AG55" s="187" t="s">
+      <c r="AG55" s="391" t="s">
         <v>136</v>
       </c>
-      <c r="AH55" s="185"/>
-[...2 lines deleted...]
-      <c r="AK55" s="185"/>
+      <c r="AH55" s="389"/>
+      <c r="AI55" s="389"/>
+      <c r="AJ55" s="389"/>
+      <c r="AK55" s="389"/>
       <c r="AL55" s="97"/>
     </row>
     <row r="56" spans="2:38" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="189"/>
-[...13 lines deleted...]
-      <c r="P56" s="202"/>
+      <c r="B56" s="392"/>
+      <c r="C56" s="392"/>
+      <c r="D56" s="392"/>
+      <c r="E56" s="392"/>
+      <c r="F56" s="392"/>
+      <c r="G56" s="392"/>
+      <c r="H56" s="392"/>
+      <c r="I56" s="376"/>
+      <c r="J56" s="377"/>
+      <c r="K56" s="377"/>
+      <c r="L56" s="377"/>
+      <c r="M56" s="377"/>
+      <c r="N56" s="377"/>
+      <c r="O56" s="366"/>
+      <c r="P56" s="367"/>
       <c r="Q56" s="103" t="s">
         <v>4</v>
       </c>
       <c r="R56" s="104"/>
       <c r="S56" s="103" t="s">
         <v>5</v>
       </c>
-      <c r="T56" s="213"/>
-      <c r="U56" s="214"/>
+      <c r="T56" s="374"/>
+      <c r="U56" s="375"/>
       <c r="V56" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="W56" s="197"/>
-[...13 lines deleted...]
-      <c r="AK56" s="186"/>
+      <c r="W56" s="377"/>
+      <c r="X56" s="396"/>
+      <c r="Y56" s="396"/>
+      <c r="Z56" s="396"/>
+      <c r="AA56" s="396"/>
+      <c r="AB56" s="396"/>
+      <c r="AC56" s="365"/>
+      <c r="AD56" s="390"/>
+      <c r="AE56" s="390"/>
+      <c r="AF56" s="390"/>
+      <c r="AG56" s="390"/>
+      <c r="AH56" s="390"/>
+      <c r="AI56" s="390"/>
+      <c r="AJ56" s="390"/>
+      <c r="AK56" s="390"/>
       <c r="AL56" s="97"/>
     </row>
-    <row r="57" spans="2:38" s="150" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.15">
-[...40 lines deleted...]
-      <c r="C58" t="s">
+    <row r="57" spans="2:38" s="151" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B57" s="152" t="s">
         <v>222</v>
       </c>
-      <c r="D58" s="151"/>
-[...33 lines deleted...]
-      <c r="AJ58" s="151"/>
+      <c r="C57" s="152"/>
+      <c r="D57" s="152"/>
+      <c r="E57" s="152"/>
+      <c r="F57" s="152"/>
+      <c r="G57" s="152"/>
+      <c r="H57" s="152"/>
+      <c r="I57" s="152"/>
+      <c r="J57" s="152"/>
+      <c r="K57" s="152"/>
+      <c r="L57" s="152"/>
+      <c r="M57" s="152"/>
+      <c r="N57" s="152"/>
+      <c r="O57" s="152"/>
+      <c r="P57" s="152"/>
+      <c r="Q57" s="152"/>
+      <c r="R57" s="152"/>
+      <c r="S57" s="152"/>
+      <c r="T57" s="152"/>
+      <c r="U57" s="152"/>
+      <c r="V57" s="152"/>
+      <c r="W57" s="152"/>
+      <c r="X57" s="152"/>
+      <c r="Y57" s="152"/>
+      <c r="Z57" s="152"/>
+      <c r="AA57" s="152"/>
+      <c r="AB57" s="152"/>
+      <c r="AC57" s="152"/>
+      <c r="AD57" s="152"/>
+      <c r="AE57" s="152"/>
+      <c r="AF57" s="152"/>
+      <c r="AG57" s="152"/>
+      <c r="AH57" s="152"/>
+      <c r="AI57" s="152"/>
+      <c r="AJ57" s="152"/>
+    </row>
+    <row r="58" spans="2:38" s="151" customFormat="1" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="152"/>
+      <c r="C58" s="153" t="s">
+        <v>223</v>
+      </c>
+      <c r="D58" s="152"/>
+      <c r="E58" s="152"/>
+      <c r="F58" s="152"/>
+      <c r="G58" s="152"/>
+      <c r="H58" s="152"/>
+      <c r="I58" s="152"/>
+      <c r="J58" s="152"/>
+      <c r="K58" s="152"/>
+      <c r="L58" s="152"/>
+      <c r="M58" s="152"/>
+      <c r="N58" s="152"/>
+      <c r="O58" s="152"/>
+      <c r="P58" s="152"/>
+      <c r="Q58" s="152"/>
+      <c r="R58" s="152"/>
+      <c r="S58" s="152"/>
+      <c r="T58" s="152"/>
+      <c r="U58" s="152"/>
+      <c r="V58" s="152"/>
+      <c r="W58" s="152"/>
+      <c r="X58" s="152"/>
+      <c r="Y58" s="152"/>
+      <c r="Z58" s="152"/>
+      <c r="AA58" s="152"/>
+      <c r="AB58" s="152"/>
+      <c r="AC58" s="152"/>
+      <c r="AD58" s="152"/>
+      <c r="AE58" s="152"/>
+      <c r="AF58" s="152"/>
+      <c r="AG58" s="152"/>
+      <c r="AH58" s="152"/>
+      <c r="AI58" s="154" t="s">
+        <v>240</v>
+      </c>
+      <c r="AJ58" s="152"/>
     </row>
     <row r="59" spans="2:38" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B59" s="101"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
       <c r="W59" s="2"/>
       <c r="X59" s="2"/>
       <c r="Y59" s="2"/>
       <c r="Z59" s="2"/>
       <c r="AA59" s="2"/>
       <c r="AB59" s="2"/>
       <c r="AC59" s="2"/>
       <c r="AD59" s="2"/>
@@ -13514,347 +13524,348 @@
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
       <c r="V60" s="2"/>
       <c r="W60" s="2"/>
       <c r="X60" s="2"/>
       <c r="Y60" s="2"/>
       <c r="Z60" s="2"/>
       <c r="AA60" s="2"/>
       <c r="AB60" s="2"/>
       <c r="AC60" s="2"/>
       <c r="AD60" s="2"/>
       <c r="AE60" s="2"/>
       <c r="AF60" s="2"/>
       <c r="AG60" s="2"/>
       <c r="AH60" s="2"/>
       <c r="AI60" s="2"/>
       <c r="AJ60" s="2"/>
       <c r="AK60" s="2"/>
     </row>
     <row r="61" spans="2:38" x14ac:dyDescent="0.15">
-      <c r="B61" s="209"/>
-[...34 lines deleted...]
-      <c r="AK61" s="209"/>
+      <c r="B61" s="373"/>
+      <c r="C61" s="373"/>
+      <c r="D61" s="373"/>
+      <c r="E61" s="373"/>
+      <c r="F61" s="373"/>
+      <c r="G61" s="373"/>
+      <c r="H61" s="373"/>
+      <c r="I61" s="373"/>
+      <c r="J61" s="373"/>
+      <c r="K61" s="373"/>
+      <c r="L61" s="373"/>
+      <c r="M61" s="373"/>
+      <c r="N61" s="373"/>
+      <c r="O61" s="373"/>
+      <c r="P61" s="373"/>
+      <c r="Q61" s="373"/>
+      <c r="R61" s="373"/>
+      <c r="S61" s="373"/>
+      <c r="T61" s="373"/>
+      <c r="U61" s="373"/>
+      <c r="V61" s="373"/>
+      <c r="W61" s="373"/>
+      <c r="X61" s="373"/>
+      <c r="Y61" s="373"/>
+      <c r="Z61" s="373"/>
+      <c r="AA61" s="373"/>
+      <c r="AB61" s="373"/>
+      <c r="AC61" s="373"/>
+      <c r="AD61" s="373"/>
+      <c r="AE61" s="373"/>
+      <c r="AF61" s="373"/>
+      <c r="AG61" s="373"/>
+      <c r="AH61" s="373"/>
+      <c r="AI61" s="373"/>
+      <c r="AJ61" s="373"/>
+      <c r="AK61" s="373"/>
     </row>
   </sheetData>
   <mergeCells count="236">
+    <mergeCell ref="B1:AJ1"/>
+    <mergeCell ref="B2:I2"/>
+    <mergeCell ref="K2:AK2"/>
+    <mergeCell ref="B3:U5"/>
+    <mergeCell ref="Y3:Z3"/>
+    <mergeCell ref="AA3:AD3"/>
+    <mergeCell ref="AF3:AG3"/>
+    <mergeCell ref="AI3:AJ3"/>
+    <mergeCell ref="V4:Y4"/>
+    <mergeCell ref="Z4:AK4"/>
+    <mergeCell ref="V7:X7"/>
+    <mergeCell ref="Z7:AB7"/>
+    <mergeCell ref="AD7:AG7"/>
+    <mergeCell ref="AI7:AK7"/>
+    <mergeCell ref="B8:E8"/>
+    <mergeCell ref="F8:O8"/>
+    <mergeCell ref="V8:Y8"/>
+    <mergeCell ref="Z8:AK8"/>
+    <mergeCell ref="V5:Y5"/>
+    <mergeCell ref="Z5:AK5"/>
+    <mergeCell ref="B6:O6"/>
+    <mergeCell ref="V6:Y6"/>
+    <mergeCell ref="Z6:AK6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="M7:N7"/>
+    <mergeCell ref="AD9:AG9"/>
+    <mergeCell ref="AI9:AK9"/>
+    <mergeCell ref="V10:AK10"/>
+    <mergeCell ref="C13:H13"/>
+    <mergeCell ref="I13:AK13"/>
+    <mergeCell ref="B14:B17"/>
+    <mergeCell ref="C14:H17"/>
+    <mergeCell ref="Z17:AH17"/>
+    <mergeCell ref="B9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="I9:K9"/>
+    <mergeCell ref="M9:O9"/>
+    <mergeCell ref="V9:Y9"/>
+    <mergeCell ref="Z9:AB9"/>
+    <mergeCell ref="AD19:AF19"/>
+    <mergeCell ref="C20:H20"/>
+    <mergeCell ref="M20:S20"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="AB20:AC20"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="C21:H22"/>
+    <mergeCell ref="I21:L21"/>
+    <mergeCell ref="M21:AK21"/>
+    <mergeCell ref="I22:L22"/>
+    <mergeCell ref="B18:B19"/>
+    <mergeCell ref="C18:H18"/>
+    <mergeCell ref="I18:Z18"/>
+    <mergeCell ref="C19:H19"/>
+    <mergeCell ref="I19:Z19"/>
+    <mergeCell ref="AA19:AC19"/>
+    <mergeCell ref="M22:AK22"/>
+    <mergeCell ref="B23:B24"/>
+    <mergeCell ref="C23:H24"/>
+    <mergeCell ref="AD24:AJ24"/>
+    <mergeCell ref="B25:B33"/>
+    <mergeCell ref="C25:H30"/>
+    <mergeCell ref="P25:R25"/>
+    <mergeCell ref="S25:T26"/>
+    <mergeCell ref="U25:V26"/>
+    <mergeCell ref="W25:X26"/>
+    <mergeCell ref="AJ25:AK26"/>
+    <mergeCell ref="P26:R26"/>
+    <mergeCell ref="I27:N27"/>
+    <mergeCell ref="O27:P27"/>
+    <mergeCell ref="Q27:S27"/>
+    <mergeCell ref="U27:Z27"/>
+    <mergeCell ref="AA27:AB27"/>
+    <mergeCell ref="AC27:AE27"/>
+    <mergeCell ref="AG27:AI27"/>
+    <mergeCell ref="Y25:Z26"/>
+    <mergeCell ref="AA25:AB26"/>
+    <mergeCell ref="AC25:AC26"/>
+    <mergeCell ref="AD25:AF26"/>
+    <mergeCell ref="AG25:AH26"/>
+    <mergeCell ref="AI25:AI26"/>
+    <mergeCell ref="AF28:AI28"/>
+    <mergeCell ref="I29:J29"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="T29:U29"/>
+    <mergeCell ref="W29:X29"/>
+    <mergeCell ref="AC29:AD29"/>
+    <mergeCell ref="AF29:AI29"/>
+    <mergeCell ref="I28:J28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="W28:X28"/>
+    <mergeCell ref="AC28:AD28"/>
+    <mergeCell ref="AE35:AF35"/>
+    <mergeCell ref="AG35:AI35"/>
+    <mergeCell ref="AJ35:AK35"/>
+    <mergeCell ref="X35:Z35"/>
+    <mergeCell ref="AA35:AB35"/>
+    <mergeCell ref="AC35:AD35"/>
+    <mergeCell ref="C31:H33"/>
+    <mergeCell ref="I31:L31"/>
+    <mergeCell ref="S31:T31"/>
+    <mergeCell ref="U31:V31"/>
+    <mergeCell ref="W31:X31"/>
+    <mergeCell ref="AC31:AD31"/>
+    <mergeCell ref="AF31:AI31"/>
+    <mergeCell ref="I32:L32"/>
+    <mergeCell ref="S32:T32"/>
+    <mergeCell ref="U32:V32"/>
+    <mergeCell ref="W32:AK32"/>
+    <mergeCell ref="I33:L33"/>
+    <mergeCell ref="M33:N33"/>
+    <mergeCell ref="P33:Q33"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="W33:X33"/>
+    <mergeCell ref="AC33:AD33"/>
+    <mergeCell ref="R35:S35"/>
+    <mergeCell ref="AF30:AI30"/>
+    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="K30:L30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="T30:U30"/>
+    <mergeCell ref="W30:X30"/>
+    <mergeCell ref="AC30:AD30"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="AA34:AB34"/>
+    <mergeCell ref="AC34:AD34"/>
+    <mergeCell ref="AF34:AG34"/>
+    <mergeCell ref="AI34:AK34"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="B34:B35"/>
+    <mergeCell ref="C34:H35"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="K34:L34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="K35:L35"/>
+    <mergeCell ref="M35:N35"/>
+    <mergeCell ref="O35:Q35"/>
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="C40:H41"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="AD40:AJ40"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:L41"/>
+    <mergeCell ref="S41:T41"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="AA37:AB37"/>
+    <mergeCell ref="AD37:AE37"/>
+    <mergeCell ref="AG37:AK37"/>
+    <mergeCell ref="B38:B39"/>
+    <mergeCell ref="C38:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:L39"/>
+    <mergeCell ref="S39:T39"/>
+    <mergeCell ref="B36:B37"/>
+    <mergeCell ref="C36:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:L37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="Q37:R37"/>
+    <mergeCell ref="U37:V37"/>
+    <mergeCell ref="T44:U44"/>
+    <mergeCell ref="W44:X44"/>
+    <mergeCell ref="AC44:AD44"/>
+    <mergeCell ref="C42:H42"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="S42:T42"/>
+    <mergeCell ref="V42:W42"/>
+    <mergeCell ref="Y42:AK42"/>
+    <mergeCell ref="B43:B44"/>
+    <mergeCell ref="C43:H44"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="T43:U43"/>
+    <mergeCell ref="AB43:AC43"/>
+    <mergeCell ref="C45:H45"/>
+    <mergeCell ref="C46:H46"/>
+    <mergeCell ref="C47:H47"/>
+    <mergeCell ref="C48:H48"/>
+    <mergeCell ref="C49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="I44:L44"/>
+    <mergeCell ref="M44:N44"/>
+    <mergeCell ref="P44:Q44"/>
+    <mergeCell ref="AF51:AF52"/>
+    <mergeCell ref="AG51:AK52"/>
+    <mergeCell ref="I52:N52"/>
+    <mergeCell ref="O52:P52"/>
+    <mergeCell ref="T52:U52"/>
+    <mergeCell ref="W52:AB52"/>
+    <mergeCell ref="AE49:AG49"/>
+    <mergeCell ref="C50:H50"/>
+    <mergeCell ref="I50:AK50"/>
+    <mergeCell ref="C51:H56"/>
+    <mergeCell ref="I51:N51"/>
+    <mergeCell ref="O51:V51"/>
+    <mergeCell ref="W51:AB51"/>
+    <mergeCell ref="AC51:AC52"/>
+    <mergeCell ref="AD51:AE52"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="O49:P49"/>
+    <mergeCell ref="S49:T49"/>
+    <mergeCell ref="V49:W49"/>
+    <mergeCell ref="Y49:Z49"/>
+    <mergeCell ref="AB49:AC49"/>
     <mergeCell ref="B61:AK61"/>
     <mergeCell ref="AF55:AF56"/>
     <mergeCell ref="AG55:AK56"/>
     <mergeCell ref="I56:N56"/>
     <mergeCell ref="O56:P56"/>
     <mergeCell ref="T56:U56"/>
     <mergeCell ref="W56:AB56"/>
     <mergeCell ref="AG53:AK54"/>
     <mergeCell ref="I54:N54"/>
     <mergeCell ref="O54:P54"/>
     <mergeCell ref="T54:U54"/>
     <mergeCell ref="W54:AB54"/>
     <mergeCell ref="I55:N55"/>
     <mergeCell ref="O55:V55"/>
     <mergeCell ref="W55:AB55"/>
     <mergeCell ref="AC55:AC56"/>
     <mergeCell ref="AD55:AE56"/>
     <mergeCell ref="I53:N53"/>
     <mergeCell ref="O53:V53"/>
     <mergeCell ref="W53:AB53"/>
     <mergeCell ref="AC53:AC54"/>
     <mergeCell ref="AD53:AE54"/>
     <mergeCell ref="AF53:AF54"/>
     <mergeCell ref="B51:B56"/>
-    <mergeCell ref="AF51:AF52"/>
-[...210 lines deleted...]
-    <mergeCell ref="Z4:AK4"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="4">
     <dataValidation type="custom" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M35:N35 V35:W35 AE35:AF35 AC28:AD31 AC33:AD33" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>744</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AA43 AA33:AB33" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>"01,02,03,04,05,06,07,08,09,10,11,12,13,14,15,16,17,18,19,20,21,22,23,24,25,26,27,28,29,30,31"</formula1>
     </dataValidation>
     <dataValidation imeMode="halfAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="R32 O32" xr:uid="{00000000-0002-0000-0100-000002000000}"/>
     <dataValidation operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z7:AA7 AI7:AJ7" xr:uid="{00000000-0002-0000-0100-000003000000}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="C14:H17" location="記入要綱!A1" display="業種" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="C58" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId2"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="58" min="1" max="36" man="1"/>
   </rowBreaks>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="15">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000004000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$D$2:$D$20</xm:f>
           </x14:formula1>
           <xm:sqref>O54:P54 O52:P52 O56:P56</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000005000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$H$2:$H$32</xm:f>
           </x14:formula1>
           <xm:sqref>Y20 Q37:R37 V42:W42 AJ19 P41 Y43 X39 AI3:AJ3 AG20 AD37:AE37 Q27:S27 R35 I35 V44 AA35 AG43 P39 X41 O49:P49 AB49:AC49 T52:U52 T54:U54 T56:U56</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000006000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$G$2:$G$13</xm:f>
           </x14:formula1>
           <xm:sqref>AA37:AB37 W20 AE20 N37:O37 V41 Y49:Z49 W34:X34 AF34:AG34 AF3:AG3 AE43 R33:S33 N34:O34 S42:T42 N39 R44:S44 W43 V39 N41 AH19 L49:M49 R52 R54 R56</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000007000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$C$2:$C$31</xm:f>
           </x14:formula1>
@@ -13915,2969 +13926,2976 @@
           <xm:sqref>AD19:AF19</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000011000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$I$2:$I$31</xm:f>
           </x14:formula1>
           <xm:sqref>T33:U33 T44:U44</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000012000000}">
           <x14:formula1>
             <xm:f>プルダウンリスト!$M$2:$M$3</xm:f>
           </x14:formula1>
           <xm:sqref>I14:I17 M14:M15 Q14:Q16 W14:W17 Z14 AE14:AE15 AF16 S17 N17 I20 K20 I26:R26 I23:I24 L23:L24 Q23:Q24 T23 W23:W24 AG23 U24 AA24 M31:M32 P31:P32 O38 I38 L40 O40 I40 L38 L36 I36 L42:L43 I42:I43 T40 X40 AA40 I45:I48 K45:K48 N45:N48 AB23 AF51 AC51 AF53 AC53 AF55 AC55 P46</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:E48"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A25" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="E19" sqref="E19"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="12" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="2.5" style="30" customWidth="1"/>
     <col min="2" max="2" width="19.5" style="30" customWidth="1"/>
     <col min="3" max="3" width="4.5" style="30" customWidth="1"/>
     <col min="4" max="4" width="18.5" style="30" customWidth="1"/>
     <col min="5" max="5" width="63.5" style="30" customWidth="1"/>
     <col min="6" max="16384" width="8.75" style="30"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="17.25" x14ac:dyDescent="0.15">
-      <c r="A1"/>
-      <c r="B1" s="455" t="s">
+      <c r="A1" s="126" t="s">
         <v>147</v>
       </c>
-      <c r="C1" s="455"/>
-[...1 lines deleted...]
-      <c r="E1" s="455"/>
+      <c r="B1" s="447" t="s">
+        <v>148</v>
+      </c>
+      <c r="C1" s="447"/>
+      <c r="D1" s="447"/>
+      <c r="E1" s="447"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A2" s="31"/>
       <c r="B2" s="31"/>
       <c r="C2" s="31"/>
       <c r="D2" s="31"/>
       <c r="E2" s="31"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A3" s="32" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B3" s="33"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="33"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B4" s="34"/>
       <c r="C4" s="34"/>
       <c r="D4" s="34"/>
     </row>
     <row r="5" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B5" s="146" t="s">
-        <v>149</v>
+      <c r="B5" s="147" t="s">
+        <v>150</v>
       </c>
       <c r="C5" s="80"/>
       <c r="D5" s="81"/>
-      <c r="E5" s="147" t="s">
-        <v>150</v>
+      <c r="E5" s="148" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="50.1" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B6" s="146" t="s">
-        <v>151</v>
+      <c r="B6" s="147" t="s">
+        <v>152</v>
       </c>
       <c r="C6" s="80"/>
       <c r="D6" s="81"/>
-      <c r="E6" s="147" t="s">
-        <v>152</v>
+      <c r="E6" s="148" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="69.95" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B7" s="147" t="s">
+      <c r="B7" s="148" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="80"/>
       <c r="D7" s="81"/>
-      <c r="E7" s="147" t="s">
-        <v>153</v>
+      <c r="E7" s="148" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="50.1" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B8" s="147" t="s">
+      <c r="B8" s="148" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="80"/>
       <c r="D8" s="81"/>
-      <c r="E8" s="147" t="s">
-        <v>154</v>
+      <c r="E8" s="148" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B9" s="147" t="s">
-        <v>155</v>
+      <c r="B9" s="148" t="s">
+        <v>156</v>
       </c>
       <c r="C9" s="82"/>
       <c r="D9" s="81"/>
-      <c r="E9" s="147" t="s">
-        <v>156</v>
+      <c r="E9" s="148" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B10" s="147" t="s">
-        <v>157</v>
+      <c r="B10" s="148" t="s">
+        <v>158</v>
       </c>
       <c r="C10" s="80"/>
       <c r="D10" s="81"/>
-      <c r="E10" s="147" t="s">
-        <v>158</v>
+      <c r="E10" s="148" t="s">
+        <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B11" s="35"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A12" s="32" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B12" s="33"/>
       <c r="C12" s="33"/>
       <c r="D12" s="33"/>
       <c r="E12" s="33"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A13" s="34"/>
     </row>
     <row r="14" spans="1:5" ht="50.1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="34"/>
-      <c r="B14" s="148" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="444" t="s">
+      <c r="B14" s="149" t="s">
+        <v>161</v>
+      </c>
+      <c r="C14" s="446" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="444"/>
+      <c r="D14" s="446"/>
       <c r="E14" s="125" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B15" s="35"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A16" s="32" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B16" s="33"/>
       <c r="C16" s="33"/>
       <c r="D16" s="33"/>
       <c r="E16" s="33"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A17" s="34"/>
     </row>
     <row r="18" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="34"/>
-      <c r="B18" s="456" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="458" t="s">
+      <c r="B18" s="448" t="s">
         <v>164</v>
       </c>
-      <c r="D18" s="458"/>
+      <c r="C18" s="450" t="s">
+        <v>165</v>
+      </c>
+      <c r="D18" s="450"/>
       <c r="E18" s="125" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B19" s="457"/>
-[...3 lines deleted...]
-      <c r="D19" s="458"/>
+      <c r="B19" s="449"/>
+      <c r="C19" s="450" t="s">
+        <v>167</v>
+      </c>
+      <c r="D19" s="450"/>
       <c r="E19" s="125" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A21" s="32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
     </row>
     <row r="23" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="125" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="C23" s="444" t="s">
         <v>170</v>
       </c>
-      <c r="D23" s="444"/>
+      <c r="C23" s="446" t="s">
+        <v>171</v>
+      </c>
+      <c r="D23" s="446"/>
       <c r="E23" s="125" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B24" s="445" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="447" t="s">
+      <c r="B24" s="453" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" s="455" t="s">
         <v>51</v>
       </c>
-      <c r="D24" s="448"/>
+      <c r="D24" s="456"/>
       <c r="E24" s="39" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B25" s="446"/>
-[...1 lines deleted...]
-      <c r="D25" s="450"/>
+      <c r="B25" s="454"/>
+      <c r="C25" s="457"/>
+      <c r="D25" s="458"/>
       <c r="E25" s="36" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="180" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B26" s="125" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="C26" s="443" t="s">
         <v>176</v>
       </c>
-      <c r="D26" s="443"/>
+      <c r="C26" s="445" t="s">
+        <v>177</v>
+      </c>
+      <c r="D26" s="445"/>
       <c r="E26" s="125" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="399.95" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B27" s="451" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="443" t="s">
+      <c r="B27" s="459" t="s">
         <v>179</v>
       </c>
-      <c r="D27" s="444"/>
+      <c r="C27" s="445" t="s">
+        <v>180</v>
+      </c>
+      <c r="D27" s="446"/>
       <c r="E27" s="125" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="380.1" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="452"/>
-[...3 lines deleted...]
-      <c r="D28" s="444"/>
+      <c r="B28" s="460"/>
+      <c r="C28" s="445" t="s">
+        <v>182</v>
+      </c>
+      <c r="D28" s="446"/>
       <c r="E28" s="125" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="189.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="125" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="C29" s="459" t="s">
         <v>184</v>
       </c>
-      <c r="D29" s="460"/>
+      <c r="C29" s="451" t="s">
+        <v>185</v>
+      </c>
+      <c r="D29" s="452"/>
       <c r="E29" s="125" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="125" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="C30" s="443" t="s">
         <v>187</v>
       </c>
-      <c r="D30" s="443"/>
+      <c r="C30" s="445" t="s">
+        <v>188</v>
+      </c>
+      <c r="D30" s="445"/>
       <c r="E30" s="125" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="170.1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="125" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="C31" s="443" t="s">
         <v>190</v>
       </c>
-      <c r="D31" s="443"/>
+      <c r="C31" s="445" t="s">
+        <v>191</v>
+      </c>
+      <c r="D31" s="445"/>
       <c r="E31" s="125" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="150" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B32" s="125" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="C32" s="453" t="s">
         <v>193</v>
       </c>
-      <c r="D32" s="454"/>
-      <c r="E32" s="147" t="s">
+      <c r="C32" s="461" t="s">
         <v>194</v>
+      </c>
+      <c r="D32" s="462"/>
+      <c r="E32" s="148" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="125" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="C33" s="444" t="s">
         <v>196</v>
       </c>
-      <c r="D33" s="444"/>
+      <c r="C33" s="446" t="s">
+        <v>197</v>
+      </c>
+      <c r="D33" s="446"/>
       <c r="E33" s="125" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="150" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="125" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C34" s="453" t="s">
         <v>199</v>
       </c>
-      <c r="D34" s="454"/>
-      <c r="E34" s="149" t="s">
+      <c r="C34" s="461" t="s">
         <v>200</v>
+      </c>
+      <c r="D34" s="462"/>
+      <c r="E34" s="150" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B35" s="35"/>
       <c r="E35" s="35"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A36" s="32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B36" s="37"/>
       <c r="C36" s="33"/>
       <c r="D36" s="33"/>
       <c r="E36" s="37"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B37" s="35"/>
       <c r="E37" s="35"/>
     </row>
     <row r="38" spans="1:5" ht="69.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="125" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="C38" s="443" t="s">
         <v>203</v>
       </c>
-      <c r="D38" s="444"/>
+      <c r="C38" s="445" t="s">
+        <v>204</v>
+      </c>
+      <c r="D38" s="446"/>
       <c r="E38" s="125" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B39" s="35"/>
       <c r="E39" s="38"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B40" s="35"/>
       <c r="E40" s="35"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A41" s="32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B41" s="37"/>
       <c r="C41" s="33"/>
       <c r="D41" s="37"/>
       <c r="E41" s="37"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B42" s="35"/>
       <c r="D42" s="35"/>
       <c r="E42" s="35"/>
     </row>
     <row r="43" spans="1:5" ht="112.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B43" s="125" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="C43" s="443" t="s">
         <v>207</v>
       </c>
-      <c r="D43" s="444"/>
+      <c r="C43" s="445" t="s">
+        <v>208</v>
+      </c>
+      <c r="D43" s="446"/>
       <c r="E43" s="125" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="112.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B44" s="125" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C44" s="443" t="s">
         <v>210</v>
       </c>
-      <c r="D44" s="444"/>
+      <c r="C44" s="445" t="s">
+        <v>211</v>
+      </c>
+      <c r="D44" s="446"/>
       <c r="E44" s="125" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B45" s="125" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="C45" s="443" t="s">
+        <v>213</v>
+      </c>
+      <c r="C45" s="445" t="s">
         <v>128</v>
       </c>
-      <c r="D45" s="444"/>
+      <c r="D45" s="446"/>
       <c r="E45" s="125" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="36" x14ac:dyDescent="0.15">
       <c r="B46" s="125" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="C46" s="443" t="s">
+        <v>215</v>
+      </c>
+      <c r="C46" s="445" t="s">
         <v>129</v>
       </c>
-      <c r="D46" s="444"/>
+      <c r="D46" s="446"/>
       <c r="E46" s="125" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="159.94999999999999" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B47" s="125" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="C47" s="443" t="s">
+        <v>217</v>
+      </c>
+      <c r="C47" s="445" t="s">
         <v>130</v>
       </c>
-      <c r="D47" s="444"/>
+      <c r="D47" s="446"/>
       <c r="E47" s="125" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="50.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B48" s="125" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="C48" s="443" t="s">
+        <v>219</v>
+      </c>
+      <c r="C48" s="445" t="s">
         <v>131</v>
       </c>
-      <c r="D48" s="444"/>
+      <c r="D48" s="446"/>
       <c r="E48" s="125" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="25">
-    <mergeCell ref="C38:D38"/>
-[...7 lines deleted...]
-    <mergeCell ref="C29:D29"/>
     <mergeCell ref="C48:D48"/>
     <mergeCell ref="B24:B25"/>
     <mergeCell ref="C24:D25"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="B27:B28"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="C45:D45"/>
     <mergeCell ref="C46:D46"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="C32:D32"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="C34:D34"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="B18:B19"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C29:D29"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
+  <hyperlinks>
+    <hyperlink ref="A1" location="標準的な様式!A1" display="戻" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="73" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="29" max="4" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M123"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="D20" sqref="D20"/>
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="21.5" customWidth="1"/>
     <col min="2" max="2" width="30.125" customWidth="1"/>
     <col min="3" max="3" width="8.5" customWidth="1"/>
     <col min="4" max="4" width="9.25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.25" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.25" customWidth="1"/>
     <col min="13" max="13" width="15.75" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.15">
       <c r="A1" t="s">
         <v>138</v>
       </c>
       <c r="B1" t="s">
         <v>139</v>
       </c>
       <c r="C1" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>133</v>
       </c>
       <c r="E1" t="s">
         <v>140</v>
       </c>
       <c r="F1" t="s">
         <v>141</v>
       </c>
       <c r="G1" t="s">
         <v>142</v>
       </c>
       <c r="H1" t="s">
         <v>143</v>
       </c>
       <c r="I1" t="s">
         <v>87</v>
       </c>
       <c r="J1" t="s">
         <v>80</v>
       </c>
       <c r="K1" t="s">
         <v>80</v>
       </c>
       <c r="L1" t="s">
         <v>144</v>
       </c>
-      <c r="M1" s="142" t="s">
+      <c r="M1" s="143" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="1"/>
       <c r="B2" s="78"/>
-      <c r="C2" s="143">
+      <c r="C2" s="144">
         <f ca="1">YEAR(TODAY())</f>
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="D2" s="143">
+        <v>2026</v>
+      </c>
+      <c r="D2" s="144">
         <f ca="1">YEAR(TODAY())</f>
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="E2" s="143">
+        <v>2026</v>
+      </c>
+      <c r="E2" s="144">
         <f ca="1">YEAR(TODAY())</f>
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="F2" s="143">
+        <v>2026</v>
+      </c>
+      <c r="F2" s="144">
         <f ca="1">F3+1</f>
-        <v>2027</v>
-[...1 lines deleted...]
-      <c r="G2" s="144">
+        <v>2028</v>
+      </c>
+      <c r="G2" s="145">
         <v>1</v>
       </c>
-      <c r="H2" s="144">
+      <c r="H2" s="145">
         <v>1</v>
       </c>
-      <c r="I2" s="144">
+      <c r="I2" s="145">
         <v>0</v>
       </c>
-      <c r="J2" s="145">
+      <c r="J2" s="146">
         <v>1</v>
       </c>
-      <c r="K2" s="145">
+      <c r="K2" s="146">
         <v>0</v>
       </c>
       <c r="L2" s="79">
         <v>15</v>
       </c>
-      <c r="M2" s="142" t="s">
+      <c r="M2" s="143" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="1"/>
       <c r="B3" s="78"/>
-      <c r="C3" s="143">
+      <c r="C3" s="144">
         <f ca="1">C2+1</f>
-        <v>2026</v>
-[...1 lines deleted...]
-      <c r="D3" s="143">
+        <v>2027</v>
+      </c>
+      <c r="D3" s="144">
         <f ca="1">D2-1</f>
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="E3" s="143">
+        <v>2025</v>
+      </c>
+      <c r="E3" s="144">
         <f ca="1">E2-1</f>
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="F3" s="143">
+        <v>2025</v>
+      </c>
+      <c r="F3" s="144">
         <f ca="1">F4+1</f>
-        <v>2026</v>
-[...1 lines deleted...]
-      <c r="G3" s="144">
+        <v>2027</v>
+      </c>
+      <c r="G3" s="145">
         <v>2</v>
       </c>
-      <c r="H3" s="144">
+      <c r="H3" s="145">
         <v>2</v>
       </c>
-      <c r="I3" s="144">
+      <c r="I3" s="145">
         <v>1</v>
       </c>
-      <c r="J3" s="145">
+      <c r="J3" s="146">
         <v>2</v>
       </c>
-      <c r="K3" s="145">
+      <c r="K3" s="146">
         <v>1</v>
       </c>
       <c r="L3" s="79">
         <v>30</v>
       </c>
-      <c r="M3" s="142" t="s">
+      <c r="M3" s="143" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="1"/>
       <c r="B4" s="78"/>
-      <c r="C4" s="143">
+      <c r="C4" s="144">
         <f t="shared" ref="C4:C31" ca="1" si="0">C3+1</f>
-        <v>2027</v>
-[...1 lines deleted...]
-      <c r="D4" s="143">
+        <v>2028</v>
+      </c>
+      <c r="D4" s="144">
         <f ca="1">D3-1</f>
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="E4" s="143">
+        <v>2024</v>
+      </c>
+      <c r="E4" s="144">
         <f t="shared" ref="E4:E67" ca="1" si="1">E3-1</f>
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="F4" s="143">
+        <v>2024</v>
+      </c>
+      <c r="F4" s="144">
         <f ca="1">YEAR(TODAY())</f>
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="G4" s="144">
+        <v>2026</v>
+      </c>
+      <c r="G4" s="145">
         <v>3</v>
       </c>
-      <c r="H4" s="144">
+      <c r="H4" s="145">
         <v>3</v>
       </c>
-      <c r="I4" s="144">
+      <c r="I4" s="145">
         <v>2</v>
       </c>
-      <c r="J4" s="145">
+      <c r="J4" s="146">
         <v>3</v>
       </c>
-      <c r="K4" s="145">
+      <c r="K4" s="146">
         <v>2</v>
       </c>
-      <c r="L4" s="142">
+      <c r="L4" s="143">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="1"/>
       <c r="B5" s="78"/>
-      <c r="C5" s="143">
+      <c r="C5" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2028</v>
-[...1 lines deleted...]
-      <c r="D5" s="143">
+        <v>2029</v>
+      </c>
+      <c r="D5" s="144">
         <f t="shared" ref="D5:D20" ca="1" si="2">D4-1</f>
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="E5" s="143">
+        <v>2023</v>
+      </c>
+      <c r="E5" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="F5" s="143">
+        <v>2023</v>
+      </c>
+      <c r="F5" s="144">
         <f ca="1">F4-1</f>
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="G5" s="144">
+        <v>2025</v>
+      </c>
+      <c r="G5" s="145">
         <v>4</v>
       </c>
-      <c r="H5" s="144">
+      <c r="H5" s="145">
         <v>4</v>
       </c>
-      <c r="I5" s="144">
+      <c r="I5" s="145">
         <v>3</v>
       </c>
-      <c r="J5" s="145">
+      <c r="J5" s="146">
         <v>4</v>
       </c>
-      <c r="K5" s="145">
+      <c r="K5" s="146">
         <v>3</v>
       </c>
-      <c r="L5" s="142">
+      <c r="L5" s="143">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="1"/>
       <c r="B6" s="78"/>
-      <c r="C6" s="143">
+      <c r="C6" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2029</v>
-[...1 lines deleted...]
-      <c r="D6" s="143">
+        <v>2030</v>
+      </c>
+      <c r="D6" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="E6" s="143">
+        <v>2022</v>
+      </c>
+      <c r="E6" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="F6" s="143">
+        <v>2022</v>
+      </c>
+      <c r="F6" s="144">
         <f t="shared" ref="F6:F55" ca="1" si="3">F5-1</f>
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="G6" s="144">
+        <v>2024</v>
+      </c>
+      <c r="G6" s="145">
         <v>5</v>
       </c>
-      <c r="H6" s="144">
+      <c r="H6" s="145">
         <v>5</v>
       </c>
-      <c r="I6" s="144">
+      <c r="I6" s="145">
         <v>4</v>
       </c>
-      <c r="J6" s="145">
+      <c r="J6" s="146">
         <v>5</v>
       </c>
-      <c r="K6" s="145">
+      <c r="K6" s="146">
         <v>4</v>
       </c>
-      <c r="L6" s="142">
+      <c r="L6" s="143">
         <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="1"/>
       <c r="B7" s="78"/>
-      <c r="C7" s="143">
+      <c r="C7" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2030</v>
-[...1 lines deleted...]
-      <c r="D7" s="143">
+        <v>2031</v>
+      </c>
+      <c r="D7" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="E7" s="143">
+        <v>2021</v>
+      </c>
+      <c r="E7" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="F7" s="143">
+        <v>2021</v>
+      </c>
+      <c r="F7" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="G7" s="144">
+        <v>2023</v>
+      </c>
+      <c r="G7" s="145">
         <v>6</v>
       </c>
-      <c r="H7" s="144">
+      <c r="H7" s="145">
         <v>6</v>
       </c>
-      <c r="I7" s="144">
+      <c r="I7" s="145">
         <v>5</v>
       </c>
-      <c r="J7" s="145">
+      <c r="J7" s="146">
         <v>6</v>
       </c>
-      <c r="K7" s="145">
+      <c r="K7" s="146">
         <v>5</v>
       </c>
-      <c r="L7" s="142">
+      <c r="L7" s="143">
         <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="1"/>
       <c r="B8" s="26"/>
-      <c r="C8" s="143">
+      <c r="C8" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2031</v>
-[...1 lines deleted...]
-      <c r="D8" s="143">
+        <v>2032</v>
+      </c>
+      <c r="D8" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="E8" s="143">
+        <v>2020</v>
+      </c>
+      <c r="E8" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="F8" s="143">
+        <v>2020</v>
+      </c>
+      <c r="F8" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="G8" s="144">
+        <v>2022</v>
+      </c>
+      <c r="G8" s="145">
         <v>7</v>
       </c>
-      <c r="H8" s="144">
+      <c r="H8" s="145">
         <v>7</v>
       </c>
-      <c r="I8" s="144">
+      <c r="I8" s="145">
         <v>6</v>
       </c>
-      <c r="J8" s="145">
+      <c r="J8" s="146">
         <v>7</v>
       </c>
-      <c r="K8" s="145">
+      <c r="K8" s="146">
         <v>6</v>
       </c>
-      <c r="L8" s="142">
+      <c r="L8" s="143">
         <v>105</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="1"/>
       <c r="B9" s="78"/>
-      <c r="C9" s="143">
+      <c r="C9" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2032</v>
-[...1 lines deleted...]
-      <c r="D9" s="143">
+        <v>2033</v>
+      </c>
+      <c r="D9" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="E9" s="143">
+        <v>2019</v>
+      </c>
+      <c r="E9" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="F9" s="143">
+        <v>2019</v>
+      </c>
+      <c r="F9" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="G9" s="144">
+        <v>2021</v>
+      </c>
+      <c r="G9" s="145">
         <v>8</v>
       </c>
-      <c r="H9" s="144">
+      <c r="H9" s="145">
         <v>8</v>
       </c>
-      <c r="I9" s="144">
+      <c r="I9" s="145">
         <v>7</v>
       </c>
-      <c r="J9" s="145">
+      <c r="J9" s="146">
         <v>8</v>
       </c>
-      <c r="K9" s="145">
+      <c r="K9" s="146">
         <v>7</v>
       </c>
-      <c r="L9" s="142">
+      <c r="L9" s="143">
         <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="1"/>
       <c r="B10" s="78"/>
-      <c r="C10" s="143">
+      <c r="C10" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2033</v>
-[...1 lines deleted...]
-      <c r="D10" s="143">
+        <v>2034</v>
+      </c>
+      <c r="D10" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="E10" s="143">
+        <v>2018</v>
+      </c>
+      <c r="E10" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="F10" s="143">
+        <v>2018</v>
+      </c>
+      <c r="F10" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="G10" s="144">
+        <v>2020</v>
+      </c>
+      <c r="G10" s="145">
         <v>9</v>
       </c>
-      <c r="H10" s="144">
+      <c r="H10" s="145">
         <v>9</v>
       </c>
-      <c r="I10" s="144">
+      <c r="I10" s="145">
         <v>8</v>
       </c>
-      <c r="J10" s="145">
+      <c r="J10" s="146">
         <v>9</v>
       </c>
-      <c r="K10" s="145">
+      <c r="K10" s="146">
         <v>8</v>
       </c>
-      <c r="L10" s="142">
+      <c r="L10" s="143">
         <v>135</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="1"/>
       <c r="B11" s="78"/>
-      <c r="C11" s="143">
+      <c r="C11" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2034</v>
-[...1 lines deleted...]
-      <c r="D11" s="143">
+        <v>2035</v>
+      </c>
+      <c r="D11" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="E11" s="143">
+        <v>2017</v>
+      </c>
+      <c r="E11" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="F11" s="143">
+        <v>2017</v>
+      </c>
+      <c r="F11" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="G11" s="144">
+        <v>2019</v>
+      </c>
+      <c r="G11" s="145">
         <v>10</v>
       </c>
-      <c r="H11" s="144">
+      <c r="H11" s="145">
         <v>10</v>
       </c>
-      <c r="I11" s="144">
+      <c r="I11" s="145">
         <v>9</v>
       </c>
-      <c r="J11" s="145">
+      <c r="J11" s="146">
         <v>10</v>
       </c>
-      <c r="K11" s="145">
+      <c r="K11" s="146">
         <v>9</v>
       </c>
-      <c r="L11" s="142">
+      <c r="L11" s="143">
         <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="1"/>
       <c r="B12" s="78"/>
-      <c r="C12" s="143">
+      <c r="C12" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2035</v>
-[...1 lines deleted...]
-      <c r="D12" s="143">
+        <v>2036</v>
+      </c>
+      <c r="D12" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E12" s="143">
+        <v>2016</v>
+      </c>
+      <c r="E12" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="F12" s="143">
+        <v>2016</v>
+      </c>
+      <c r="F12" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="G12" s="144">
+        <v>2018</v>
+      </c>
+      <c r="G12" s="145">
         <v>11</v>
       </c>
-      <c r="H12" s="144">
+      <c r="H12" s="145">
         <v>11</v>
       </c>
-      <c r="I12" s="144">
+      <c r="I12" s="145">
         <v>10</v>
       </c>
-      <c r="J12" s="145">
+      <c r="J12" s="146">
         <v>11</v>
       </c>
-      <c r="K12" s="145">
+      <c r="K12" s="146">
         <v>10</v>
       </c>
-      <c r="L12" s="142">
+      <c r="L12" s="143">
         <v>165</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="1"/>
       <c r="B13" s="78"/>
-      <c r="C13" s="143">
+      <c r="C13" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2036</v>
-[...1 lines deleted...]
-      <c r="D13" s="143">
+        <v>2037</v>
+      </c>
+      <c r="D13" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="E13" s="143">
+        <v>2015</v>
+      </c>
+      <c r="E13" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="F13" s="143">
+        <v>2015</v>
+      </c>
+      <c r="F13" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="G13" s="144">
+        <v>2017</v>
+      </c>
+      <c r="G13" s="145">
         <v>12</v>
       </c>
-      <c r="H13" s="144">
+      <c r="H13" s="145">
         <v>12</v>
       </c>
-      <c r="I13" s="144">
+      <c r="I13" s="145">
         <v>11</v>
       </c>
-      <c r="J13" s="145">
+      <c r="J13" s="146">
         <v>12</v>
       </c>
-      <c r="K13" s="145">
+      <c r="K13" s="146">
         <v>11</v>
       </c>
-      <c r="L13" s="142">
+      <c r="L13" s="143">
         <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="1"/>
       <c r="B14" s="78"/>
-      <c r="C14" s="143">
+      <c r="C14" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2037</v>
-[...1 lines deleted...]
-      <c r="D14" s="143">
+        <v>2038</v>
+      </c>
+      <c r="D14" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="E14" s="143">
+        <v>2014</v>
+      </c>
+      <c r="E14" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="F14" s="143">
+        <v>2014</v>
+      </c>
+      <c r="F14" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2015</v>
-[...2 lines deleted...]
-      <c r="H14" s="144">
+        <v>2016</v>
+      </c>
+      <c r="G14" s="146"/>
+      <c r="H14" s="145">
         <v>13</v>
       </c>
-      <c r="I14" s="144">
+      <c r="I14" s="145">
         <v>12</v>
       </c>
-      <c r="J14" s="145">
+      <c r="J14" s="146">
         <v>13</v>
       </c>
-      <c r="K14" s="145">
+      <c r="K14" s="146">
         <v>12</v>
       </c>
-      <c r="L14" s="142">
+      <c r="L14" s="143">
         <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="1"/>
       <c r="B15" s="78"/>
-      <c r="C15" s="143">
+      <c r="C15" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2038</v>
-[...1 lines deleted...]
-      <c r="D15" s="143">
+        <v>2039</v>
+      </c>
+      <c r="D15" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="E15" s="143">
+        <v>2013</v>
+      </c>
+      <c r="E15" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="F15" s="143">
+        <v>2013</v>
+      </c>
+      <c r="F15" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2014</v>
-[...2 lines deleted...]
-      <c r="H15" s="144">
+        <v>2015</v>
+      </c>
+      <c r="G15" s="146"/>
+      <c r="H15" s="145">
         <v>14</v>
       </c>
-      <c r="I15" s="144">
+      <c r="I15" s="145">
         <v>13</v>
       </c>
-      <c r="J15" s="145">
+      <c r="J15" s="146">
         <v>14</v>
       </c>
-      <c r="K15" s="145">
+      <c r="K15" s="146">
         <v>13</v>
       </c>
-      <c r="L15" s="142">
+      <c r="L15" s="143">
         <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="1"/>
       <c r="B16" s="78"/>
-      <c r="C16" s="143">
+      <c r="C16" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2039</v>
-[...1 lines deleted...]
-      <c r="D16" s="143">
+        <v>2040</v>
+      </c>
+      <c r="D16" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E16" s="143">
+        <v>2012</v>
+      </c>
+      <c r="E16" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="F16" s="143">
+        <v>2012</v>
+      </c>
+      <c r="F16" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2013</v>
-[...2 lines deleted...]
-      <c r="H16" s="144">
+        <v>2014</v>
+      </c>
+      <c r="G16" s="146"/>
+      <c r="H16" s="145">
         <v>15</v>
       </c>
-      <c r="I16" s="144">
+      <c r="I16" s="145">
         <v>14</v>
       </c>
-      <c r="J16" s="145">
+      <c r="J16" s="146">
         <v>15</v>
       </c>
-      <c r="K16" s="145">
+      <c r="K16" s="146">
         <v>14</v>
       </c>
-      <c r="L16" s="142">
+      <c r="L16" s="143">
         <v>225</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="1"/>
       <c r="B17" s="78"/>
-      <c r="C17" s="143">
+      <c r="C17" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2040</v>
-[...1 lines deleted...]
-      <c r="D17" s="143">
+        <v>2041</v>
+      </c>
+      <c r="D17" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E17" s="143">
+        <v>2011</v>
+      </c>
+      <c r="E17" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="F17" s="143">
+        <v>2011</v>
+      </c>
+      <c r="F17" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2012</v>
-[...2 lines deleted...]
-      <c r="H17" s="144">
+        <v>2013</v>
+      </c>
+      <c r="G17" s="146"/>
+      <c r="H17" s="145">
         <v>16</v>
       </c>
-      <c r="I17" s="144">
+      <c r="I17" s="145">
         <v>15</v>
       </c>
-      <c r="J17" s="145">
+      <c r="J17" s="146">
         <v>16</v>
       </c>
-      <c r="K17" s="145">
+      <c r="K17" s="146">
         <v>15</v>
       </c>
-      <c r="L17" s="142">
+      <c r="L17" s="143">
         <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="1"/>
       <c r="B18" s="78"/>
-      <c r="C18" s="143">
+      <c r="C18" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2041</v>
-[...1 lines deleted...]
-      <c r="D18" s="143">
+        <v>2042</v>
+      </c>
+      <c r="D18" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="E18" s="143">
+        <v>2010</v>
+      </c>
+      <c r="E18" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="F18" s="143">
+        <v>2010</v>
+      </c>
+      <c r="F18" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="H18" s="144">
+        <v>2012</v>
+      </c>
+      <c r="G18" s="146"/>
+      <c r="H18" s="145">
         <v>17</v>
       </c>
-      <c r="I18" s="144">
+      <c r="I18" s="145">
         <v>16</v>
       </c>
-      <c r="J18" s="145">
+      <c r="J18" s="146">
         <v>17</v>
       </c>
-      <c r="K18" s="145">
+      <c r="K18" s="146">
         <v>16</v>
       </c>
-      <c r="L18" s="142">
+      <c r="L18" s="143">
         <v>255</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="1"/>
       <c r="B19" s="78"/>
-      <c r="C19" s="143">
+      <c r="C19" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2042</v>
-[...1 lines deleted...]
-      <c r="D19" s="143">
+        <v>2043</v>
+      </c>
+      <c r="D19" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E19" s="143">
+        <v>2009</v>
+      </c>
+      <c r="E19" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="F19" s="143">
+        <v>2009</v>
+      </c>
+      <c r="F19" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2010</v>
-[...2 lines deleted...]
-      <c r="H19" s="144">
+        <v>2011</v>
+      </c>
+      <c r="G19" s="146"/>
+      <c r="H19" s="145">
         <v>18</v>
       </c>
-      <c r="I19" s="144">
+      <c r="I19" s="145">
         <v>17</v>
       </c>
-      <c r="J19" s="145">
+      <c r="J19" s="146">
         <v>18</v>
       </c>
-      <c r="K19" s="145">
+      <c r="K19" s="146">
         <v>17</v>
       </c>
-      <c r="L19" s="142">
+      <c r="L19" s="143">
         <v>270</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="1"/>
       <c r="B20" s="78"/>
-      <c r="C20" s="143">
+      <c r="C20" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2043</v>
-[...1 lines deleted...]
-      <c r="D20" s="143">
+        <v>2044</v>
+      </c>
+      <c r="D20" s="144">
         <f t="shared" ca="1" si="2"/>
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E20" s="143">
+        <v>2008</v>
+      </c>
+      <c r="E20" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F20" s="143">
+        <v>2008</v>
+      </c>
+      <c r="F20" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2009</v>
-[...2 lines deleted...]
-      <c r="H20" s="144">
+        <v>2010</v>
+      </c>
+      <c r="G20" s="146"/>
+      <c r="H20" s="145">
         <v>19</v>
       </c>
-      <c r="I20" s="144">
+      <c r="I20" s="145">
         <v>18</v>
       </c>
-      <c r="J20" s="145">
+      <c r="J20" s="146">
         <v>19</v>
       </c>
-      <c r="K20" s="145">
+      <c r="K20" s="146">
         <v>18</v>
       </c>
-      <c r="L20" s="142">
+      <c r="L20" s="143">
         <v>285</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="1"/>
       <c r="B21" s="78"/>
-      <c r="C21" s="143">
+      <c r="C21" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2044</v>
-[...2 lines deleted...]
-      <c r="E21" s="143">
+        <v>2045</v>
+      </c>
+      <c r="D21" s="144"/>
+      <c r="E21" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="F21" s="143">
+        <v>2007</v>
+      </c>
+      <c r="F21" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2008</v>
-[...2 lines deleted...]
-      <c r="H21" s="144">
+        <v>2009</v>
+      </c>
+      <c r="G21" s="146"/>
+      <c r="H21" s="145">
         <v>20</v>
       </c>
-      <c r="I21" s="144">
+      <c r="I21" s="145">
         <v>19</v>
       </c>
-      <c r="J21" s="145">
+      <c r="J21" s="146">
         <v>20</v>
       </c>
-      <c r="K21" s="145">
+      <c r="K21" s="146">
         <v>19</v>
       </c>
-      <c r="L21" s="142">
+      <c r="L21" s="143">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="1"/>
       <c r="B22" s="78"/>
-      <c r="C22" s="143">
+      <c r="C22" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2045</v>
-[...2 lines deleted...]
-      <c r="E22" s="143">
+        <v>2046</v>
+      </c>
+      <c r="D22" s="144"/>
+      <c r="E22" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="F22" s="143">
+        <v>2006</v>
+      </c>
+      <c r="F22" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2007</v>
-[...2 lines deleted...]
-      <c r="H22" s="144">
+        <v>2008</v>
+      </c>
+      <c r="G22" s="146"/>
+      <c r="H22" s="145">
         <v>21</v>
       </c>
-      <c r="I22" s="144">
+      <c r="I22" s="145">
         <v>20</v>
       </c>
-      <c r="J22" s="145">
+      <c r="J22" s="146">
         <v>21</v>
       </c>
-      <c r="K22" s="145">
+      <c r="K22" s="146">
         <v>20</v>
       </c>
-      <c r="L22" s="142">
+      <c r="L22" s="143">
         <v>315</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="1"/>
       <c r="B23" s="78"/>
-      <c r="C23" s="143">
+      <c r="C23" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2046</v>
-[...2 lines deleted...]
-      <c r="E23" s="143">
+        <v>2047</v>
+      </c>
+      <c r="D23" s="144"/>
+      <c r="E23" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="F23" s="143">
+        <v>2005</v>
+      </c>
+      <c r="F23" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2006</v>
-[...2 lines deleted...]
-      <c r="H23" s="144">
+        <v>2007</v>
+      </c>
+      <c r="G23" s="146"/>
+      <c r="H23" s="145">
         <v>22</v>
       </c>
-      <c r="I23" s="144">
+      <c r="I23" s="145">
         <v>21</v>
       </c>
-      <c r="J23" s="145">
+      <c r="J23" s="146">
         <v>22</v>
       </c>
-      <c r="K23" s="145">
+      <c r="K23" s="146">
         <v>21</v>
       </c>
-      <c r="L23" s="142">
+      <c r="L23" s="143">
         <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="1"/>
       <c r="B24" s="78"/>
-      <c r="C24" s="143">
+      <c r="C24" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2047</v>
-[...2 lines deleted...]
-      <c r="E24" s="143">
+        <v>2048</v>
+      </c>
+      <c r="D24" s="144"/>
+      <c r="E24" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="F24" s="143">
+        <v>2004</v>
+      </c>
+      <c r="F24" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2005</v>
-[...2 lines deleted...]
-      <c r="H24" s="144">
+        <v>2006</v>
+      </c>
+      <c r="G24" s="146"/>
+      <c r="H24" s="145">
         <v>23</v>
       </c>
-      <c r="I24" s="144">
+      <c r="I24" s="145">
         <v>22</v>
       </c>
-      <c r="J24" s="145">
+      <c r="J24" s="146">
         <v>23</v>
       </c>
-      <c r="K24" s="145">
+      <c r="K24" s="146">
         <v>22</v>
       </c>
-      <c r="L24" s="142">
+      <c r="L24" s="143">
         <v>345</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="1"/>
       <c r="B25" s="78"/>
-      <c r="C25" s="143">
+      <c r="C25" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2048</v>
-[...2 lines deleted...]
-      <c r="E25" s="143">
+        <v>2049</v>
+      </c>
+      <c r="D25" s="144"/>
+      <c r="E25" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="F25" s="143">
+        <v>2003</v>
+      </c>
+      <c r="F25" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2004</v>
-[...2 lines deleted...]
-      <c r="H25" s="144">
+        <v>2005</v>
+      </c>
+      <c r="G25" s="146"/>
+      <c r="H25" s="145">
         <v>24</v>
       </c>
-      <c r="I25" s="144">
+      <c r="I25" s="145">
         <v>23</v>
       </c>
-      <c r="J25" s="145">
+      <c r="J25" s="146">
         <v>24</v>
       </c>
-      <c r="K25" s="145">
+      <c r="K25" s="146">
         <v>23</v>
       </c>
-      <c r="L25" s="142">
+      <c r="L25" s="143">
         <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="1"/>
       <c r="B26" s="78"/>
-      <c r="C26" s="143">
+      <c r="C26" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2049</v>
-[...2 lines deleted...]
-      <c r="E26" s="143">
+        <v>2050</v>
+      </c>
+      <c r="D26" s="144"/>
+      <c r="E26" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="F26" s="143">
+        <v>2002</v>
+      </c>
+      <c r="F26" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2003</v>
-[...2 lines deleted...]
-      <c r="H26" s="144">
+        <v>2004</v>
+      </c>
+      <c r="G26" s="146"/>
+      <c r="H26" s="145">
         <v>25</v>
       </c>
-      <c r="I26" s="144">
+      <c r="I26" s="145">
         <v>24</v>
       </c>
-      <c r="J26" s="145">
+      <c r="J26" s="146">
         <v>25</v>
       </c>
-      <c r="K26" s="145">
+      <c r="K26" s="146">
         <v>24</v>
       </c>
-      <c r="L26" s="142">
+      <c r="L26" s="143">
         <v>375</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A27" s="1"/>
       <c r="B27" s="78"/>
-      <c r="C27" s="143">
+      <c r="C27" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2050</v>
-[...2 lines deleted...]
-      <c r="E27" s="143">
+        <v>2051</v>
+      </c>
+      <c r="D27" s="144"/>
+      <c r="E27" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="F27" s="143">
+        <v>2001</v>
+      </c>
+      <c r="F27" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2002</v>
-[...2 lines deleted...]
-      <c r="H27" s="144">
+        <v>2003</v>
+      </c>
+      <c r="G27" s="146"/>
+      <c r="H27" s="145">
         <v>26</v>
       </c>
-      <c r="I27" s="145">
+      <c r="I27" s="146">
         <v>25</v>
       </c>
-      <c r="J27" s="145">
+      <c r="J27" s="146">
         <v>26</v>
       </c>
-      <c r="K27" s="145">
+      <c r="K27" s="146">
         <v>25</v>
       </c>
-      <c r="L27" s="142">
+      <c r="L27" s="143">
         <v>390</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="1"/>
       <c r="B28" s="78"/>
-      <c r="C28" s="143">
+      <c r="C28" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2051</v>
-[...2 lines deleted...]
-      <c r="E28" s="143">
+        <v>2052</v>
+      </c>
+      <c r="D28" s="144"/>
+      <c r="E28" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="F28" s="143">
+        <v>2000</v>
+      </c>
+      <c r="F28" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2001</v>
-[...2 lines deleted...]
-      <c r="H28" s="144">
+        <v>2002</v>
+      </c>
+      <c r="G28" s="146"/>
+      <c r="H28" s="145">
         <v>27</v>
       </c>
-      <c r="I28" s="145">
+      <c r="I28" s="146">
         <v>26</v>
       </c>
-      <c r="J28" s="145">
+      <c r="J28" s="146">
         <v>27</v>
       </c>
-      <c r="K28" s="145">
+      <c r="K28" s="146">
         <v>26</v>
       </c>
-      <c r="L28" s="142">
+      <c r="L28" s="143">
         <v>405</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="1"/>
       <c r="B29" s="78"/>
-      <c r="C29" s="143">
+      <c r="C29" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2052</v>
-[...2 lines deleted...]
-      <c r="E29" s="143">
+        <v>2053</v>
+      </c>
+      <c r="D29" s="144"/>
+      <c r="E29" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="F29" s="143">
+        <v>1999</v>
+      </c>
+      <c r="F29" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>2000</v>
-[...2 lines deleted...]
-      <c r="H29" s="144">
+        <v>2001</v>
+      </c>
+      <c r="G29" s="146"/>
+      <c r="H29" s="145">
         <v>28</v>
       </c>
-      <c r="I29" s="145">
+      <c r="I29" s="146">
         <v>27</v>
       </c>
-      <c r="J29" s="145">
+      <c r="J29" s="146">
         <v>28</v>
       </c>
-      <c r="K29" s="145">
+      <c r="K29" s="146">
         <v>27</v>
       </c>
-      <c r="L29" s="142">
+      <c r="L29" s="143">
         <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="1"/>
       <c r="B30" s="78"/>
-      <c r="C30" s="143">
+      <c r="C30" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2053</v>
-[...2 lines deleted...]
-      <c r="E30" s="143">
+        <v>2054</v>
+      </c>
+      <c r="D30" s="144"/>
+      <c r="E30" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="F30" s="143">
+        <v>1998</v>
+      </c>
+      <c r="F30" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>1999</v>
-[...2 lines deleted...]
-      <c r="H30" s="144">
+        <v>2000</v>
+      </c>
+      <c r="G30" s="146"/>
+      <c r="H30" s="145">
         <v>29</v>
       </c>
-      <c r="I30" s="145">
+      <c r="I30" s="146">
         <v>28</v>
       </c>
-      <c r="J30" s="145">
+      <c r="J30" s="146">
         <v>29</v>
       </c>
-      <c r="K30" s="145">
+      <c r="K30" s="146">
         <v>28</v>
       </c>
-      <c r="L30" s="142">
+      <c r="L30" s="143">
         <v>435</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A31" s="1"/>
       <c r="B31" s="78"/>
-      <c r="C31" s="143">
+      <c r="C31" s="144">
         <f t="shared" ca="1" si="0"/>
-        <v>2054</v>
-[...2 lines deleted...]
-      <c r="E31" s="143">
+        <v>2055</v>
+      </c>
+      <c r="D31" s="144"/>
+      <c r="E31" s="144">
         <f t="shared" ca="1" si="1"/>
-        <v>1996</v>
-[...1 lines deleted...]
-      <c r="F31" s="143">
+        <v>1997</v>
+      </c>
+      <c r="F31" s="144">
         <f t="shared" ca="1" si="3"/>
-        <v>1998</v>
-[...2 lines deleted...]
-      <c r="H31" s="144">
+        <v>1999</v>
+      </c>
+      <c r="G31" s="146"/>
+      <c r="H31" s="145">
         <v>30</v>
       </c>
-      <c r="I31" s="145">
+      <c r="I31" s="146">
         <v>29</v>
       </c>
-      <c r="J31" s="145">
+      <c r="J31" s="146">
         <v>30</v>
       </c>
-      <c r="K31" s="145">
+      <c r="K31" s="146">
         <v>29</v>
       </c>
-      <c r="L31" s="142">
+      <c r="L31" s="143">
         <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="1"/>
       <c r="B32" s="1"/>
-      <c r="C32" s="145"/>
-[...1 lines deleted...]
-      <c r="E32" s="143">
+      <c r="C32" s="146"/>
+      <c r="D32" s="144"/>
+      <c r="E32" s="144">
+        <f t="shared" ca="1" si="1"/>
+        <v>1996</v>
+      </c>
+      <c r="F32" s="144">
+        <f t="shared" ca="1" si="3"/>
+        <v>1998</v>
+      </c>
+      <c r="G32" s="146"/>
+      <c r="H32" s="145">
+        <v>31</v>
+      </c>
+      <c r="I32" s="146"/>
+      <c r="J32" s="146">
+        <v>31</v>
+      </c>
+      <c r="K32" s="146">
+        <v>30</v>
+      </c>
+      <c r="L32" s="143">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="33" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C33" s="146"/>
+      <c r="D33" s="144"/>
+      <c r="E33" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1995</v>
       </c>
-      <c r="F32" s="143">
+      <c r="F33" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1997</v>
       </c>
-      <c r="G32" s="145"/>
-      <c r="H32" s="144">
+      <c r="G33" s="146"/>
+      <c r="H33" s="146"/>
+      <c r="I33" s="146"/>
+      <c r="J33" s="146">
+        <v>32</v>
+      </c>
+      <c r="K33" s="146">
         <v>31</v>
       </c>
-      <c r="I32" s="145"/>
-[...13 lines deleted...]
-      <c r="E33" s="143">
+      <c r="L33" s="143">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="34" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C34" s="146"/>
+      <c r="D34" s="144"/>
+      <c r="E34" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1994</v>
       </c>
-      <c r="F33" s="143">
+      <c r="F34" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1996</v>
       </c>
-      <c r="G33" s="145"/>
-[...2 lines deleted...]
-      <c r="J33" s="145">
+      <c r="G34" s="146"/>
+      <c r="H34" s="146"/>
+      <c r="I34" s="146"/>
+      <c r="J34" s="146">
+        <v>33</v>
+      </c>
+      <c r="K34" s="146">
         <v>32</v>
       </c>
-      <c r="K33" s="145">
-[...9 lines deleted...]
-      <c r="E34" s="143">
+      <c r="L34" s="143"/>
+    </row>
+    <row r="35" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C35" s="146"/>
+      <c r="D35" s="144"/>
+      <c r="E35" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1993</v>
       </c>
-      <c r="F34" s="143">
+      <c r="F35" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1995</v>
       </c>
-      <c r="G34" s="145"/>
-[...2 lines deleted...]
-      <c r="J34" s="145">
+      <c r="G35" s="146"/>
+      <c r="H35" s="146"/>
+      <c r="I35" s="146"/>
+      <c r="J35" s="146">
+        <v>34</v>
+      </c>
+      <c r="K35" s="146">
         <v>33</v>
       </c>
-      <c r="K34" s="145">
-[...7 lines deleted...]
-      <c r="E35" s="143">
+      <c r="L35" s="143"/>
+    </row>
+    <row r="36" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C36" s="146"/>
+      <c r="D36" s="144"/>
+      <c r="E36" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1992</v>
       </c>
-      <c r="F35" s="143">
+      <c r="F36" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1994</v>
       </c>
-      <c r="G35" s="145"/>
-[...2 lines deleted...]
-      <c r="J35" s="145">
+      <c r="G36" s="146"/>
+      <c r="H36" s="146"/>
+      <c r="I36" s="146"/>
+      <c r="J36" s="146">
+        <v>35</v>
+      </c>
+      <c r="K36" s="146">
         <v>34</v>
       </c>
-      <c r="K35" s="145">
-[...7 lines deleted...]
-      <c r="E36" s="143">
+      <c r="L36" s="143"/>
+    </row>
+    <row r="37" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C37" s="146"/>
+      <c r="D37" s="146"/>
+      <c r="E37" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1991</v>
       </c>
-      <c r="F36" s="143">
+      <c r="F37" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1993</v>
       </c>
-      <c r="G36" s="145"/>
-[...2 lines deleted...]
-      <c r="J36" s="145">
+      <c r="G37" s="146"/>
+      <c r="H37" s="146"/>
+      <c r="I37" s="146"/>
+      <c r="J37" s="146">
+        <v>36</v>
+      </c>
+      <c r="K37" s="146">
         <v>35</v>
       </c>
-      <c r="K36" s="145">
-[...7 lines deleted...]
-      <c r="E37" s="143">
+      <c r="L37" s="143"/>
+    </row>
+    <row r="38" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C38" s="146"/>
+      <c r="D38" s="146"/>
+      <c r="E38" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1990</v>
       </c>
-      <c r="F37" s="143">
+      <c r="F38" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1992</v>
       </c>
-      <c r="G37" s="145"/>
-[...2 lines deleted...]
-      <c r="J37" s="145">
+      <c r="G38" s="146"/>
+      <c r="H38" s="146"/>
+      <c r="I38" s="146"/>
+      <c r="J38" s="146">
+        <v>37</v>
+      </c>
+      <c r="K38" s="146">
         <v>36</v>
       </c>
-      <c r="K37" s="145">
-[...7 lines deleted...]
-      <c r="E38" s="143">
+      <c r="L38" s="143"/>
+    </row>
+    <row r="39" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C39" s="146"/>
+      <c r="D39" s="146"/>
+      <c r="E39" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1989</v>
       </c>
-      <c r="F38" s="143">
+      <c r="F39" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1991</v>
       </c>
-      <c r="G38" s="145"/>
-[...2 lines deleted...]
-      <c r="J38" s="145">
+      <c r="G39" s="146"/>
+      <c r="H39" s="146"/>
+      <c r="I39" s="146"/>
+      <c r="J39" s="146">
+        <v>38</v>
+      </c>
+      <c r="K39" s="146">
         <v>37</v>
       </c>
-      <c r="K38" s="145">
-[...7 lines deleted...]
-      <c r="E39" s="143">
+      <c r="L39" s="143"/>
+    </row>
+    <row r="40" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C40" s="146"/>
+      <c r="D40" s="146"/>
+      <c r="E40" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1988</v>
       </c>
-      <c r="F39" s="143">
+      <c r="F40" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1990</v>
       </c>
-      <c r="G39" s="145"/>
-[...2 lines deleted...]
-      <c r="J39" s="145">
+      <c r="G40" s="146"/>
+      <c r="H40" s="146"/>
+      <c r="I40" s="146"/>
+      <c r="J40" s="146">
+        <v>39</v>
+      </c>
+      <c r="K40" s="146">
         <v>38</v>
       </c>
-      <c r="K39" s="145">
-[...7 lines deleted...]
-      <c r="E40" s="143">
+      <c r="L40" s="143"/>
+    </row>
+    <row r="41" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C41" s="146"/>
+      <c r="D41" s="146"/>
+      <c r="E41" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1987</v>
       </c>
-      <c r="F40" s="143">
+      <c r="F41" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1989</v>
       </c>
-      <c r="G40" s="145"/>
-[...2 lines deleted...]
-      <c r="J40" s="145">
+      <c r="G41" s="146"/>
+      <c r="H41" s="146"/>
+      <c r="I41" s="146"/>
+      <c r="J41" s="146">
+        <v>40</v>
+      </c>
+      <c r="K41" s="146">
         <v>39</v>
       </c>
-      <c r="K40" s="145">
-[...7 lines deleted...]
-      <c r="E41" s="143">
+      <c r="L41" s="143"/>
+    </row>
+    <row r="42" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C42" s="146"/>
+      <c r="D42" s="146"/>
+      <c r="E42" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1986</v>
       </c>
-      <c r="F41" s="143">
+      <c r="F42" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1988</v>
       </c>
-      <c r="G41" s="145"/>
-[...2 lines deleted...]
-      <c r="J41" s="145">
+      <c r="G42" s="146"/>
+      <c r="H42" s="146"/>
+      <c r="I42" s="146"/>
+      <c r="J42" s="146">
+        <v>41</v>
+      </c>
+      <c r="K42" s="146">
         <v>40</v>
       </c>
-      <c r="K41" s="145">
-[...7 lines deleted...]
-      <c r="E42" s="143">
+      <c r="L42" s="143"/>
+    </row>
+    <row r="43" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C43" s="146"/>
+      <c r="D43" s="146"/>
+      <c r="E43" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1985</v>
       </c>
-      <c r="F42" s="143">
+      <c r="F43" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1987</v>
       </c>
-      <c r="G42" s="145"/>
-[...2 lines deleted...]
-      <c r="J42" s="145">
+      <c r="G43" s="146"/>
+      <c r="H43" s="146"/>
+      <c r="I43" s="146"/>
+      <c r="J43" s="146">
+        <v>42</v>
+      </c>
+      <c r="K43" s="146">
         <v>41</v>
       </c>
-      <c r="K42" s="145">
-[...7 lines deleted...]
-      <c r="E43" s="143">
+      <c r="L43" s="143"/>
+    </row>
+    <row r="44" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C44" s="146"/>
+      <c r="D44" s="146"/>
+      <c r="E44" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1984</v>
       </c>
-      <c r="F43" s="143">
+      <c r="F44" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1986</v>
       </c>
-      <c r="G43" s="145"/>
-[...2 lines deleted...]
-      <c r="J43" s="145">
+      <c r="G44" s="146"/>
+      <c r="H44" s="146"/>
+      <c r="I44" s="146"/>
+      <c r="J44" s="146">
+        <v>43</v>
+      </c>
+      <c r="K44" s="146">
         <v>42</v>
       </c>
-      <c r="K43" s="145">
-[...7 lines deleted...]
-      <c r="E44" s="143">
+      <c r="L44" s="143"/>
+    </row>
+    <row r="45" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C45" s="146"/>
+      <c r="D45" s="146"/>
+      <c r="E45" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1983</v>
       </c>
-      <c r="F44" s="143">
+      <c r="F45" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1985</v>
       </c>
-      <c r="G44" s="145"/>
-[...2 lines deleted...]
-      <c r="J44" s="145">
+      <c r="G45" s="146"/>
+      <c r="H45" s="146"/>
+      <c r="I45" s="146"/>
+      <c r="J45" s="146">
+        <v>44</v>
+      </c>
+      <c r="K45" s="146">
         <v>43</v>
       </c>
-      <c r="K44" s="145">
-[...7 lines deleted...]
-      <c r="E45" s="143">
+      <c r="L45" s="143"/>
+    </row>
+    <row r="46" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C46" s="146"/>
+      <c r="D46" s="146"/>
+      <c r="E46" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1982</v>
       </c>
-      <c r="F45" s="143">
+      <c r="F46" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1984</v>
       </c>
-      <c r="G45" s="145"/>
-[...2 lines deleted...]
-      <c r="J45" s="145">
+      <c r="G46" s="146"/>
+      <c r="H46" s="146"/>
+      <c r="I46" s="146"/>
+      <c r="J46" s="146">
+        <v>45</v>
+      </c>
+      <c r="K46" s="146">
         <v>44</v>
       </c>
-      <c r="K45" s="145">
-[...7 lines deleted...]
-      <c r="E46" s="143">
+      <c r="L46" s="143"/>
+    </row>
+    <row r="47" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C47" s="146"/>
+      <c r="D47" s="146"/>
+      <c r="E47" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1981</v>
       </c>
-      <c r="F46" s="143">
+      <c r="F47" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1983</v>
       </c>
-      <c r="G46" s="145"/>
-[...2 lines deleted...]
-      <c r="J46" s="145">
+      <c r="G47" s="146"/>
+      <c r="H47" s="146"/>
+      <c r="I47" s="146"/>
+      <c r="J47" s="146">
+        <v>46</v>
+      </c>
+      <c r="K47" s="146">
         <v>45</v>
       </c>
-      <c r="K46" s="145">
-[...7 lines deleted...]
-      <c r="E47" s="143">
+      <c r="L47" s="143"/>
+    </row>
+    <row r="48" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C48" s="146"/>
+      <c r="D48" s="146"/>
+      <c r="E48" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1980</v>
       </c>
-      <c r="F47" s="143">
+      <c r="F48" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1982</v>
       </c>
-      <c r="G47" s="145"/>
-[...2 lines deleted...]
-      <c r="J47" s="145">
+      <c r="G48" s="146"/>
+      <c r="H48" s="146"/>
+      <c r="I48" s="146"/>
+      <c r="J48" s="146">
+        <v>47</v>
+      </c>
+      <c r="K48" s="146">
         <v>46</v>
       </c>
-      <c r="K47" s="145">
-[...7 lines deleted...]
-      <c r="E48" s="143">
+      <c r="L48" s="143"/>
+    </row>
+    <row r="49" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C49" s="146"/>
+      <c r="D49" s="146"/>
+      <c r="E49" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1979</v>
       </c>
-      <c r="F48" s="143">
+      <c r="F49" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1981</v>
       </c>
-      <c r="G48" s="145"/>
-[...2 lines deleted...]
-      <c r="J48" s="145">
+      <c r="G49" s="146"/>
+      <c r="H49" s="146"/>
+      <c r="I49" s="146"/>
+      <c r="J49" s="146">
+        <v>48</v>
+      </c>
+      <c r="K49" s="146">
         <v>47</v>
       </c>
-      <c r="K48" s="145">
-[...7 lines deleted...]
-      <c r="E49" s="143">
+      <c r="L49" s="143"/>
+    </row>
+    <row r="50" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C50" s="146"/>
+      <c r="D50" s="146"/>
+      <c r="E50" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1978</v>
       </c>
-      <c r="F49" s="143">
+      <c r="F50" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1980</v>
       </c>
-      <c r="G49" s="145"/>
-[...2 lines deleted...]
-      <c r="J49" s="145">
+      <c r="G50" s="146"/>
+      <c r="H50" s="146"/>
+      <c r="I50" s="146"/>
+      <c r="J50" s="146">
+        <v>49</v>
+      </c>
+      <c r="K50" s="146">
         <v>48</v>
       </c>
-      <c r="K49" s="145">
-[...7 lines deleted...]
-      <c r="E50" s="143">
+      <c r="L50" s="143"/>
+    </row>
+    <row r="51" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C51" s="146"/>
+      <c r="D51" s="146"/>
+      <c r="E51" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1977</v>
       </c>
-      <c r="F50" s="143">
+      <c r="F51" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1979</v>
       </c>
-      <c r="G50" s="145"/>
-[...2 lines deleted...]
-      <c r="J50" s="145">
+      <c r="G51" s="146"/>
+      <c r="H51" s="146"/>
+      <c r="I51" s="146"/>
+      <c r="J51" s="146">
+        <v>50</v>
+      </c>
+      <c r="K51" s="146">
         <v>49</v>
       </c>
-      <c r="K50" s="145">
-[...7 lines deleted...]
-      <c r="E51" s="143">
+      <c r="L51" s="143"/>
+    </row>
+    <row r="52" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C52" s="146"/>
+      <c r="D52" s="146"/>
+      <c r="E52" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1976</v>
       </c>
-      <c r="F51" s="143">
+      <c r="F52" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1978</v>
       </c>
-      <c r="G51" s="145"/>
-[...2 lines deleted...]
-      <c r="J51" s="145">
+      <c r="G52" s="146"/>
+      <c r="H52" s="146"/>
+      <c r="I52" s="146"/>
+      <c r="J52" s="146">
+        <v>51</v>
+      </c>
+      <c r="K52" s="146">
         <v>50</v>
       </c>
-      <c r="K51" s="145">
-[...7 lines deleted...]
-      <c r="E52" s="143">
+      <c r="L52" s="143"/>
+    </row>
+    <row r="53" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C53" s="146"/>
+      <c r="D53" s="146"/>
+      <c r="E53" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1975</v>
       </c>
-      <c r="F52" s="143">
+      <c r="F53" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1977</v>
       </c>
-      <c r="G52" s="145"/>
-[...2 lines deleted...]
-      <c r="J52" s="145">
+      <c r="G53" s="146"/>
+      <c r="H53" s="146"/>
+      <c r="I53" s="146"/>
+      <c r="J53" s="146">
+        <v>52</v>
+      </c>
+      <c r="K53" s="146">
         <v>51</v>
       </c>
-      <c r="K52" s="145">
-[...7 lines deleted...]
-      <c r="E53" s="143">
+      <c r="L53" s="143"/>
+    </row>
+    <row r="54" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C54" s="146"/>
+      <c r="D54" s="146"/>
+      <c r="E54" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1974</v>
       </c>
-      <c r="F53" s="143">
+      <c r="F54" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1976</v>
       </c>
-      <c r="G53" s="145"/>
-[...2 lines deleted...]
-      <c r="J53" s="145">
+      <c r="G54" s="146"/>
+      <c r="H54" s="146"/>
+      <c r="I54" s="146"/>
+      <c r="J54" s="146">
+        <v>53</v>
+      </c>
+      <c r="K54" s="146">
         <v>52</v>
       </c>
-      <c r="K53" s="145">
-[...7 lines deleted...]
-      <c r="E54" s="143">
+      <c r="L54" s="143"/>
+    </row>
+    <row r="55" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C55" s="146"/>
+      <c r="D55" s="146"/>
+      <c r="E55" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1973</v>
       </c>
-      <c r="F54" s="143">
+      <c r="F55" s="144">
         <f t="shared" ca="1" si="3"/>
         <v>1975</v>
       </c>
-      <c r="G54" s="145"/>
-[...2 lines deleted...]
-      <c r="J54" s="145">
+      <c r="G55" s="146"/>
+      <c r="H55" s="146"/>
+      <c r="I55" s="146"/>
+      <c r="J55" s="146">
+        <v>54</v>
+      </c>
+      <c r="K55" s="146">
         <v>53</v>
       </c>
-      <c r="K54" s="145">
-[...7 lines deleted...]
-      <c r="E55" s="143">
+      <c r="L55" s="143"/>
+    </row>
+    <row r="56" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C56" s="146"/>
+      <c r="D56" s="146"/>
+      <c r="E56" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1972</v>
       </c>
-      <c r="F55" s="143">
-[...6 lines deleted...]
-      <c r="J55" s="145">
+      <c r="F56" s="144"/>
+      <c r="G56" s="146"/>
+      <c r="H56" s="146"/>
+      <c r="I56" s="146"/>
+      <c r="J56" s="146">
+        <v>55</v>
+      </c>
+      <c r="K56" s="146">
         <v>54</v>
       </c>
-      <c r="K55" s="145">
-[...7 lines deleted...]
-      <c r="E56" s="143">
+      <c r="L56" s="143"/>
+    </row>
+    <row r="57" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C57" s="146"/>
+      <c r="D57" s="146"/>
+      <c r="E57" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1971</v>
       </c>
-      <c r="F56" s="143"/>
-[...3 lines deleted...]
-      <c r="J56" s="145">
+      <c r="F57" s="144"/>
+      <c r="G57" s="146"/>
+      <c r="H57" s="146"/>
+      <c r="I57" s="146"/>
+      <c r="J57" s="146">
+        <v>56</v>
+      </c>
+      <c r="K57" s="146">
         <v>55</v>
       </c>
-      <c r="K56" s="145">
-[...7 lines deleted...]
-      <c r="E57" s="143">
+      <c r="L57" s="143"/>
+    </row>
+    <row r="58" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C58" s="146"/>
+      <c r="D58" s="146"/>
+      <c r="E58" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1970</v>
       </c>
-      <c r="F57" s="143"/>
-[...3 lines deleted...]
-      <c r="J57" s="145">
+      <c r="F58" s="144"/>
+      <c r="G58" s="146"/>
+      <c r="H58" s="146"/>
+      <c r="I58" s="146"/>
+      <c r="J58" s="146">
+        <v>57</v>
+      </c>
+      <c r="K58" s="146">
         <v>56</v>
       </c>
-      <c r="K57" s="145">
-[...7 lines deleted...]
-      <c r="E58" s="143">
+      <c r="L58" s="143"/>
+    </row>
+    <row r="59" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C59" s="146"/>
+      <c r="D59" s="146"/>
+      <c r="E59" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1969</v>
       </c>
-      <c r="F58" s="143"/>
-[...3 lines deleted...]
-      <c r="J58" s="145">
+      <c r="F59" s="144"/>
+      <c r="G59" s="146"/>
+      <c r="H59" s="146"/>
+      <c r="I59" s="146"/>
+      <c r="J59" s="146">
+        <v>58</v>
+      </c>
+      <c r="K59" s="146">
         <v>57</v>
       </c>
-      <c r="K58" s="145">
-[...7 lines deleted...]
-      <c r="E59" s="143">
+      <c r="L59" s="143"/>
+    </row>
+    <row r="60" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C60" s="146"/>
+      <c r="D60" s="146"/>
+      <c r="E60" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1968</v>
       </c>
-      <c r="F59" s="143"/>
-[...3 lines deleted...]
-      <c r="J59" s="145">
+      <c r="F60" s="144"/>
+      <c r="G60" s="146"/>
+      <c r="H60" s="146"/>
+      <c r="I60" s="146"/>
+      <c r="J60" s="146">
+        <v>59</v>
+      </c>
+      <c r="K60" s="146">
         <v>58</v>
       </c>
-      <c r="K59" s="145">
-[...7 lines deleted...]
-      <c r="E60" s="143">
+      <c r="L60" s="143"/>
+    </row>
+    <row r="61" spans="3:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C61" s="146"/>
+      <c r="D61" s="146"/>
+      <c r="E61" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1967</v>
       </c>
-      <c r="F60" s="143"/>
-[...3 lines deleted...]
-      <c r="J60" s="145">
+      <c r="F61" s="144"/>
+      <c r="G61" s="146"/>
+      <c r="H61" s="146"/>
+      <c r="I61" s="146"/>
+      <c r="J61" s="146">
+        <v>60</v>
+      </c>
+      <c r="K61" s="146">
         <v>59</v>
       </c>
-      <c r="K60" s="145">
-[...7 lines deleted...]
-      <c r="E61" s="143">
+      <c r="L61" s="143"/>
+    </row>
+    <row r="62" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C62" s="143"/>
+      <c r="D62" s="143"/>
+      <c r="E62" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1966</v>
       </c>
-      <c r="F61" s="143"/>
-[...14 lines deleted...]
-      <c r="E62" s="143">
+      <c r="F62" s="144"/>
+      <c r="G62" s="143"/>
+      <c r="H62" s="143"/>
+      <c r="I62" s="146"/>
+      <c r="J62" s="143"/>
+      <c r="K62" s="143"/>
+      <c r="L62" s="143"/>
+    </row>
+    <row r="63" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C63" s="143"/>
+      <c r="D63" s="143"/>
+      <c r="E63" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1965</v>
       </c>
-      <c r="F62" s="143"/>
-[...10 lines deleted...]
-      <c r="E63" s="143">
+      <c r="F63" s="144"/>
+      <c r="G63" s="143"/>
+      <c r="H63" s="143"/>
+      <c r="I63" s="143"/>
+      <c r="J63" s="143"/>
+      <c r="K63" s="143"/>
+      <c r="L63" s="143"/>
+    </row>
+    <row r="64" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C64" s="143"/>
+      <c r="D64" s="143"/>
+      <c r="E64" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1964</v>
       </c>
-      <c r="F63" s="143"/>
-[...10 lines deleted...]
-      <c r="E64" s="143">
+      <c r="F64" s="144"/>
+      <c r="G64" s="143"/>
+      <c r="H64" s="143"/>
+      <c r="I64" s="143"/>
+      <c r="J64" s="143"/>
+      <c r="K64" s="143"/>
+      <c r="L64" s="143"/>
+    </row>
+    <row r="65" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C65" s="143"/>
+      <c r="D65" s="143"/>
+      <c r="E65" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1963</v>
       </c>
-      <c r="F64" s="143"/>
-[...10 lines deleted...]
-      <c r="E65" s="143">
+      <c r="F65" s="144"/>
+      <c r="G65" s="143"/>
+      <c r="H65" s="143"/>
+      <c r="I65" s="143"/>
+      <c r="J65" s="143"/>
+      <c r="K65" s="143"/>
+      <c r="L65" s="143"/>
+    </row>
+    <row r="66" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C66" s="143"/>
+      <c r="D66" s="143"/>
+      <c r="E66" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1962</v>
       </c>
-      <c r="F65" s="143"/>
-[...10 lines deleted...]
-      <c r="E66" s="143">
+      <c r="F66" s="144"/>
+      <c r="G66" s="143"/>
+      <c r="H66" s="143"/>
+      <c r="I66" s="143"/>
+      <c r="J66" s="143"/>
+      <c r="K66" s="143"/>
+      <c r="L66" s="143"/>
+    </row>
+    <row r="67" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C67" s="143"/>
+      <c r="D67" s="143"/>
+      <c r="E67" s="144">
         <f t="shared" ca="1" si="1"/>
         <v>1961</v>
       </c>
-      <c r="F66" s="143"/>
-[...11 lines deleted...]
-        <f t="shared" ca="1" si="1"/>
+      <c r="F67" s="144"/>
+      <c r="G67" s="143"/>
+      <c r="H67" s="143"/>
+      <c r="I67" s="143"/>
+      <c r="J67" s="143"/>
+      <c r="K67" s="143"/>
+      <c r="L67" s="143"/>
+    </row>
+    <row r="68" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C68" s="143"/>
+      <c r="D68" s="143"/>
+      <c r="E68" s="144">
+        <f t="shared" ref="E68:E108" ca="1" si="4">E67-1</f>
         <v>1960</v>
       </c>
-      <c r="F67" s="143"/>
-[...11 lines deleted...]
-        <f t="shared" ref="E68:E108" ca="1" si="4">E67-1</f>
+      <c r="F68" s="144"/>
+      <c r="G68" s="143"/>
+      <c r="H68" s="143"/>
+      <c r="I68" s="143"/>
+      <c r="J68" s="143"/>
+      <c r="K68" s="143"/>
+      <c r="L68" s="143"/>
+    </row>
+    <row r="69" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C69" s="143"/>
+      <c r="D69" s="143"/>
+      <c r="E69" s="144">
+        <f t="shared" ca="1" si="4"/>
         <v>1959</v>
       </c>
-      <c r="F68" s="143"/>
-[...10 lines deleted...]
-      <c r="E69" s="143">
+      <c r="F69" s="144"/>
+      <c r="G69" s="143"/>
+      <c r="H69" s="143"/>
+      <c r="I69" s="143"/>
+      <c r="J69" s="143"/>
+      <c r="K69" s="143"/>
+      <c r="L69" s="143"/>
+    </row>
+    <row r="70" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C70" s="143"/>
+      <c r="D70" s="143"/>
+      <c r="E70" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1958</v>
       </c>
-      <c r="F69" s="143"/>
-[...10 lines deleted...]
-      <c r="E70" s="143">
+      <c r="F70" s="144"/>
+      <c r="G70" s="143"/>
+      <c r="H70" s="143"/>
+      <c r="I70" s="143"/>
+      <c r="J70" s="143"/>
+      <c r="K70" s="143"/>
+      <c r="L70" s="143"/>
+    </row>
+    <row r="71" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C71" s="143"/>
+      <c r="D71" s="143"/>
+      <c r="E71" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1957</v>
       </c>
-      <c r="F70" s="143"/>
-[...10 lines deleted...]
-      <c r="E71" s="143">
+      <c r="F71" s="144"/>
+      <c r="G71" s="143"/>
+      <c r="H71" s="143"/>
+      <c r="I71" s="143"/>
+      <c r="J71" s="143"/>
+      <c r="K71" s="143"/>
+      <c r="L71" s="143"/>
+    </row>
+    <row r="72" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C72" s="143"/>
+      <c r="D72" s="143"/>
+      <c r="E72" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1956</v>
       </c>
-      <c r="F71" s="143"/>
-[...10 lines deleted...]
-      <c r="E72" s="143">
+      <c r="F72" s="144"/>
+      <c r="G72" s="143"/>
+      <c r="H72" s="143"/>
+      <c r="I72" s="143"/>
+      <c r="J72" s="143"/>
+      <c r="K72" s="143"/>
+      <c r="L72" s="143"/>
+    </row>
+    <row r="73" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C73" s="143"/>
+      <c r="D73" s="143"/>
+      <c r="E73" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1955</v>
       </c>
-      <c r="F72" s="143"/>
-[...10 lines deleted...]
-      <c r="E73" s="143">
+      <c r="F73" s="144"/>
+      <c r="G73" s="143"/>
+      <c r="H73" s="143"/>
+      <c r="I73" s="143"/>
+      <c r="J73" s="143"/>
+      <c r="K73" s="143"/>
+      <c r="L73" s="143"/>
+    </row>
+    <row r="74" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C74" s="143"/>
+      <c r="D74" s="143"/>
+      <c r="E74" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1954</v>
       </c>
-      <c r="F73" s="143"/>
-[...10 lines deleted...]
-      <c r="E74" s="143">
+      <c r="F74" s="144"/>
+      <c r="G74" s="143"/>
+      <c r="H74" s="143"/>
+      <c r="I74" s="143"/>
+      <c r="J74" s="143"/>
+      <c r="K74" s="143"/>
+      <c r="L74" s="143"/>
+    </row>
+    <row r="75" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C75" s="143"/>
+      <c r="D75" s="143"/>
+      <c r="E75" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1953</v>
       </c>
-      <c r="F74" s="143"/>
-[...10 lines deleted...]
-      <c r="E75" s="143">
+      <c r="F75" s="144"/>
+      <c r="G75" s="143"/>
+      <c r="H75" s="143"/>
+      <c r="I75" s="143"/>
+      <c r="J75" s="143"/>
+      <c r="K75" s="143"/>
+      <c r="L75" s="143"/>
+    </row>
+    <row r="76" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C76" s="143"/>
+      <c r="D76" s="143"/>
+      <c r="E76" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1952</v>
       </c>
-      <c r="F75" s="143"/>
-[...10 lines deleted...]
-      <c r="E76" s="143">
+      <c r="F76" s="144"/>
+      <c r="G76" s="143"/>
+      <c r="H76" s="143"/>
+      <c r="I76" s="143"/>
+      <c r="J76" s="143"/>
+      <c r="K76" s="143"/>
+      <c r="L76" s="143"/>
+    </row>
+    <row r="77" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C77" s="143"/>
+      <c r="D77" s="143"/>
+      <c r="E77" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1951</v>
       </c>
-      <c r="F76" s="143"/>
-[...10 lines deleted...]
-      <c r="E77" s="143">
+      <c r="F77" s="144"/>
+      <c r="G77" s="143"/>
+      <c r="H77" s="143"/>
+      <c r="I77" s="143"/>
+      <c r="J77" s="143"/>
+      <c r="K77" s="143"/>
+      <c r="L77" s="143"/>
+    </row>
+    <row r="78" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C78" s="143"/>
+      <c r="D78" s="143"/>
+      <c r="E78" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1950</v>
       </c>
-      <c r="F77" s="143"/>
-[...10 lines deleted...]
-      <c r="E78" s="143">
+      <c r="F78" s="144"/>
+      <c r="G78" s="143"/>
+      <c r="H78" s="143"/>
+      <c r="I78" s="143"/>
+      <c r="J78" s="143"/>
+      <c r="K78" s="143"/>
+      <c r="L78" s="143"/>
+    </row>
+    <row r="79" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C79" s="143"/>
+      <c r="D79" s="143"/>
+      <c r="E79" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1949</v>
       </c>
-      <c r="F78" s="143"/>
-[...10 lines deleted...]
-      <c r="E79" s="143">
+      <c r="F79" s="144"/>
+      <c r="G79" s="143"/>
+      <c r="H79" s="143"/>
+      <c r="I79" s="143"/>
+      <c r="J79" s="143"/>
+      <c r="K79" s="143"/>
+      <c r="L79" s="143"/>
+    </row>
+    <row r="80" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C80" s="143"/>
+      <c r="D80" s="143"/>
+      <c r="E80" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1948</v>
       </c>
-      <c r="F79" s="143"/>
-[...10 lines deleted...]
-      <c r="E80" s="143">
+      <c r="F80" s="144"/>
+      <c r="G80" s="143"/>
+      <c r="H80" s="143"/>
+      <c r="I80" s="143"/>
+      <c r="J80" s="143"/>
+      <c r="K80" s="143"/>
+      <c r="L80" s="143"/>
+    </row>
+    <row r="81" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C81" s="143"/>
+      <c r="D81" s="143"/>
+      <c r="E81" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1947</v>
       </c>
-      <c r="F80" s="143"/>
-[...10 lines deleted...]
-      <c r="E81" s="143">
+      <c r="F81" s="144"/>
+      <c r="G81" s="143"/>
+      <c r="H81" s="143"/>
+      <c r="I81" s="143"/>
+      <c r="J81" s="143"/>
+      <c r="K81" s="143"/>
+      <c r="L81" s="143"/>
+    </row>
+    <row r="82" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C82" s="143"/>
+      <c r="D82" s="143"/>
+      <c r="E82" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1946</v>
       </c>
-      <c r="F81" s="143"/>
-[...10 lines deleted...]
-      <c r="E82" s="143">
+      <c r="F82" s="144"/>
+      <c r="G82" s="143"/>
+      <c r="H82" s="143"/>
+      <c r="I82" s="143"/>
+      <c r="J82" s="143"/>
+      <c r="K82" s="143"/>
+      <c r="L82" s="143"/>
+    </row>
+    <row r="83" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C83" s="143"/>
+      <c r="D83" s="143"/>
+      <c r="E83" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1945</v>
       </c>
-      <c r="F82" s="143"/>
-[...10 lines deleted...]
-      <c r="E83" s="143">
+      <c r="F83" s="144"/>
+      <c r="G83" s="143"/>
+      <c r="H83" s="143"/>
+      <c r="I83" s="143"/>
+      <c r="J83" s="143"/>
+      <c r="K83" s="143"/>
+      <c r="L83" s="143"/>
+    </row>
+    <row r="84" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C84" s="143"/>
+      <c r="D84" s="143"/>
+      <c r="E84" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1944</v>
       </c>
-      <c r="F83" s="143"/>
-[...10 lines deleted...]
-      <c r="E84" s="143">
+      <c r="F84" s="144"/>
+      <c r="G84" s="143"/>
+      <c r="H84" s="143"/>
+      <c r="I84" s="143"/>
+      <c r="J84" s="143"/>
+      <c r="K84" s="143"/>
+      <c r="L84" s="143"/>
+    </row>
+    <row r="85" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C85" s="143"/>
+      <c r="D85" s="143"/>
+      <c r="E85" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1943</v>
       </c>
-      <c r="F84" s="143"/>
-[...10 lines deleted...]
-      <c r="E85" s="143">
+      <c r="F85" s="144"/>
+      <c r="G85" s="143"/>
+      <c r="H85" s="143"/>
+      <c r="I85" s="143"/>
+      <c r="J85" s="143"/>
+      <c r="K85" s="143"/>
+      <c r="L85" s="143"/>
+    </row>
+    <row r="86" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C86" s="143"/>
+      <c r="D86" s="143"/>
+      <c r="E86" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1942</v>
       </c>
-      <c r="F85" s="143"/>
-[...10 lines deleted...]
-      <c r="E86" s="143">
+      <c r="F86" s="144"/>
+      <c r="G86" s="143"/>
+      <c r="H86" s="143"/>
+      <c r="I86" s="143"/>
+      <c r="J86" s="143"/>
+      <c r="K86" s="143"/>
+      <c r="L86" s="143"/>
+    </row>
+    <row r="87" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C87" s="143"/>
+      <c r="D87" s="143"/>
+      <c r="E87" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1941</v>
       </c>
-      <c r="F86" s="143"/>
-[...10 lines deleted...]
-      <c r="E87" s="143">
+      <c r="F87" s="144"/>
+      <c r="G87" s="143"/>
+      <c r="H87" s="143"/>
+      <c r="I87" s="143"/>
+      <c r="J87" s="143"/>
+      <c r="K87" s="143"/>
+      <c r="L87" s="143"/>
+    </row>
+    <row r="88" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C88" s="143"/>
+      <c r="D88" s="143"/>
+      <c r="E88" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1940</v>
       </c>
-      <c r="F87" s="143"/>
-[...10 lines deleted...]
-      <c r="E88" s="143">
+      <c r="F88" s="144"/>
+      <c r="G88" s="143"/>
+      <c r="H88" s="143"/>
+      <c r="I88" s="143"/>
+      <c r="J88" s="143"/>
+      <c r="K88" s="143"/>
+      <c r="L88" s="143"/>
+    </row>
+    <row r="89" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C89" s="143"/>
+      <c r="D89" s="143"/>
+      <c r="E89" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1939</v>
       </c>
-      <c r="F88" s="143"/>
-[...10 lines deleted...]
-      <c r="E89" s="143">
+      <c r="F89" s="144"/>
+      <c r="G89" s="143"/>
+      <c r="H89" s="143"/>
+      <c r="I89" s="143"/>
+      <c r="J89" s="143"/>
+      <c r="K89" s="143"/>
+      <c r="L89" s="143"/>
+    </row>
+    <row r="90" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C90" s="143"/>
+      <c r="D90" s="143"/>
+      <c r="E90" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1938</v>
       </c>
-      <c r="F89" s="143"/>
-[...10 lines deleted...]
-      <c r="E90" s="143">
+      <c r="F90" s="144"/>
+      <c r="G90" s="143"/>
+      <c r="H90" s="143"/>
+      <c r="I90" s="143"/>
+      <c r="J90" s="143"/>
+      <c r="K90" s="143"/>
+      <c r="L90" s="143"/>
+    </row>
+    <row r="91" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C91" s="143"/>
+      <c r="D91" s="143"/>
+      <c r="E91" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1937</v>
       </c>
-      <c r="F90" s="143"/>
-[...10 lines deleted...]
-      <c r="E91" s="143">
+      <c r="F91" s="144"/>
+      <c r="G91" s="143"/>
+      <c r="H91" s="143"/>
+      <c r="I91" s="143"/>
+      <c r="J91" s="143"/>
+      <c r="K91" s="143"/>
+      <c r="L91" s="143"/>
+    </row>
+    <row r="92" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C92" s="143"/>
+      <c r="D92" s="143"/>
+      <c r="E92" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1936</v>
       </c>
-      <c r="F91" s="143"/>
-[...10 lines deleted...]
-      <c r="E92" s="143">
+      <c r="F92" s="144"/>
+      <c r="G92" s="143"/>
+      <c r="H92" s="143"/>
+      <c r="I92" s="143"/>
+      <c r="J92" s="143"/>
+      <c r="K92" s="143"/>
+      <c r="L92" s="143"/>
+    </row>
+    <row r="93" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C93" s="143"/>
+      <c r="D93" s="143"/>
+      <c r="E93" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1935</v>
       </c>
-      <c r="F92" s="143"/>
-[...10 lines deleted...]
-      <c r="E93" s="143">
+      <c r="F93" s="144"/>
+      <c r="G93" s="143"/>
+      <c r="H93" s="143"/>
+      <c r="I93" s="143"/>
+      <c r="J93" s="143"/>
+      <c r="K93" s="143"/>
+      <c r="L93" s="143"/>
+    </row>
+    <row r="94" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C94" s="143"/>
+      <c r="D94" s="143"/>
+      <c r="E94" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1934</v>
       </c>
-      <c r="F93" s="143"/>
-[...10 lines deleted...]
-      <c r="E94" s="143">
+      <c r="F94" s="144"/>
+      <c r="G94" s="143"/>
+      <c r="H94" s="143"/>
+      <c r="I94" s="143"/>
+      <c r="J94" s="143"/>
+      <c r="K94" s="143"/>
+      <c r="L94" s="143"/>
+    </row>
+    <row r="95" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C95" s="143"/>
+      <c r="D95" s="143"/>
+      <c r="E95" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1933</v>
       </c>
-      <c r="F94" s="143"/>
-[...10 lines deleted...]
-      <c r="E95" s="143">
+      <c r="F95" s="144"/>
+      <c r="G95" s="143"/>
+      <c r="H95" s="143"/>
+      <c r="I95" s="143"/>
+      <c r="J95" s="143"/>
+      <c r="K95" s="143"/>
+      <c r="L95" s="143"/>
+    </row>
+    <row r="96" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C96" s="143"/>
+      <c r="D96" s="143"/>
+      <c r="E96" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1932</v>
       </c>
-      <c r="F95" s="143"/>
-[...10 lines deleted...]
-      <c r="E96" s="143">
+      <c r="F96" s="144"/>
+      <c r="G96" s="143"/>
+      <c r="H96" s="143"/>
+      <c r="I96" s="143"/>
+      <c r="J96" s="143"/>
+      <c r="K96" s="143"/>
+      <c r="L96" s="143"/>
+    </row>
+    <row r="97" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C97" s="143"/>
+      <c r="D97" s="143"/>
+      <c r="E97" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1931</v>
       </c>
-      <c r="F96" s="143"/>
-[...10 lines deleted...]
-      <c r="E97" s="143">
+      <c r="F97" s="144"/>
+      <c r="G97" s="143"/>
+      <c r="H97" s="143"/>
+      <c r="I97" s="143"/>
+      <c r="J97" s="143"/>
+      <c r="K97" s="143"/>
+      <c r="L97" s="143"/>
+    </row>
+    <row r="98" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C98" s="143"/>
+      <c r="D98" s="143"/>
+      <c r="E98" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1930</v>
       </c>
-      <c r="F97" s="143"/>
-[...10 lines deleted...]
-      <c r="E98" s="143">
+      <c r="F98" s="144"/>
+      <c r="G98" s="143"/>
+      <c r="H98" s="143"/>
+      <c r="I98" s="143"/>
+      <c r="J98" s="143"/>
+      <c r="K98" s="143"/>
+      <c r="L98" s="143"/>
+    </row>
+    <row r="99" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C99" s="143"/>
+      <c r="D99" s="143"/>
+      <c r="E99" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1929</v>
       </c>
-      <c r="F98" s="143"/>
-[...10 lines deleted...]
-      <c r="E99" s="143">
+      <c r="F99" s="144"/>
+      <c r="G99" s="143"/>
+      <c r="H99" s="143"/>
+      <c r="I99" s="143"/>
+      <c r="J99" s="143"/>
+      <c r="K99" s="143"/>
+      <c r="L99" s="143"/>
+    </row>
+    <row r="100" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C100" s="143"/>
+      <c r="D100" s="143"/>
+      <c r="E100" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1928</v>
       </c>
-      <c r="F99" s="143"/>
-[...10 lines deleted...]
-      <c r="E100" s="143">
+      <c r="F100" s="144"/>
+      <c r="G100" s="143"/>
+      <c r="H100" s="143"/>
+      <c r="I100" s="143"/>
+      <c r="J100" s="143"/>
+      <c r="K100" s="143"/>
+      <c r="L100" s="143"/>
+    </row>
+    <row r="101" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C101" s="143"/>
+      <c r="D101" s="143"/>
+      <c r="E101" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1927</v>
       </c>
-      <c r="F100" s="143"/>
-[...10 lines deleted...]
-      <c r="E101" s="143">
+      <c r="F101" s="144"/>
+      <c r="G101" s="143"/>
+      <c r="H101" s="143"/>
+      <c r="I101" s="143"/>
+      <c r="J101" s="143"/>
+      <c r="K101" s="143"/>
+      <c r="L101" s="143"/>
+    </row>
+    <row r="102" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="C102" s="143"/>
+      <c r="D102" s="143"/>
+      <c r="E102" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1926</v>
       </c>
-      <c r="F101" s="143"/>
-[...10 lines deleted...]
-      <c r="E102" s="143">
+      <c r="F102" s="144"/>
+      <c r="G102" s="143"/>
+      <c r="H102" s="143"/>
+      <c r="I102" s="143"/>
+      <c r="J102" s="143"/>
+      <c r="K102" s="143"/>
+      <c r="L102" s="143"/>
+    </row>
+    <row r="103" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="E103" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1925</v>
       </c>
-      <c r="F102" s="143"/>
-[...8 lines deleted...]
-      <c r="E103" s="143">
+      <c r="F103" s="27"/>
+    </row>
+    <row r="104" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="E104" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1924</v>
       </c>
-      <c r="F103" s="27"/>
-[...2 lines deleted...]
-      <c r="E104" s="143">
+      <c r="F104" s="27"/>
+    </row>
+    <row r="105" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="E105" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1923</v>
       </c>
-      <c r="F104" s="27"/>
-[...2 lines deleted...]
-      <c r="E105" s="143">
+      <c r="F105" s="27"/>
+    </row>
+    <row r="106" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="E106" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1922</v>
       </c>
-      <c r="F105" s="27"/>
-[...2 lines deleted...]
-      <c r="E106" s="143">
+      <c r="F106" s="27"/>
+    </row>
+    <row r="107" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="E107" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1921</v>
       </c>
-      <c r="F106" s="27"/>
-[...2 lines deleted...]
-      <c r="E107" s="143">
+      <c r="F107" s="27"/>
+    </row>
+    <row r="108" spans="3:12" x14ac:dyDescent="0.15">
+      <c r="E108" s="144">
         <f t="shared" ca="1" si="4"/>
         <v>1920</v>
-      </c>
-[...5 lines deleted...]
-        <v>1919</v>
       </c>
       <c r="F108" s="27"/>
     </row>
     <row r="109" spans="3:12" x14ac:dyDescent="0.15">
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="3:12" x14ac:dyDescent="0.15">
       <c r="E110" s="3"/>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="3:12" x14ac:dyDescent="0.15">
       <c r="E111" s="3"/>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="3:12" x14ac:dyDescent="0.15">
       <c r="E112" s="3"/>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E114" s="3"/>
@@ -16917,66 +16935,56 @@
     </row>
     <row r="123" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="45" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101007EBCD71E07457443AC31B133D42A0E34" ma:contentTypeVersion="14" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="70125e4ab781043c60287bd4630e30c7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c3f0207d-d5d6-4a52-92a4-56fc7d67dfb8" xmlns:ns3="6af4509c-bf81-477d-8d78-d92db982eff6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="736e61c6c205ab5e4d7ea0d39b507572" ns2:_="" ns3:_="">
     <xsd:import namespace="c3f0207d-d5d6-4a52-92a4-56fc7d67dfb8"/>
     <xsd:import namespace="6af4509c-bf81-477d-8d78-d92db982eff6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -17165,98 +17173,108 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6af4509c-bf81-477d-8d78-d92db982eff6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c3f0207d-d5d6-4a52-92a4-56fc7d67dfb8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="6af4509c-bf81-477d-8d78-d92db982eff6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaLengthInSeconds xmlns="c3f0207d-d5d6-4a52-92a4-56fc7d67dfb8" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{679A5062-3E92-41AD-9159-833629BDFE73}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AED5D762-8B30-42AB-9A98-B035B42401CC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="6af4509c-bf81-477d-8d78-d92db982eff6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6524F8CA-A2D0-4C47-8842-F87C33B7FA99}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c3f0207d-d5d6-4a52-92a4-56fc7d67dfb8"/>
     <ds:schemaRef ds:uri="6af4509c-bf81-477d-8d78-d92db982eff6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AED5D762-8B30-42AB-9A98-B035B42401CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{679A5062-3E92-41AD-9159-833629BDFE73}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="c3f0207d-d5d6-4a52-92a4-56fc7d67dfb8"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="6af4509c-bf81-477d-8d78-d92db982eff6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>