--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -29,326 +29,326 @@
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19110" windowHeight="8760"/>
   </bookViews>
   <sheets>
     <sheet name="付表第二号（八）" sheetId="2" r:id="rId1"/>
     <sheet name="（参考）付表第二号（八）" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'付表第二号（八）'!$A$1:$Q$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'（参考）付表第二号（八）'!$A$1:$Q$6</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" count="64" uniqueCount="64">
   <si>
-    <t>生活相談員</t>
-[...5 lines deleted...]
-    <t>従業者の職種・員数</t>
+    <t>施設開設年月日</t>
+    <rPh sb="0" eb="2">
+      <t>シセツ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>カイセツ</t>
+    </rPh>
+    <rPh sb="4" eb="7">
+      <t>ネンガッピ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>人</t>
+    <rPh sb="0" eb="1">
+      <t>ニン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>付表第二号（八）  地域密着型特定施設入居者生活介護事業所の指定等に係る記載事項</t>
+    <rPh sb="32" eb="33">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>協力医療機関</t>
     <rPh sb="0" eb="2">
       <t>キョウリョク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イリョウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>施設開設年月日</t>
-[...23 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <t>従業者の職種・員数</t>
+  </si>
+  <si>
+    <t>生活相談員</t>
+  </si>
+  <si>
+    <t>○設備に関する基準の確認に必要な事項</t>
+  </si>
+  <si>
+    <t>利用者数（推定数を記入）</t>
+  </si>
+  <si>
+    <t>非常勤（人）</t>
   </si>
   <si>
     <t>（参考）  地域密着型特定施設入居者生活介護事業所の指定等に係る記載事項記入欄不足時の資料</t>
     <rPh sb="28" eb="29">
       <t>トウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>事業所番号</t>
   </si>
   <si>
-    <t>非常勤（人）</t>
-[...2 lines deleted...]
-    <t>利用者数（推定数を記入）</t>
+    <t>管 理 者</t>
+  </si>
+  <si>
+    <t>事 業 所</t>
+  </si>
+  <si>
+    <t>法人番号</t>
+    <rPh sb="0" eb="2">
+      <t>ホウジン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>バンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>市　区</t>
     <rPh sb="0" eb="1">
       <t>シ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>法人番号</t>
-[...17 lines deleted...]
-  <si>
     <t>施設の区分
 （該当に○）</t>
     <rPh sb="7" eb="9">
       <t>ガイトウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>名    称</t>
+  </si>
+  <si>
     <t>○人員に関する基準の確認に必要な事項</t>
-  </si>
-[...4 lines deleted...]
-    <t>生年月日</t>
   </si>
   <si>
     <t>入居定員</t>
     <rPh sb="0" eb="2">
       <t>ニュウキョ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>テイイン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>計画作成担当者</t>
+    <t>生年月日</t>
+  </si>
+  <si>
+    <t>電話番号</t>
+  </si>
+  <si>
+    <t>建物の構造</t>
+    <rPh sb="0" eb="2">
+      <t>タテモノ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>コウゾウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>都　道</t>
     <rPh sb="0" eb="1">
       <t>ト</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ミチ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>建物の構造</t>
+    <t>計画作成担当者</t>
+  </si>
+  <si>
+    <t>添付書類</t>
+  </si>
+  <si>
+    <t>兼務する職種 
+及び勤務時間等</t>
+  </si>
+  <si>
+    <t>備考</t>
     <rPh sb="0" eb="2">
-      <t>タテモノ</t>
-[...2 lines deleted...]
-      <t>コウゾウ</t>
+      <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
-  </si>
-[...5 lines deleted...]
-    <t>添付書類</t>
   </si>
   <si>
     <t>主な診療科名</t>
     <rPh sb="0" eb="1">
       <t>オモ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>シンリョウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>カメイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>備考</t>
-[...3 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <t>フリガナ</t>
   </si>
   <si>
     <t>同一敷地内の他の事業所
 又は施設の従業者との兼務
 （兼務の場合のみ記入）</t>
   </si>
   <si>
-    <t>フリガナ</t>
-[...1 lines deleted...]
-  <si>
     <t>所在地</t>
   </si>
   <si>
     <t>連絡先</t>
   </si>
   <si>
     <t>氏  名</t>
   </si>
   <si>
     <t>当該特定施設で兼務する他の職種（兼務の場合のみ記入）</t>
   </si>
   <si>
-    <t xml:space="preserve"> ）</t>
+    <t>名称</t>
   </si>
   <si>
     <t>１　記入欄が不足する場合は、適宜欄を設けて記載するか又は次頁の記入欄不足時の書類を添付してください。
 ２　管理者の兼務については、添付資料にて確認可能な場合は記載を省略することが可能です。</t>
   </si>
   <si>
-    <t>名称</t>
+    <t xml:space="preserve"> ）</t>
+  </si>
+  <si>
+    <t>常  勤（人）</t>
   </si>
   <si>
     <t>専従</t>
     <rPh sb="0" eb="2">
       <t>センジュウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>常  勤（人）</t>
-[...1 lines deleted...]
-  <si>
     <t>常勤換算後の人数（人）</t>
   </si>
   <si>
     <t xml:space="preserve">（郵便番号  </t>
   </si>
   <si>
+    <t>Email</t>
+  </si>
+  <si>
     <t>FAX 番号</t>
   </si>
   <si>
-    <t>Email</t>
-[...1 lines deleted...]
-  <si>
     <t>有料老人ホーム</t>
   </si>
   <si>
     <t>軽費老人ホーム</t>
   </si>
   <si>
     <t>サービス付き高齢者向け住宅</t>
+  </si>
+  <si>
+    <t>要介護者</t>
+  </si>
+  <si>
+    <t>府　県</t>
+    <rPh sb="0" eb="1">
+      <t>フ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>介護職員</t>
     <rPh sb="0" eb="2">
       <t>カイゴ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ショクイン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>府　県</t>
-[...11 lines deleted...]
-  <si>
     <t>別添のとおり</t>
     <rPh sb="0" eb="2">
       <t>ベッテン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>専従</t>
   </si>
   <si>
     <t>兼務</t>
   </si>
   <si>
+    <t xml:space="preserve"> －  </t>
+  </si>
+  <si>
     <t>（内線）</t>
     <rPh sb="1" eb="3">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="3"/>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> －  </t>
   </si>
   <si>
     <t>看護職員</t>
     <rPh sb="0" eb="2">
       <t>カンゴ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ショクイン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>人</t>
   </si>
   <si>
     <t>住所</t>
   </si>
   <si>
     <t>兼務</t>
     <rPh sb="0" eb="2">
       <t>ケンム</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
@@ -363,52 +363,53 @@
       <t>ムラ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>（郵便番号</t>
     <rPh sb="1" eb="5">
       <t>ユウビンバンゴウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>機能訓練指導員</t>
   </si>
   <si>
     <t xml:space="preserve"> －</t>
   </si>
   <si>
     <t>■協力医療機関</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <numFmts count="1">
-    <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+  <numFmts count="2">
+    <numFmt numFmtId="176" formatCode="0_ "/>
+    <numFmt numFmtId="177" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="6"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1507,174 +1508,174 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="42" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="6" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="42" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="6" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="43" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="6" fillId="2" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
@@ -1738,51 +1739,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="50" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="52" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="53" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="53" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="54" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="55" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="56" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="57" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="59" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="54" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="31" fontId="6" fillId="2" borderId="56" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2297,192 +2298,192 @@
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q40"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="115" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection sqref="A1:Q1"/>
+      <selection activeCell="F2" sqref="F2:Q2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="9.109375" style="1"/>
     <col min="2" max="5" width="3.77734375" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.109375" style="1"/>
     <col min="7" max="17" width="9.33203125" style="1" customWidth="1"/>
     <col min="18" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="36" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
       <c r="H1" s="21"/>
       <c r="I1" s="21"/>
       <c r="J1" s="21"/>
       <c r="K1" s="21"/>
       <c r="L1" s="21"/>
       <c r="M1" s="21"/>
       <c r="N1" s="21"/>
       <c r="O1" s="21"/>
       <c r="P1" s="21"/>
       <c r="Q1" s="21"/>
     </row>
     <row r="2" spans="1:17" ht="15" customHeight="1">
       <c r="A2" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="22" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="56"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="72"/>
       <c r="K2" s="72"/>
       <c r="L2" s="72"/>
       <c r="M2" s="72"/>
       <c r="N2" s="72"/>
       <c r="O2" s="72"/>
       <c r="P2" s="72"/>
       <c r="Q2" s="133"/>
     </row>
     <row r="3" spans="1:17" ht="15" customHeight="1">
       <c r="A3" s="5"/>
       <c r="B3" s="23" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C3" s="45"/>
       <c r="D3" s="45"/>
       <c r="E3" s="50"/>
       <c r="F3" s="57"/>
       <c r="G3" s="73"/>
       <c r="H3" s="73"/>
       <c r="I3" s="73"/>
       <c r="J3" s="73"/>
       <c r="K3" s="73"/>
       <c r="L3" s="73"/>
       <c r="M3" s="73"/>
       <c r="N3" s="73"/>
       <c r="O3" s="73"/>
       <c r="P3" s="73"/>
       <c r="Q3" s="134"/>
     </row>
     <row r="4" spans="1:17" ht="30" customHeight="1">
       <c r="A4" s="5"/>
       <c r="B4" s="24" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C4" s="46"/>
       <c r="D4" s="46"/>
       <c r="E4" s="51"/>
       <c r="F4" s="58"/>
       <c r="G4" s="74"/>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="74"/>
       <c r="L4" s="74"/>
       <c r="M4" s="74"/>
       <c r="N4" s="74"/>
       <c r="O4" s="74"/>
       <c r="P4" s="74"/>
       <c r="Q4" s="135"/>
     </row>
     <row r="5" spans="1:17" ht="15" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="25" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="30"/>
       <c r="D5" s="30"/>
       <c r="E5" s="52"/>
       <c r="F5" s="59" t="s">
         <v>40</v>
       </c>
       <c r="G5" s="49"/>
       <c r="H5" s="87"/>
       <c r="I5" s="87"/>
       <c r="J5" s="49" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K5" s="87"/>
       <c r="L5" s="87"/>
       <c r="M5" s="112" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="N5" s="49"/>
       <c r="O5" s="49"/>
       <c r="P5" s="49"/>
       <c r="Q5" s="136"/>
     </row>
     <row r="6" spans="1:17" ht="15" customHeight="1">
       <c r="A6" s="5"/>
       <c r="B6" s="26"/>
       <c r="C6" s="46"/>
       <c r="D6" s="46"/>
       <c r="E6" s="46"/>
       <c r="F6" s="60"/>
       <c r="G6" s="75"/>
       <c r="H6" s="88" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="91"/>
       <c r="J6" s="91"/>
       <c r="K6" s="91"/>
       <c r="L6" s="91"/>
       <c r="M6" s="113" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="N6" s="75"/>
       <c r="O6" s="75"/>
       <c r="P6" s="75"/>
       <c r="Q6" s="137"/>
     </row>
     <row r="7" spans="1:17" ht="15" customHeight="1">
       <c r="A7" s="5"/>
       <c r="B7" s="26"/>
       <c r="C7" s="46"/>
       <c r="D7" s="46"/>
       <c r="E7" s="46"/>
       <c r="F7" s="60"/>
       <c r="G7" s="75"/>
       <c r="H7" s="88" t="s">
         <v>47</v>
       </c>
       <c r="I7" s="91"/>
       <c r="J7" s="91"/>
       <c r="K7" s="91"/>
       <c r="L7" s="91"/>
       <c r="M7" s="113" t="s">
         <v>59</v>
       </c>
       <c r="N7" s="75"/>
@@ -2496,106 +2497,106 @@
       <c r="C8" s="32"/>
       <c r="D8" s="32"/>
       <c r="E8" s="53"/>
       <c r="F8" s="61"/>
       <c r="G8" s="76"/>
       <c r="H8" s="76"/>
       <c r="I8" s="76"/>
       <c r="J8" s="76"/>
       <c r="K8" s="76"/>
       <c r="L8" s="76"/>
       <c r="M8" s="76"/>
       <c r="N8" s="76"/>
       <c r="O8" s="76"/>
       <c r="P8" s="76"/>
       <c r="Q8" s="138"/>
     </row>
     <row r="9" spans="1:17" ht="15" customHeight="1">
       <c r="A9" s="5"/>
       <c r="B9" s="28" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="28"/>
       <c r="D9" s="28"/>
       <c r="E9" s="28"/>
       <c r="F9" s="33" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G9" s="55"/>
       <c r="H9" s="89"/>
       <c r="I9" s="92"/>
       <c r="J9" s="92"/>
       <c r="K9" s="100" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L9" s="106"/>
       <c r="M9" s="114" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N9" s="89"/>
       <c r="O9" s="92"/>
       <c r="P9" s="92"/>
       <c r="Q9" s="139"/>
     </row>
     <row r="10" spans="1:17" ht="15" customHeight="1">
       <c r="A10" s="6"/>
       <c r="B10" s="29"/>
       <c r="C10" s="29"/>
       <c r="D10" s="29"/>
       <c r="E10" s="29"/>
       <c r="F10" s="28" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G10" s="28"/>
       <c r="H10" s="90"/>
       <c r="I10" s="93"/>
       <c r="J10" s="94"/>
       <c r="K10" s="94"/>
       <c r="L10" s="94"/>
       <c r="M10" s="93"/>
       <c r="N10" s="93"/>
       <c r="O10" s="93"/>
       <c r="P10" s="93"/>
       <c r="Q10" s="140"/>
     </row>
     <row r="11" spans="1:17" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B11" s="30"/>
       <c r="C11" s="30"/>
       <c r="D11" s="30"/>
       <c r="E11" s="52"/>
       <c r="F11" s="62" t="s">
         <v>43</v>
       </c>
       <c r="G11" s="77"/>
       <c r="H11" s="77"/>
       <c r="I11" s="77"/>
       <c r="J11" s="95"/>
       <c r="K11" s="25" t="s">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="L11" s="52"/>
       <c r="M11" s="115"/>
       <c r="N11" s="120"/>
       <c r="O11" s="120"/>
       <c r="P11" s="120"/>
       <c r="Q11" s="141"/>
     </row>
     <row r="12" spans="1:17" ht="15" customHeight="1">
       <c r="A12" s="8"/>
       <c r="B12" s="31"/>
       <c r="C12" s="31"/>
       <c r="D12" s="31"/>
       <c r="E12" s="54"/>
       <c r="F12" s="63" t="s">
         <v>44</v>
       </c>
       <c r="G12" s="78"/>
       <c r="H12" s="78"/>
       <c r="I12" s="78"/>
       <c r="J12" s="95"/>
       <c r="K12" s="26"/>
       <c r="L12" s="54"/>
       <c r="M12" s="116"/>
       <c r="N12" s="121"/>
@@ -2604,77 +2605,77 @@
       <c r="Q12" s="142"/>
     </row>
     <row r="13" spans="1:17" ht="15" customHeight="1">
       <c r="A13" s="9"/>
       <c r="B13" s="32"/>
       <c r="C13" s="32"/>
       <c r="D13" s="32"/>
       <c r="E13" s="54"/>
       <c r="F13" s="64" t="s">
         <v>45</v>
       </c>
       <c r="G13" s="79"/>
       <c r="H13" s="79"/>
       <c r="I13" s="79"/>
       <c r="J13" s="95"/>
       <c r="K13" s="27"/>
       <c r="L13" s="53"/>
       <c r="M13" s="117"/>
       <c r="N13" s="122"/>
       <c r="O13" s="122"/>
       <c r="P13" s="122"/>
       <c r="Q13" s="143"/>
     </row>
     <row r="14" spans="1:17" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B14" s="33" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="55"/>
       <c r="F14" s="65"/>
       <c r="G14" s="80"/>
       <c r="H14" s="80"/>
       <c r="I14" s="80"/>
       <c r="J14" s="96"/>
       <c r="K14" s="25" t="s">
         <v>56</v>
       </c>
       <c r="L14" s="52"/>
       <c r="M14" s="118" t="s">
         <v>60</v>
       </c>
       <c r="N14" s="123"/>
       <c r="O14" s="128" t="s">
         <v>62</v>
       </c>
       <c r="P14" s="123"/>
       <c r="Q14" s="144" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="15" customHeight="1">
       <c r="A15" s="5"/>
       <c r="B15" s="33" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="47"/>
       <c r="D15" s="47"/>
       <c r="E15" s="55"/>
       <c r="F15" s="65"/>
       <c r="G15" s="80"/>
       <c r="H15" s="80"/>
       <c r="I15" s="80"/>
       <c r="J15" s="96"/>
       <c r="K15" s="26"/>
       <c r="L15" s="54"/>
       <c r="M15" s="119"/>
       <c r="N15" s="109"/>
       <c r="O15" s="109"/>
       <c r="P15" s="109"/>
       <c r="Q15" s="145"/>
     </row>
     <row r="16" spans="1:17" ht="15" customHeight="1">
       <c r="A16" s="5"/>
@@ -2699,495 +2700,495 @@
     </row>
     <row r="17" spans="1:17" ht="15" customHeight="1">
       <c r="A17" s="10"/>
       <c r="B17" s="34" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="48"/>
       <c r="D17" s="48"/>
       <c r="E17" s="48"/>
       <c r="F17" s="48"/>
       <c r="G17" s="48"/>
       <c r="H17" s="48"/>
       <c r="I17" s="48"/>
       <c r="J17" s="48"/>
       <c r="K17" s="101"/>
       <c r="L17" s="107"/>
       <c r="M17" s="107"/>
       <c r="N17" s="107"/>
       <c r="O17" s="107"/>
       <c r="P17" s="107"/>
       <c r="Q17" s="146"/>
     </row>
     <row r="18" spans="1:17" ht="15" customHeight="1">
       <c r="A18" s="10"/>
       <c r="B18" s="35" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C18" s="49"/>
       <c r="D18" s="49"/>
       <c r="E18" s="49"/>
       <c r="F18" s="49"/>
       <c r="G18" s="49"/>
       <c r="H18" s="33" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="I18" s="47"/>
       <c r="J18" s="55"/>
       <c r="K18" s="68"/>
       <c r="L18" s="82"/>
       <c r="M18" s="82"/>
       <c r="N18" s="124"/>
       <c r="O18" s="129" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="P18" s="130"/>
       <c r="Q18" s="147"/>
     </row>
     <row r="19" spans="1:17" ht="15" customHeight="1">
       <c r="A19" s="10"/>
       <c r="B19" s="24"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="24" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I19" s="31"/>
       <c r="J19" s="31"/>
       <c r="K19" s="102"/>
       <c r="L19" s="108"/>
       <c r="M19" s="108"/>
       <c r="N19" s="108"/>
       <c r="O19" s="108"/>
       <c r="P19" s="108"/>
       <c r="Q19" s="148"/>
     </row>
     <row r="20" spans="1:17" ht="15" customHeight="1">
       <c r="A20" s="10"/>
       <c r="B20" s="24"/>
       <c r="C20" s="31"/>
       <c r="D20" s="31"/>
       <c r="E20" s="31"/>
       <c r="F20" s="46"/>
       <c r="G20" s="46"/>
       <c r="H20" s="24"/>
       <c r="I20" s="46"/>
       <c r="J20" s="46"/>
       <c r="K20" s="103"/>
       <c r="L20" s="109"/>
       <c r="M20" s="109"/>
       <c r="N20" s="125"/>
       <c r="O20" s="125"/>
       <c r="P20" s="125"/>
       <c r="Q20" s="145"/>
     </row>
     <row r="21" spans="1:17" ht="22.2" customHeight="1">
       <c r="A21" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="28" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C21" s="28"/>
       <c r="D21" s="28"/>
       <c r="E21" s="28"/>
       <c r="F21" s="67"/>
       <c r="G21" s="73"/>
       <c r="H21" s="73"/>
       <c r="I21" s="73"/>
       <c r="J21" s="73"/>
       <c r="K21" s="28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L21" s="28"/>
       <c r="M21" s="28"/>
       <c r="N21" s="67"/>
       <c r="O21" s="73"/>
       <c r="P21" s="73"/>
       <c r="Q21" s="134"/>
     </row>
     <row r="22" spans="1:17" ht="22.2" customHeight="1">
       <c r="A22" s="8"/>
       <c r="B22" s="28" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="68"/>
       <c r="G22" s="82"/>
       <c r="H22" s="82"/>
       <c r="I22" s="82"/>
       <c r="J22" s="82"/>
       <c r="K22" s="28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L22" s="28"/>
       <c r="M22" s="28"/>
       <c r="N22" s="68"/>
       <c r="O22" s="82"/>
       <c r="P22" s="82"/>
       <c r="Q22" s="149"/>
     </row>
     <row r="23" spans="1:17" ht="22.2" customHeight="1">
       <c r="A23" s="9"/>
       <c r="B23" s="28" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C23" s="28"/>
       <c r="D23" s="28"/>
       <c r="E23" s="28"/>
       <c r="F23" s="69"/>
       <c r="G23" s="83"/>
       <c r="H23" s="83"/>
       <c r="I23" s="83"/>
       <c r="J23" s="83"/>
       <c r="K23" s="28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L23" s="28"/>
       <c r="M23" s="28"/>
       <c r="N23" s="69"/>
       <c r="O23" s="83"/>
       <c r="P23" s="83"/>
       <c r="Q23" s="150"/>
     </row>
     <row r="24" spans="1:17" ht="15" customHeight="1">
       <c r="A24" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="36"/>
       <c r="C24" s="36"/>
       <c r="D24" s="36"/>
       <c r="E24" s="36"/>
       <c r="F24" s="36"/>
       <c r="G24" s="36"/>
       <c r="H24" s="36"/>
       <c r="I24" s="36"/>
       <c r="J24" s="36"/>
       <c r="K24" s="36"/>
       <c r="L24" s="36"/>
       <c r="M24" s="36"/>
       <c r="N24" s="36"/>
       <c r="O24" s="36"/>
       <c r="P24" s="36"/>
       <c r="Q24" s="151"/>
     </row>
     <row r="25" spans="1:17" ht="15" customHeight="1">
       <c r="A25" s="8" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B25" s="31"/>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="54"/>
       <c r="H25" s="27" t="s">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I25" s="53"/>
       <c r="J25" s="27" t="s">
         <v>54</v>
       </c>
       <c r="K25" s="53"/>
       <c r="L25" s="27" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="M25" s="53"/>
       <c r="N25" s="27" t="s">
         <v>61</v>
       </c>
       <c r="O25" s="53"/>
       <c r="P25" s="131" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="Q25" s="152"/>
     </row>
     <row r="26" spans="1:17" ht="15" customHeight="1">
       <c r="A26" s="8"/>
       <c r="B26" s="31"/>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="54"/>
       <c r="H26" s="28" t="s">
         <v>50</v>
       </c>
       <c r="I26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="J26" s="28" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K26" s="28" t="s">
         <v>57</v>
       </c>
       <c r="L26" s="28" t="s">
         <v>50</v>
       </c>
       <c r="M26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="N26" s="28" t="s">
         <v>50</v>
       </c>
       <c r="O26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="P26" s="28" t="s">
         <v>50</v>
       </c>
       <c r="Q26" s="153" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="15" customHeight="1">
       <c r="A27" s="12"/>
       <c r="B27" s="37" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C27" s="47"/>
       <c r="D27" s="47"/>
       <c r="E27" s="47"/>
       <c r="F27" s="47"/>
       <c r="G27" s="55"/>
       <c r="H27" s="28"/>
       <c r="I27" s="28"/>
       <c r="J27" s="28"/>
       <c r="K27" s="28"/>
       <c r="L27" s="28"/>
       <c r="M27" s="28"/>
       <c r="N27" s="28"/>
       <c r="O27" s="28"/>
       <c r="P27" s="28"/>
       <c r="Q27" s="153"/>
     </row>
     <row r="28" spans="1:17" ht="15" customHeight="1">
       <c r="A28" s="12"/>
       <c r="B28" s="24" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C28" s="31"/>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
       <c r="F28" s="31"/>
       <c r="G28" s="54"/>
       <c r="H28" s="29"/>
       <c r="I28" s="29"/>
       <c r="J28" s="29"/>
       <c r="K28" s="29"/>
       <c r="L28" s="29"/>
       <c r="M28" s="29"/>
       <c r="N28" s="28"/>
       <c r="O28" s="28"/>
       <c r="P28" s="28"/>
       <c r="Q28" s="153"/>
     </row>
     <row r="29" spans="1:17" ht="15" customHeight="1">
       <c r="A29" s="13"/>
       <c r="B29" s="38" t="s">
         <v>39</v>
       </c>
       <c r="C29" s="38"/>
       <c r="D29" s="38"/>
       <c r="E29" s="38"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="38"/>
       <c r="J29" s="98"/>
       <c r="K29" s="98"/>
       <c r="L29" s="38"/>
       <c r="M29" s="38"/>
       <c r="N29" s="126"/>
       <c r="O29" s="126"/>
       <c r="P29" s="132"/>
       <c r="Q29" s="154"/>
     </row>
     <row r="30" spans="1:17" ht="15" customHeight="1">
       <c r="A30" s="8" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B30" s="31"/>
       <c r="C30" s="31"/>
       <c r="D30" s="31"/>
       <c r="E30" s="31"/>
       <c r="F30" s="27"/>
       <c r="G30" s="32"/>
       <c r="H30" s="32"/>
       <c r="I30" s="32"/>
       <c r="J30" s="31" t="s">
         <v>55</v>
       </c>
       <c r="K30" s="104" t="s">
         <v>58</v>
       </c>
       <c r="L30" s="110"/>
       <c r="M30" s="110"/>
       <c r="N30" s="127"/>
       <c r="O30" s="127"/>
       <c r="P30" s="127"/>
       <c r="Q30" s="155"/>
     </row>
     <row r="31" spans="1:17" ht="15" customHeight="1">
       <c r="A31" s="14"/>
       <c r="B31" s="39"/>
       <c r="C31" s="39"/>
       <c r="D31" s="39"/>
       <c r="E31" s="39"/>
       <c r="F31" s="33" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G31" s="55"/>
       <c r="H31" s="33"/>
       <c r="I31" s="47"/>
       <c r="J31" s="99" t="s">
         <v>55</v>
       </c>
       <c r="K31" s="105"/>
       <c r="L31" s="111"/>
       <c r="M31" s="111"/>
       <c r="N31" s="111"/>
       <c r="O31" s="111"/>
       <c r="P31" s="111"/>
       <c r="Q31" s="156"/>
     </row>
     <row r="32" spans="1:17" ht="15" customHeight="1">
       <c r="A32" s="11" t="s">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="B32" s="36"/>
       <c r="C32" s="36"/>
       <c r="D32" s="36"/>
       <c r="E32" s="36"/>
       <c r="F32" s="36"/>
       <c r="G32" s="84"/>
       <c r="H32" s="84"/>
       <c r="I32" s="84"/>
       <c r="J32" s="36"/>
       <c r="K32" s="36"/>
       <c r="L32" s="36"/>
       <c r="M32" s="36"/>
       <c r="N32" s="36"/>
       <c r="O32" s="36"/>
       <c r="P32" s="36"/>
       <c r="Q32" s="151"/>
     </row>
     <row r="33" spans="1:17" ht="15" customHeight="1">
       <c r="A33" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B33" s="40"/>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="33"/>
       <c r="G33" s="47"/>
       <c r="H33" s="47"/>
       <c r="I33" s="47"/>
       <c r="J33" s="40" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K33" s="85"/>
       <c r="L33" s="85"/>
       <c r="M33" s="85"/>
       <c r="N33" s="85"/>
       <c r="O33" s="85"/>
       <c r="P33" s="85"/>
       <c r="Q33" s="157"/>
     </row>
     <row r="34" spans="1:17" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A34" s="16" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
       <c r="E34" s="41"/>
       <c r="F34" s="70"/>
       <c r="G34" s="85"/>
       <c r="H34" s="85"/>
       <c r="I34" s="85"/>
       <c r="J34" s="85"/>
       <c r="K34" s="85"/>
       <c r="L34" s="85"/>
       <c r="M34" s="85"/>
       <c r="N34" s="85"/>
       <c r="O34" s="85"/>
       <c r="P34" s="85"/>
       <c r="Q34" s="157"/>
     </row>
     <row r="35" spans="1:17" ht="15" customHeight="1">
       <c r="A35" s="17" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B35" s="42"/>
       <c r="C35" s="42"/>
       <c r="D35" s="42"/>
       <c r="E35" s="42"/>
       <c r="F35" s="71" t="s">
         <v>49</v>
       </c>
       <c r="G35" s="86"/>
       <c r="H35" s="86"/>
       <c r="I35" s="86"/>
       <c r="J35" s="86"/>
       <c r="K35" s="86"/>
       <c r="L35" s="86"/>
       <c r="M35" s="86"/>
       <c r="N35" s="86"/>
       <c r="O35" s="86"/>
       <c r="P35" s="86"/>
       <c r="Q35" s="158"/>
     </row>
     <row r="36" spans="1:17" ht="15.75" customHeight="1">
       <c r="A36" s="18"/>
       <c r="B36" s="18"/>
       <c r="C36" s="18"/>
       <c r="D36" s="18"/>
       <c r="E36" s="18"/>
       <c r="F36" s="18"/>
       <c r="G36" s="18"/>
       <c r="H36" s="18"/>
       <c r="I36" s="18"/>
       <c r="J36" s="18"/>
       <c r="K36" s="18"/>
       <c r="L36" s="18"/>
       <c r="M36" s="18"/>
       <c r="N36" s="18"/>
       <c r="O36" s="18"/>
       <c r="P36" s="18"/>
       <c r="Q36" s="18"/>
     </row>
     <row r="37" spans="1:17" ht="15.9" customHeight="1">
       <c r="A37" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B37" s="43" t="s">
         <v>35</v>
       </c>
       <c r="C37" s="43"/>
       <c r="D37" s="43"/>
       <c r="E37" s="43"/>
       <c r="F37" s="43"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="43"/>
       <c r="K37" s="43"/>
       <c r="L37" s="43"/>
       <c r="M37" s="43"/>
       <c r="N37" s="43"/>
       <c r="O37" s="43"/>
       <c r="P37" s="43"/>
       <c r="Q37" s="43"/>
     </row>
     <row r="38" spans="1:17" ht="15.9" customHeight="1">
       <c r="A38" s="19"/>
       <c r="B38" s="43"/>
       <c r="C38" s="43"/>
       <c r="D38" s="43"/>
@@ -3401,68 +3402,68 @@
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>160020</xdr:rowOff>
                   </from>
                   <to xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>122555</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>45720</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q30"/>
+  <dimension ref="A1:Q6"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <selection activeCell="J32" sqref="J32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="9.109375" style="159"/>
     <col min="2" max="5" width="3.77734375" style="159" customWidth="1"/>
     <col min="6" max="6" width="9.109375" style="159"/>
     <col min="7" max="17" width="9.33203125" style="159" customWidth="1"/>
     <col min="18" max="16384" width="9.109375" style="159"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="36" customHeight="1">
       <c r="A1" s="160" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B1" s="165"/>
       <c r="C1" s="165"/>
       <c r="D1" s="165"/>
       <c r="E1" s="165"/>
       <c r="F1" s="165"/>
       <c r="G1" s="165"/>
       <c r="H1" s="165"/>
       <c r="I1" s="165"/>
       <c r="J1" s="165"/>
       <c r="K1" s="165"/>
       <c r="L1" s="165"/>
       <c r="M1" s="165"/>
       <c r="N1" s="165"/>
       <c r="O1" s="165"/>
       <c r="P1" s="165"/>
       <c r="Q1" s="165"/>
     </row>
     <row r="2" spans="1:17" ht="14.4" customHeight="1">
       <c r="A2" s="160"/>
       <c r="B2" s="165"/>
       <c r="C2" s="165"/>
       <c r="D2" s="165"/>
       <c r="E2" s="165"/>
       <c r="F2" s="165"/>
@@ -3482,131 +3483,115 @@
       <c r="A3" s="161" t="s">
         <v>63</v>
       </c>
       <c r="B3" s="165"/>
       <c r="C3" s="165"/>
       <c r="D3" s="165"/>
       <c r="E3" s="165"/>
       <c r="F3" s="165"/>
       <c r="G3" s="165"/>
       <c r="H3" s="165"/>
       <c r="I3" s="165"/>
       <c r="J3" s="165"/>
       <c r="K3" s="165"/>
       <c r="L3" s="165"/>
       <c r="M3" s="165"/>
       <c r="N3" s="165"/>
       <c r="O3" s="165"/>
       <c r="P3" s="165"/>
       <c r="Q3" s="165"/>
     </row>
     <row r="4" spans="1:17" ht="22.2" customHeight="1">
       <c r="A4" s="162" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="166" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C4" s="166"/>
       <c r="D4" s="166"/>
       <c r="E4" s="166"/>
       <c r="F4" s="169"/>
       <c r="G4" s="172"/>
       <c r="H4" s="172"/>
       <c r="I4" s="172"/>
       <c r="J4" s="172"/>
       <c r="K4" s="166" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L4" s="166"/>
       <c r="M4" s="166"/>
       <c r="N4" s="169"/>
       <c r="O4" s="172"/>
       <c r="P4" s="172"/>
       <c r="Q4" s="175"/>
     </row>
     <row r="5" spans="1:17" ht="22.2" customHeight="1">
       <c r="A5" s="163"/>
       <c r="B5" s="167" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C5" s="167"/>
       <c r="D5" s="167"/>
       <c r="E5" s="167"/>
       <c r="F5" s="170"/>
       <c r="G5" s="173"/>
       <c r="H5" s="173"/>
       <c r="I5" s="173"/>
       <c r="J5" s="173"/>
       <c r="K5" s="167" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L5" s="167"/>
       <c r="M5" s="167"/>
       <c r="N5" s="170"/>
       <c r="O5" s="173"/>
       <c r="P5" s="173"/>
       <c r="Q5" s="176"/>
     </row>
     <row r="6" spans="1:17" ht="22.2" customHeight="1">
       <c r="A6" s="164"/>
       <c r="B6" s="168" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C6" s="168"/>
       <c r="D6" s="168"/>
       <c r="E6" s="168"/>
       <c r="F6" s="171"/>
       <c r="G6" s="174"/>
       <c r="H6" s="174"/>
       <c r="I6" s="174"/>
       <c r="J6" s="174"/>
       <c r="K6" s="168" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L6" s="168"/>
       <c r="M6" s="168"/>
       <c r="N6" s="171"/>
       <c r="O6" s="174"/>
       <c r="P6" s="174"/>
       <c r="Q6" s="177"/>
-    </row>
-[...14 lines deleted...]
-      <c r="G30" s="159"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A1:Q1"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:Q4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:J5"/>
     <mergeCell ref="K5:M5"/>
     <mergeCell ref="N5:Q5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="F6:J6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="N6:Q6"/>
     <mergeCell ref="A4:A6"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" fitToWidth="1" fitToHeight="1" orientation="portrait" usePrinterDefaults="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
@@ -3637,29 +3622,29 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>中村 葉子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="2" name="SavedVersions">
     <vt:vector size="1" baseType="lpwstr">
       <vt:lpwstr>3.1.3.0</vt:lpwstr>
     </vt:vector>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="3" name="LastSavedVersion">
     <vt:lpwstr>3.1.3.0</vt:lpwstr>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="4" name="LastSavedDate">
-    <vt:filetime>2024-07-24T07:33:15Z</vt:filetime>
+    <vt:filetime>2025-09-08T02:56:12Z</vt:filetime>
   </property>
 </Properties>
 </file>