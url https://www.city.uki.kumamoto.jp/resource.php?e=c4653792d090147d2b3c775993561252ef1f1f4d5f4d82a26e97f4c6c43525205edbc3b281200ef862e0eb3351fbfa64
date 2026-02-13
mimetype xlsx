--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -237,52 +237,53 @@
       <t>ムラ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>－</t>
   </si>
   <si>
     <t>事業所番号</t>
     <rPh sb="0" eb="3">
       <t>ジギョウショ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <numFmts count="1">
-    <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+  <numFmts count="2">
+    <numFmt numFmtId="176" formatCode="0_ "/>
+    <numFmt numFmtId="177" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="6"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1183,111 +1184,111 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="27" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="2" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1309,51 +1310,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="42" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="2" borderId="43" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="43" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1426,51 +1427,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="52" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="53" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="54" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="55" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="56" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="56" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="60" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="61" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="58" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="60" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="62" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -1856,54 +1857,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T30"/>
+  <dimension ref="A1:T29"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection sqref="A1:T1"/>
+      <selection activeCell="D2" sqref="D2:T2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="6.77734375" style="1" customWidth="1"/>
     <col min="2" max="19" width="5.109375" style="1" customWidth="1"/>
     <col min="20" max="20" width="12.33203125" style="1" customWidth="1"/>
     <col min="21" max="16384" width="8.77734375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="36" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
@@ -2565,63 +2566,50 @@
     </row>
     <row r="28" spans="1:20" ht="14.4" customHeight="1">
       <c r="A28" s="18"/>
       <c r="B28" s="30"/>
       <c r="C28" s="30"/>
       <c r="D28" s="30"/>
       <c r="E28" s="30"/>
       <c r="F28" s="30"/>
       <c r="G28" s="30"/>
       <c r="H28" s="30"/>
       <c r="I28" s="30"/>
       <c r="J28" s="30"/>
       <c r="K28" s="30"/>
       <c r="L28" s="30"/>
       <c r="M28" s="30"/>
       <c r="N28" s="30"/>
       <c r="O28" s="30"/>
       <c r="P28" s="30"/>
       <c r="Q28" s="30"/>
       <c r="R28" s="30"/>
       <c r="S28" s="30"/>
       <c r="T28" s="30"/>
     </row>
     <row r="29" spans="1:20">
       <c r="B29" s="31"/>
-      <c r="C29" s="1"/>
-[...11 lines deleted...]
-      <c r="G30" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="63">
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:T2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:T3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:T4"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="L5:T5"/>
     <mergeCell ref="D8:T8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:T9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="F10:T10"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="D11:L11"/>
@@ -2752,29 +2740,29 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>中村 葉子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="2" name="SavedVersions">
     <vt:vector size="1" baseType="lpwstr">
       <vt:lpwstr>3.1.3.0</vt:lpwstr>
     </vt:vector>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="3" name="LastSavedVersion">
     <vt:lpwstr>3.1.3.0</vt:lpwstr>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="4" name="LastSavedDate">
-    <vt:filetime>2024-07-24T07:37:10Z</vt:filetime>
+    <vt:filetime>2026-01-30T08:19:27Z</vt:filetime>
   </property>
 </Properties>
 </file>