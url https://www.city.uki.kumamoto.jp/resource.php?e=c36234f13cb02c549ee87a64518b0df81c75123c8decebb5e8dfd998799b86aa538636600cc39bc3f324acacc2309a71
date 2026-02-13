--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -60,307 +60,308 @@
     <rPh sb="0" eb="1">
       <t>シ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>法人番号</t>
     <rPh sb="0" eb="2">
       <t>ホウジン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>事 業 所</t>
   </si>
   <si>
     <t>管 理 者</t>
   </si>
   <si>
+    <t>○人員に関する基準の確認に必要な事項</t>
+  </si>
+  <si>
+    <t>常勤（人）</t>
+  </si>
+  <si>
     <t>（参考）   定期巡回・随時対応型訪問介護看護事業所の指定等に係る記載事項記入欄不足時の資料</t>
     <rPh sb="29" eb="30">
       <t>トウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>町　村　</t>
     <rPh sb="0" eb="1">
       <t>マチ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ムラ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>添付書類</t>
   </si>
   <si>
-    <t>常勤（人）</t>
-[...4 lines deleted...]
-  <si>
     <t>連携する訪問看護事業所
 （連携型定期巡回・随時対応型訪問介護看護を
 実施する場合のみ記載）</t>
   </si>
   <si>
+    <t>従業者の職種・員数</t>
+  </si>
+  <si>
     <t>オペレーター</t>
-  </si>
-[...1 lines deleted...]
-    <t>従業者の職種・員数</t>
   </si>
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>（定期巡回・随時対応型訪問介護看護事業所を事業所所在地以外の場所で一部実施する場合）</t>
   </si>
   <si>
+    <t>れ以外のサービス部分の料金の状況が分かるような料金表を提出してください。</t>
+  </si>
+  <si>
     <t>兼務する職種及び
 勤務時間等</t>
-  </si>
-[...1 lines deleted...]
-    <t>れ以外のサービス部分の料金の状況が分かるような料金表を提出してください。</t>
   </si>
   <si>
     <t>フリガナ</t>
   </si>
   <si>
     <t>名　称</t>
     <rPh sb="0" eb="1">
       <t>ナ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ショウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>所在地</t>
   </si>
   <si>
+    <t>連絡先</t>
+  </si>
+  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>連絡先</t>
-[...2 lines deleted...]
-    <t>随時訪問サービス</t>
+    <t>氏名</t>
   </si>
   <si>
     <t>府　県</t>
     <rPh sb="0" eb="1">
       <t>フ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>氏名</t>
+    <t>随時訪問サービス</t>
   </si>
   <si>
     <t>生年月日</t>
-  </si>
-[...1 lines deleted...]
-    <t>（郵便番号</t>
   </si>
   <si>
     <t>他事業所の従業者との
 兼務の有無</t>
   </si>
   <si>
+    <t>（郵便番号</t>
+  </si>
+  <si>
+    <t>非常勤（人）</t>
+  </si>
+  <si>
     <t>　</t>
   </si>
   <si>
-    <t>非常勤（人）</t>
+    <t>常勤換算後の人数（人）</t>
   </si>
   <si>
     <t>看護職員</t>
     <rPh sb="2" eb="3">
       <t>ショク</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>イン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>常勤換算後の人数（人）</t>
-[...1 lines deleted...]
-  <si>
     <t>１　記入欄が不足する場合は、遮宜欄を設けて記載するか又は次頁の記入欄不足時の書類を添付してください。
 ２　当該事業を事業所所在地以外の場所（いわゆる出張所）で一部実施する場合、下段の表に所在地等を記載してください。また、従業者については、上段
 　の表に出張所に勤務する従業者も含めて記載してください。</t>
     <rPh sb="134" eb="137">
       <t>ジュウギョウシャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>電話番号</t>
     <rPh sb="0" eb="2">
       <t>デンワ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
+    <t xml:space="preserve"> － </t>
+  </si>
+  <si>
     <t>別添のとおり</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> － </t>
   </si>
   <si>
     <t>都　道</t>
     <rPh sb="0" eb="1">
       <t>ト</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ミチ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>訪問介護員等</t>
   </si>
   <si>
     <t>定期巡回サービス</t>
   </si>
   <si>
     <t>専従</t>
     <rPh sb="0" eb="2">
       <t>センジュウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>兼務</t>
     <rPh sb="0" eb="2">
       <t>ケンム</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
+    <t xml:space="preserve">  ）</t>
+  </si>
+  <si>
     <t>専従</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">  ）</t>
   </si>
   <si>
     <t>（内線）</t>
     <rPh sb="1" eb="3">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
+    <t>住所</t>
+  </si>
+  <si>
     <t>事業所の名称</t>
   </si>
   <si>
-    <t>住所</t>
-[...1 lines deleted...]
-  <si>
     <t>名称</t>
   </si>
   <si>
     <t xml:space="preserve">（郵便番号 </t>
-  </si>
-[...1 lines deleted...]
-    <t>－</t>
   </si>
   <si>
     <t>FAX番号</t>
     <rPh sb="3" eb="5">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>－</t>
   </si>
   <si>
     <t>兼務</t>
   </si>
   <si>
     <t>うち計画作成
 責任者</t>
     <rPh sb="2" eb="4">
       <t>ケイカク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>■連携する訪問看護事業所</t>
     <rPh sb="1" eb="3">
       <t>レンケイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ホウモン</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>カンゴ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>ジギョウショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>■複数事業所</t>
     <rPh sb="1" eb="3">
       <t>フクスウ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>ジギョウショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <numFmts count="1">
-    <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+  <numFmts count="2">
+    <numFmt numFmtId="176" formatCode="0_ "/>
+    <numFmt numFmtId="177" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="6"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1433,51 +1434,51 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="207">
+  <cellXfs count="206">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
@@ -1567,108 +1568,108 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="2" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="5" fillId="2" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="39" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="2" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="5" fillId="2" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="42" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="47" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1762,51 +1763,51 @@
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="60" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="61" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="61" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="62" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="64" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="65" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="66" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="67" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="64" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1818,53 +1819,50 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="70" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="71" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="72" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="61" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="73" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="20" fontId="9" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="74" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="75" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -2431,51 +2429,51 @@
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="115" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection sqref="A1:N1"/>
+      <selection activeCell="C2" sqref="C2:N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="7.77734375" style="1" customWidth="1"/>
     <col min="2" max="2" width="10.109375" style="1" customWidth="1"/>
     <col min="3" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="36" customHeight="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
@@ -2523,526 +2521,526 @@
     </row>
     <row r="4" spans="1:16" ht="30" customHeight="1">
       <c r="A4" s="5"/>
       <c r="B4" s="25" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
       <c r="I4" s="47"/>
       <c r="J4" s="47"/>
       <c r="K4" s="47"/>
       <c r="L4" s="47"/>
       <c r="M4" s="47"/>
       <c r="N4" s="112"/>
     </row>
     <row r="5" spans="1:16" ht="15" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="48" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" s="59"/>
       <c r="E5" s="37" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F5" s="59"/>
       <c r="G5" s="82" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H5" s="37"/>
       <c r="I5" s="37"/>
       <c r="J5" s="37"/>
       <c r="K5" s="37"/>
       <c r="L5" s="37"/>
       <c r="M5" s="37"/>
       <c r="N5" s="113"/>
     </row>
     <row r="6" spans="1:16" ht="15" customHeight="1">
       <c r="A6" s="5"/>
       <c r="B6" s="27"/>
       <c r="C6" s="49"/>
       <c r="D6" s="60"/>
       <c r="E6" s="34" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="63"/>
       <c r="G6" s="63"/>
       <c r="H6" s="63"/>
       <c r="I6" s="63"/>
       <c r="J6" s="34" t="s">
         <v>1</v>
       </c>
       <c r="K6" s="63"/>
       <c r="L6" s="63"/>
       <c r="M6" s="63"/>
       <c r="N6" s="114"/>
     </row>
     <row r="7" spans="1:16" ht="15" customHeight="1">
       <c r="A7" s="5"/>
       <c r="B7" s="27"/>
       <c r="C7" s="49"/>
       <c r="D7" s="60"/>
       <c r="E7" s="34" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="63"/>
       <c r="G7" s="63"/>
       <c r="H7" s="63"/>
       <c r="I7" s="63"/>
       <c r="J7" s="34" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K7" s="63"/>
       <c r="L7" s="63"/>
       <c r="M7" s="63"/>
       <c r="N7" s="114"/>
     </row>
     <row r="8" spans="1:16" ht="18.899999999999999" customHeight="1">
       <c r="A8" s="5"/>
       <c r="B8" s="24"/>
       <c r="C8" s="46"/>
       <c r="D8" s="58"/>
       <c r="E8" s="58"/>
       <c r="F8" s="58"/>
       <c r="G8" s="58"/>
       <c r="H8" s="58"/>
       <c r="I8" s="58"/>
       <c r="J8" s="58"/>
       <c r="K8" s="58"/>
       <c r="L8" s="58"/>
       <c r="M8" s="58"/>
       <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:16" ht="15" customHeight="1">
       <c r="A9" s="5"/>
       <c r="B9" s="25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C9" s="50" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="61"/>
       <c r="E9" s="71"/>
       <c r="F9" s="77"/>
       <c r="G9" s="77"/>
       <c r="H9" s="88" t="s">
         <v>44</v>
       </c>
       <c r="I9" s="92"/>
       <c r="J9" s="101" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K9" s="71"/>
       <c r="L9" s="77"/>
       <c r="M9" s="77"/>
       <c r="N9" s="115"/>
     </row>
     <row r="10" spans="1:16" ht="15" customHeight="1">
       <c r="A10" s="6"/>
       <c r="B10" s="25"/>
       <c r="C10" s="50" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="61"/>
       <c r="E10" s="72"/>
       <c r="F10" s="78"/>
       <c r="G10" s="78"/>
       <c r="H10" s="89"/>
       <c r="I10" s="78"/>
       <c r="J10" s="78"/>
       <c r="K10" s="78"/>
       <c r="L10" s="78"/>
       <c r="M10" s="78"/>
       <c r="N10" s="116"/>
     </row>
     <row r="11" spans="1:16" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="28" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="51"/>
       <c r="D11" s="63"/>
       <c r="E11" s="63"/>
       <c r="F11" s="63"/>
       <c r="G11" s="63"/>
       <c r="H11" s="26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I11" s="93" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="102"/>
       <c r="K11" s="108" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L11" s="102"/>
       <c r="M11" s="109" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="N11" s="117"/>
     </row>
     <row r="12" spans="1:16" ht="15" customHeight="1">
       <c r="A12" s="8"/>
       <c r="B12" s="29" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C12" s="52"/>
       <c r="D12" s="62"/>
       <c r="E12" s="62"/>
       <c r="F12" s="62"/>
       <c r="G12" s="83"/>
       <c r="H12" s="27"/>
       <c r="I12" s="63"/>
       <c r="J12" s="63"/>
       <c r="K12" s="63"/>
       <c r="L12" s="63"/>
       <c r="M12" s="63"/>
       <c r="N12" s="114"/>
     </row>
     <row r="13" spans="1:16" ht="15" customHeight="1">
       <c r="A13" s="8"/>
       <c r="B13" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="53"/>
       <c r="D13" s="64"/>
       <c r="E13" s="64"/>
       <c r="F13" s="64"/>
       <c r="G13" s="64"/>
       <c r="H13" s="24"/>
       <c r="I13" s="63"/>
       <c r="J13" s="96"/>
       <c r="K13" s="96"/>
       <c r="L13" s="96"/>
       <c r="M13" s="96"/>
       <c r="N13" s="118"/>
     </row>
     <row r="14" spans="1:16" ht="15" customHeight="1">
       <c r="A14" s="8"/>
       <c r="B14" s="31" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C14" s="37"/>
       <c r="D14" s="65"/>
       <c r="E14" s="31"/>
       <c r="F14" s="37"/>
       <c r="G14" s="84"/>
       <c r="H14" s="50" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I14" s="61"/>
       <c r="J14" s="103"/>
       <c r="K14" s="103"/>
       <c r="L14" s="103"/>
       <c r="M14" s="103"/>
       <c r="N14" s="119"/>
     </row>
     <row r="15" spans="1:16" ht="15" customHeight="1">
       <c r="A15" s="8"/>
       <c r="B15" s="32"/>
       <c r="C15" s="34"/>
       <c r="D15" s="66"/>
       <c r="E15" s="32"/>
       <c r="F15" s="34"/>
       <c r="G15" s="85"/>
       <c r="H15" s="90" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I15" s="94"/>
       <c r="J15" s="104"/>
       <c r="K15" s="104"/>
       <c r="L15" s="104"/>
       <c r="M15" s="104"/>
       <c r="N15" s="120"/>
       <c r="O15" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="15" customHeight="1">
       <c r="A16" s="8"/>
       <c r="B16" s="32"/>
       <c r="C16" s="34"/>
       <c r="D16" s="66"/>
       <c r="E16" s="32"/>
       <c r="F16" s="34"/>
       <c r="G16" s="85"/>
       <c r="H16" s="91"/>
       <c r="I16" s="95"/>
       <c r="J16" s="96"/>
       <c r="K16" s="96"/>
       <c r="L16" s="96"/>
       <c r="M16" s="96"/>
       <c r="N16" s="118"/>
     </row>
     <row r="17" spans="1:14" ht="15" customHeight="1">
       <c r="A17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="86"/>
       <c r="H17" s="24" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="96"/>
       <c r="J17" s="103"/>
       <c r="K17" s="103"/>
       <c r="L17" s="103"/>
       <c r="M17" s="103"/>
       <c r="N17" s="119"/>
     </row>
     <row r="18" spans="1:14" ht="15" customHeight="1">
       <c r="A18" s="10"/>
       <c r="B18" s="34"/>
       <c r="C18" s="34"/>
       <c r="D18" s="34"/>
       <c r="E18" s="34"/>
       <c r="F18" s="34"/>
       <c r="G18" s="85"/>
       <c r="H18" s="26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I18" s="93" t="s">
         <v>48</v>
       </c>
       <c r="J18" s="105"/>
       <c r="K18" s="108" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L18" s="105"/>
       <c r="M18" s="109" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="N18" s="117"/>
     </row>
     <row r="19" spans="1:14" ht="15" customHeight="1">
       <c r="A19" s="10"/>
       <c r="B19" s="34"/>
       <c r="C19" s="34"/>
       <c r="D19" s="34"/>
       <c r="E19" s="34"/>
       <c r="F19" s="34"/>
       <c r="G19" s="85"/>
       <c r="H19" s="27"/>
       <c r="I19" s="97"/>
       <c r="J19" s="63"/>
       <c r="K19" s="63"/>
       <c r="L19" s="63"/>
       <c r="M19" s="63"/>
       <c r="N19" s="114"/>
     </row>
     <row r="20" spans="1:14" ht="15" customHeight="1">
       <c r="A20" s="11"/>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="87"/>
       <c r="H20" s="24"/>
       <c r="I20" s="98"/>
       <c r="J20" s="96"/>
       <c r="K20" s="96"/>
       <c r="L20" s="96"/>
       <c r="M20" s="96"/>
       <c r="N20" s="118"/>
     </row>
     <row r="21" spans="1:14" ht="15" customHeight="1">
       <c r="A21" s="12" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="99"/>
       <c r="J21" s="99"/>
       <c r="K21" s="99"/>
       <c r="L21" s="99"/>
       <c r="M21" s="99"/>
       <c r="N21" s="121"/>
     </row>
     <row r="22" spans="1:14" ht="15" customHeight="1">
       <c r="A22" s="13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B22" s="37"/>
       <c r="C22" s="37"/>
       <c r="D22" s="65"/>
       <c r="E22" s="29" t="s">
         <v>38</v>
       </c>
       <c r="F22" s="54"/>
       <c r="G22" s="54"/>
       <c r="H22" s="54"/>
       <c r="I22" s="31" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J22" s="65"/>
       <c r="K22" s="31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L22" s="65"/>
       <c r="M22" s="31" t="s">
         <v>52</v>
       </c>
       <c r="N22" s="113"/>
     </row>
     <row r="23" spans="1:14" ht="15" customHeight="1">
       <c r="A23" s="10"/>
       <c r="B23" s="34"/>
       <c r="C23" s="34"/>
       <c r="D23" s="66"/>
       <c r="E23" s="73" t="s">
         <v>39</v>
       </c>
       <c r="F23" s="79"/>
       <c r="G23" s="73" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H23" s="79"/>
       <c r="I23" s="100"/>
       <c r="J23" s="106"/>
       <c r="K23" s="100"/>
       <c r="L23" s="106"/>
       <c r="M23" s="100"/>
       <c r="N23" s="122"/>
     </row>
     <row r="24" spans="1:14" ht="15" customHeight="1">
       <c r="A24" s="10"/>
       <c r="B24" s="34"/>
       <c r="C24" s="34"/>
       <c r="D24" s="66"/>
       <c r="E24" s="28" t="s">
         <v>40</v>
       </c>
       <c r="F24" s="29" t="s">
         <v>41</v>
       </c>
       <c r="G24" s="28" t="s">
         <v>40</v>
       </c>
       <c r="H24" s="29" t="s">
         <v>41</v>
       </c>
       <c r="I24" s="29" t="s">
         <v>40</v>
       </c>
       <c r="J24" s="28" t="s">
         <v>51</v>
       </c>
       <c r="K24" s="28" t="s">
         <v>40</v>
       </c>
       <c r="L24" s="28" t="s">
         <v>51</v>
       </c>
       <c r="M24" s="29" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N24" s="123" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="15" customHeight="1">
       <c r="A25" s="14"/>
       <c r="B25" s="29" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C25" s="54"/>
       <c r="D25" s="67"/>
       <c r="E25" s="28"/>
       <c r="F25" s="29"/>
       <c r="G25" s="28"/>
       <c r="H25" s="29"/>
       <c r="I25" s="29"/>
       <c r="J25" s="28"/>
       <c r="K25" s="28"/>
       <c r="L25" s="28"/>
       <c r="M25" s="29"/>
       <c r="N25" s="123"/>
     </row>
     <row r="26" spans="1:14" ht="15" customHeight="1">
       <c r="A26" s="14"/>
       <c r="B26" s="29" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C26" s="54"/>
       <c r="D26" s="67"/>
       <c r="E26" s="28"/>
       <c r="F26" s="29"/>
       <c r="G26" s="28"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
       <c r="J26" s="28"/>
       <c r="K26" s="28"/>
       <c r="L26" s="28"/>
       <c r="M26" s="29"/>
       <c r="N26" s="123"/>
     </row>
     <row r="27" spans="1:14" ht="15" customHeight="1">
       <c r="A27" s="14"/>
       <c r="B27" s="29" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C27" s="54"/>
       <c r="D27" s="67"/>
       <c r="E27" s="74"/>
       <c r="F27" s="80"/>
       <c r="G27" s="74"/>
       <c r="H27" s="80"/>
       <c r="I27" s="74"/>
       <c r="J27" s="107"/>
       <c r="K27" s="29"/>
       <c r="L27" s="67"/>
       <c r="M27" s="74"/>
       <c r="N27" s="124"/>
     </row>
     <row r="28" spans="1:14" ht="15" customHeight="1">
       <c r="A28" s="15" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B28" s="38"/>
       <c r="C28" s="38"/>
       <c r="D28" s="68"/>
       <c r="E28" s="75" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F28" s="75"/>
       <c r="G28" s="75"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="75"/>
       <c r="M28" s="75"/>
       <c r="N28" s="125"/>
     </row>
     <row r="29" spans="1:14" ht="30" customHeight="1">
       <c r="A29" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="39"/>
       <c r="C29" s="39"/>
       <c r="D29" s="39"/>
       <c r="E29" s="39"/>
       <c r="F29" s="39"/>
       <c r="G29" s="39"/>
       <c r="H29" s="39"/>
       <c r="I29" s="39"/>
       <c r="J29" s="39"/>
       <c r="K29" s="39"/>
@@ -3072,247 +3070,247 @@
     </row>
     <row r="31" spans="1:14" ht="15" customHeight="1">
       <c r="A31" s="18"/>
       <c r="B31" s="25" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="47"/>
       <c r="D31" s="47"/>
       <c r="E31" s="47"/>
       <c r="F31" s="47"/>
       <c r="G31" s="47"/>
       <c r="H31" s="47"/>
       <c r="I31" s="47"/>
       <c r="J31" s="47"/>
       <c r="K31" s="47"/>
       <c r="L31" s="47"/>
       <c r="M31" s="47"/>
       <c r="N31" s="112"/>
     </row>
     <row r="32" spans="1:14" ht="15" customHeight="1">
       <c r="A32" s="18"/>
       <c r="B32" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="48" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D32" s="59"/>
       <c r="E32" s="37" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F32" s="59"/>
       <c r="G32" s="82" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H32" s="37"/>
       <c r="I32" s="37"/>
       <c r="J32" s="37"/>
       <c r="K32" s="37"/>
       <c r="L32" s="37"/>
       <c r="M32" s="37"/>
       <c r="N32" s="113"/>
     </row>
-    <row r="33" spans="1:16" ht="15" customHeight="1">
+    <row r="33" spans="1:15" ht="15" customHeight="1">
       <c r="A33" s="18"/>
       <c r="B33" s="27"/>
       <c r="C33" s="49"/>
       <c r="D33" s="60"/>
       <c r="E33" s="34" t="s">
         <v>37</v>
       </c>
       <c r="F33" s="63"/>
       <c r="G33" s="63"/>
       <c r="H33" s="63"/>
       <c r="I33" s="63"/>
       <c r="J33" s="34" t="s">
         <v>1</v>
       </c>
       <c r="K33" s="63"/>
       <c r="L33" s="63"/>
       <c r="M33" s="63"/>
       <c r="N33" s="114"/>
       <c r="O33" s="1" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:16" ht="15" customHeight="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" ht="15" customHeight="1">
       <c r="A34" s="18"/>
       <c r="B34" s="27"/>
       <c r="C34" s="49"/>
       <c r="D34" s="60"/>
       <c r="E34" s="34" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="63"/>
       <c r="G34" s="63"/>
       <c r="H34" s="63"/>
       <c r="I34" s="63"/>
       <c r="J34" s="34" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K34" s="63"/>
       <c r="L34" s="63"/>
       <c r="M34" s="63"/>
       <c r="N34" s="114"/>
       <c r="O34" s="1" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:16" ht="18.899999999999999" customHeight="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" ht="18.899999999999999" customHeight="1">
       <c r="A35" s="18"/>
       <c r="B35" s="24"/>
       <c r="C35" s="46"/>
       <c r="D35" s="58"/>
       <c r="E35" s="58"/>
       <c r="F35" s="58"/>
       <c r="G35" s="58"/>
       <c r="H35" s="58"/>
       <c r="I35" s="58"/>
       <c r="J35" s="58"/>
       <c r="K35" s="58"/>
       <c r="L35" s="58"/>
       <c r="M35" s="58"/>
       <c r="N35" s="111"/>
     </row>
-    <row r="36" spans="1:16" ht="15" customHeight="1">
+    <row r="36" spans="1:15" ht="15" customHeight="1">
       <c r="A36" s="18"/>
       <c r="B36" s="25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C36" s="50" t="s">
         <v>33</v>
       </c>
       <c r="D36" s="61"/>
       <c r="E36" s="71"/>
       <c r="F36" s="77"/>
       <c r="G36" s="77"/>
       <c r="H36" s="88" t="s">
         <v>44</v>
       </c>
       <c r="I36" s="92"/>
       <c r="J36" s="101" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K36" s="71"/>
       <c r="L36" s="77"/>
       <c r="M36" s="77"/>
       <c r="N36" s="115"/>
     </row>
-    <row r="37" spans="1:16" ht="15" customHeight="1">
+    <row r="37" spans="1:15" ht="15" customHeight="1">
       <c r="A37" s="19"/>
       <c r="B37" s="41"/>
       <c r="C37" s="56" t="s">
         <v>34</v>
       </c>
       <c r="D37" s="70"/>
       <c r="E37" s="76"/>
       <c r="F37" s="81"/>
       <c r="G37" s="81"/>
       <c r="H37" s="81"/>
       <c r="I37" s="81"/>
       <c r="J37" s="81"/>
       <c r="K37" s="81"/>
       <c r="L37" s="81"/>
       <c r="M37" s="81"/>
       <c r="N37" s="127"/>
     </row>
-    <row r="38" spans="1:16" ht="17.25" customHeight="1">
+    <row r="38" spans="1:15" ht="17.25" customHeight="1">
       <c r="A38" s="20"/>
       <c r="B38" s="42"/>
       <c r="C38" s="42"/>
       <c r="D38" s="42"/>
       <c r="E38" s="42"/>
       <c r="F38" s="42"/>
       <c r="G38" s="42"/>
       <c r="H38" s="42"/>
       <c r="I38" s="42"/>
       <c r="J38" s="42"/>
       <c r="K38" s="42"/>
       <c r="L38" s="42" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M38" s="42"/>
       <c r="N38" s="42"/>
     </row>
-    <row r="39" spans="1:16" ht="15.9" customHeight="1">
+    <row r="39" spans="1:15" ht="15.9" customHeight="1">
       <c r="A39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B39" s="43" t="s">
         <v>32</v>
       </c>
       <c r="C39" s="44"/>
       <c r="D39" s="44"/>
       <c r="E39" s="44"/>
       <c r="F39" s="44"/>
       <c r="G39" s="44"/>
       <c r="H39" s="44"/>
       <c r="I39" s="44"/>
       <c r="J39" s="44"/>
       <c r="K39" s="44"/>
       <c r="L39" s="44"/>
       <c r="M39" s="44"/>
       <c r="N39" s="44"/>
     </row>
-    <row r="40" spans="1:16" ht="15.9" customHeight="1">
+    <row r="40" spans="1:15" ht="15.9" customHeight="1">
       <c r="A40" s="21"/>
       <c r="B40" s="44"/>
       <c r="C40" s="44"/>
       <c r="D40" s="44"/>
       <c r="E40" s="44"/>
       <c r="F40" s="44"/>
       <c r="G40" s="44"/>
       <c r="H40" s="44"/>
       <c r="I40" s="44"/>
       <c r="J40" s="44"/>
       <c r="K40" s="44"/>
       <c r="L40" s="44"/>
       <c r="M40" s="44"/>
       <c r="N40" s="44"/>
     </row>
-    <row r="41" spans="1:16" s="2" customFormat="1" ht="16.5" customHeight="1">
+    <row r="41" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1">
       <c r="A41" s="22" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B41" s="44"/>
       <c r="C41" s="44"/>
       <c r="D41" s="44"/>
       <c r="E41" s="44"/>
       <c r="F41" s="44"/>
       <c r="G41" s="44"/>
       <c r="H41" s="44"/>
       <c r="I41" s="44"/>
       <c r="J41" s="44"/>
       <c r="K41" s="44"/>
       <c r="L41" s="44"/>
       <c r="M41" s="44"/>
       <c r="N41" s="44"/>
     </row>
-    <row r="42" spans="1:16">
+    <row r="42" spans="1:15">
       <c r="B42" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="72">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="C2:N2"/>
     <mergeCell ref="C3:N3"/>
     <mergeCell ref="C4:N4"/>
     <mergeCell ref="H5:N5"/>
     <mergeCell ref="C8:N8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="K9:N9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:N10"/>
     <mergeCell ref="C11:G11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="C12:G12"/>
     <mergeCell ref="C13:G13"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="J14:N14"/>
     <mergeCell ref="J15:N15"/>
     <mergeCell ref="J16:N16"/>
     <mergeCell ref="I17:N17"/>
     <mergeCell ref="M18:N18"/>
@@ -3411,494 +3409,478 @@
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>175260</xdr:rowOff>
                   </from>
                   <to xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>68580</xdr:colOff>
                     <xdr:row>15</xdr:row>
                     <xdr:rowOff>22860</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N30"/>
+  <dimension ref="A1:N22"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12"/>
   <cols>
-    <col min="1" max="1" width="7.77734375" style="130" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.109375" style="130"/>
+    <col min="1" max="1" width="7.77734375" style="129" customWidth="1"/>
+    <col min="2" max="2" width="10.109375" style="129" customWidth="1"/>
+    <col min="3" max="16384" width="9.109375" style="129"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="36" customHeight="1">
-      <c r="A1" s="131" t="s">
-[...14 lines deleted...]
-      <c r="N1" s="131"/>
+      <c r="A1" s="130" t="s">
+        <v>7</v>
+      </c>
+      <c r="B1" s="130"/>
+      <c r="C1" s="130"/>
+      <c r="D1" s="130"/>
+      <c r="E1" s="130"/>
+      <c r="F1" s="130"/>
+      <c r="G1" s="130"/>
+      <c r="H1" s="130"/>
+      <c r="I1" s="130"/>
+      <c r="J1" s="130"/>
+      <c r="K1" s="130"/>
+      <c r="L1" s="130"/>
+      <c r="M1" s="130"/>
+      <c r="N1" s="130"/>
     </row>
     <row r="2" spans="1:14" ht="23.4" customHeight="1">
-      <c r="A2" s="132" t="s">
+      <c r="A2" s="131" t="s">
         <v>53</v>
       </c>
-      <c r="B2" s="132"/>
-[...11 lines deleted...]
-      <c r="N2" s="138"/>
+      <c r="B2" s="131"/>
+      <c r="C2" s="131"/>
+      <c r="D2" s="131"/>
+      <c r="E2" s="131"/>
+      <c r="F2" s="131"/>
+      <c r="G2" s="131"/>
+      <c r="H2" s="131"/>
+      <c r="I2" s="137"/>
+      <c r="J2" s="137"/>
+      <c r="K2" s="137"/>
+      <c r="L2" s="137"/>
+      <c r="M2" s="137"/>
+      <c r="N2" s="137"/>
     </row>
     <row r="3" spans="1:14" ht="15" customHeight="1">
-      <c r="A3" s="133" t="s">
+      <c r="A3" s="132" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="144"/>
-[...5 lines deleted...]
-      <c r="H3" s="150" t="s">
+      <c r="B3" s="143"/>
+      <c r="C3" s="143"/>
+      <c r="D3" s="143"/>
+      <c r="E3" s="143"/>
+      <c r="F3" s="143"/>
+      <c r="G3" s="175"/>
+      <c r="H3" s="149" t="s">
         <v>47</v>
       </c>
-      <c r="I3" s="184"/>
-[...4 lines deleted...]
-      <c r="N3" s="196"/>
+      <c r="I3" s="183"/>
+      <c r="J3" s="183"/>
+      <c r="K3" s="183"/>
+      <c r="L3" s="183"/>
+      <c r="M3" s="183"/>
+      <c r="N3" s="195"/>
     </row>
     <row r="4" spans="1:14" ht="15" customHeight="1">
-      <c r="A4" s="134"/>
-[...9 lines deleted...]
-      <c r="I4" s="185" t="s">
+      <c r="A4" s="133"/>
+      <c r="B4" s="144"/>
+      <c r="C4" s="144"/>
+      <c r="D4" s="144"/>
+      <c r="E4" s="144"/>
+      <c r="F4" s="144"/>
+      <c r="G4" s="176"/>
+      <c r="H4" s="151" t="s">
+        <v>45</v>
+      </c>
+      <c r="I4" s="184" t="s">
         <v>48</v>
       </c>
-      <c r="J4" s="191"/>
-      <c r="K4" s="194" t="s">
+      <c r="J4" s="190"/>
+      <c r="K4" s="193" t="s">
+        <v>50</v>
+      </c>
+      <c r="L4" s="190"/>
+      <c r="M4" s="194" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" s="196"/>
+    </row>
+    <row r="5" spans="1:14" ht="15" customHeight="1">
+      <c r="A5" s="133"/>
+      <c r="B5" s="144"/>
+      <c r="C5" s="144"/>
+      <c r="D5" s="144"/>
+      <c r="E5" s="144"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="176"/>
+      <c r="H5" s="152"/>
+      <c r="I5" s="185"/>
+      <c r="J5" s="172"/>
+      <c r="K5" s="172"/>
+      <c r="L5" s="172"/>
+      <c r="M5" s="172"/>
+      <c r="N5" s="197"/>
+    </row>
+    <row r="6" spans="1:14" ht="15" customHeight="1">
+      <c r="A6" s="134"/>
+      <c r="B6" s="145"/>
+      <c r="C6" s="145"/>
+      <c r="D6" s="145"/>
+      <c r="E6" s="145"/>
+      <c r="F6" s="145"/>
+      <c r="G6" s="177"/>
+      <c r="H6" s="153"/>
+      <c r="I6" s="160"/>
+      <c r="J6" s="166"/>
+      <c r="K6" s="166"/>
+      <c r="L6" s="166"/>
+      <c r="M6" s="166"/>
+      <c r="N6" s="198"/>
+    </row>
+    <row r="7" spans="1:14" ht="15" customHeight="1">
+      <c r="A7" s="135" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="146"/>
+      <c r="C7" s="146"/>
+      <c r="D7" s="146"/>
+      <c r="E7" s="146"/>
+      <c r="F7" s="146"/>
+      <c r="G7" s="178"/>
+      <c r="H7" s="150" t="s">
+        <v>47</v>
+      </c>
+      <c r="I7" s="186"/>
+      <c r="J7" s="186"/>
+      <c r="K7" s="186"/>
+      <c r="L7" s="186"/>
+      <c r="M7" s="186"/>
+      <c r="N7" s="199"/>
+    </row>
+    <row r="8" spans="1:14" ht="15" customHeight="1">
+      <c r="A8" s="133"/>
+      <c r="B8" s="144"/>
+      <c r="C8" s="144"/>
+      <c r="D8" s="144"/>
+      <c r="E8" s="144"/>
+      <c r="F8" s="144"/>
+      <c r="G8" s="176"/>
+      <c r="H8" s="151" t="s">
+        <v>45</v>
+      </c>
+      <c r="I8" s="184" t="s">
+        <v>48</v>
+      </c>
+      <c r="J8" s="190"/>
+      <c r="K8" s="193" t="s">
+        <v>50</v>
+      </c>
+      <c r="L8" s="190"/>
+      <c r="M8" s="194" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" s="196"/>
+    </row>
+    <row r="9" spans="1:14" ht="15" customHeight="1">
+      <c r="A9" s="133"/>
+      <c r="B9" s="144"/>
+      <c r="C9" s="144"/>
+      <c r="D9" s="144"/>
+      <c r="E9" s="144"/>
+      <c r="F9" s="144"/>
+      <c r="G9" s="176"/>
+      <c r="H9" s="152"/>
+      <c r="I9" s="185"/>
+      <c r="J9" s="172"/>
+      <c r="K9" s="172"/>
+      <c r="L9" s="172"/>
+      <c r="M9" s="172"/>
+      <c r="N9" s="197"/>
+    </row>
+    <row r="10" spans="1:14" ht="15" customHeight="1">
+      <c r="A10" s="136"/>
+      <c r="B10" s="147"/>
+      <c r="C10" s="147"/>
+      <c r="D10" s="147"/>
+      <c r="E10" s="147"/>
+      <c r="F10" s="147"/>
+      <c r="G10" s="179"/>
+      <c r="H10" s="181"/>
+      <c r="I10" s="187"/>
+      <c r="J10" s="191"/>
+      <c r="K10" s="191"/>
+      <c r="L10" s="191"/>
+      <c r="M10" s="191"/>
+      <c r="N10" s="200"/>
+    </row>
+    <row r="11" spans="1:14" ht="18.600000000000001" customHeight="1">
+      <c r="A11" s="137"/>
+      <c r="B11" s="137"/>
+      <c r="C11" s="137"/>
+      <c r="D11" s="137"/>
+      <c r="E11" s="137"/>
+      <c r="F11" s="137"/>
+      <c r="G11" s="137"/>
+      <c r="H11" s="137"/>
+      <c r="I11" s="137"/>
+      <c r="J11" s="137"/>
+      <c r="K11" s="137"/>
+      <c r="L11" s="137"/>
+      <c r="M11" s="137"/>
+      <c r="N11" s="137"/>
+    </row>
+    <row r="12" spans="1:14" ht="30" customHeight="1">
+      <c r="A12" s="131" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="148"/>
+      <c r="C12" s="148"/>
+      <c r="D12" s="148"/>
+      <c r="E12" s="148"/>
+      <c r="F12" s="148"/>
+      <c r="G12" s="148"/>
+      <c r="H12" s="148"/>
+      <c r="I12" s="148"/>
+      <c r="J12" s="148"/>
+      <c r="K12" s="148"/>
+      <c r="L12" s="148"/>
+      <c r="M12" s="148"/>
+      <c r="N12" s="148"/>
+    </row>
+    <row r="13" spans="1:14" ht="24.6" customHeight="1">
+      <c r="A13" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="138"/>
+      <c r="C13" s="138"/>
+      <c r="D13" s="138"/>
+      <c r="E13" s="138"/>
+      <c r="F13" s="138"/>
+      <c r="G13" s="138"/>
+      <c r="H13" s="138"/>
+      <c r="I13" s="188"/>
+      <c r="J13" s="188"/>
+      <c r="K13" s="188"/>
+      <c r="L13" s="188"/>
+      <c r="M13" s="188"/>
+      <c r="N13" s="188"/>
+    </row>
+    <row r="14" spans="1:14" ht="15" customHeight="1">
+      <c r="A14" s="139" t="s">
+        <v>3</v>
+      </c>
+      <c r="B14" s="149" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="156"/>
+      <c r="D14" s="163"/>
+      <c r="E14" s="163"/>
+      <c r="F14" s="163"/>
+      <c r="G14" s="163"/>
+      <c r="H14" s="163"/>
+      <c r="I14" s="163"/>
+      <c r="J14" s="163"/>
+      <c r="K14" s="163"/>
+      <c r="L14" s="163"/>
+      <c r="M14" s="163"/>
+      <c r="N14" s="201"/>
+    </row>
+    <row r="15" spans="1:14" ht="15" customHeight="1">
+      <c r="A15" s="140"/>
+      <c r="B15" s="150" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="157"/>
+      <c r="D15" s="157"/>
+      <c r="E15" s="157"/>
+      <c r="F15" s="157"/>
+      <c r="G15" s="157"/>
+      <c r="H15" s="157"/>
+      <c r="I15" s="157"/>
+      <c r="J15" s="157"/>
+      <c r="K15" s="157"/>
+      <c r="L15" s="157"/>
+      <c r="M15" s="157"/>
+      <c r="N15" s="202"/>
+    </row>
+    <row r="16" spans="1:14" ht="15" customHeight="1">
+      <c r="A16" s="140"/>
+      <c r="B16" s="151" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="158" t="s">
+        <v>27</v>
+      </c>
+      <c r="D16" s="164"/>
+      <c r="E16" s="169" t="s">
+        <v>35</v>
+      </c>
+      <c r="F16" s="164"/>
+      <c r="G16" s="180" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16" s="169"/>
+      <c r="I16" s="169"/>
+      <c r="J16" s="169"/>
+      <c r="K16" s="169"/>
+      <c r="L16" s="169"/>
+      <c r="M16" s="169"/>
+      <c r="N16" s="203"/>
+    </row>
+    <row r="17" spans="1:14" ht="15" customHeight="1">
+      <c r="A17" s="140"/>
+      <c r="B17" s="152"/>
+      <c r="C17" s="159"/>
+      <c r="D17" s="165"/>
+      <c r="E17" s="144" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" s="172"/>
+      <c r="G17" s="172"/>
+      <c r="H17" s="172"/>
+      <c r="I17" s="172"/>
+      <c r="J17" s="144" t="s">
+        <v>1</v>
+      </c>
+      <c r="K17" s="172"/>
+      <c r="L17" s="172"/>
+      <c r="M17" s="172"/>
+      <c r="N17" s="197"/>
+    </row>
+    <row r="18" spans="1:14" ht="15" customHeight="1">
+      <c r="A18" s="140"/>
+      <c r="B18" s="152"/>
+      <c r="C18" s="159"/>
+      <c r="D18" s="165"/>
+      <c r="E18" s="144" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" s="172"/>
+      <c r="G18" s="172"/>
+      <c r="H18" s="172"/>
+      <c r="I18" s="172"/>
+      <c r="J18" s="144" t="s">
+        <v>8</v>
+      </c>
+      <c r="K18" s="172"/>
+      <c r="L18" s="172"/>
+      <c r="M18" s="172"/>
+      <c r="N18" s="197"/>
+    </row>
+    <row r="19" spans="1:14" ht="18.899999999999999" customHeight="1">
+      <c r="A19" s="140"/>
+      <c r="B19" s="153"/>
+      <c r="C19" s="160"/>
+      <c r="D19" s="166"/>
+      <c r="E19" s="166"/>
+      <c r="F19" s="166"/>
+      <c r="G19" s="166"/>
+      <c r="H19" s="166"/>
+      <c r="I19" s="166"/>
+      <c r="J19" s="166"/>
+      <c r="K19" s="166"/>
+      <c r="L19" s="166"/>
+      <c r="M19" s="166"/>
+      <c r="N19" s="198"/>
+    </row>
+    <row r="20" spans="1:14" ht="15" customHeight="1">
+      <c r="A20" s="140"/>
+      <c r="B20" s="150" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="161" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" s="167"/>
+      <c r="E20" s="170"/>
+      <c r="F20" s="173"/>
+      <c r="G20" s="173"/>
+      <c r="H20" s="182" t="s">
+        <v>44</v>
+      </c>
+      <c r="I20" s="189"/>
+      <c r="J20" s="192" t="s">
         <v>49</v>
       </c>
-      <c r="L4" s="191"/>
-[...305 lines deleted...]
-      <c r="N20" s="205"/>
+      <c r="K20" s="170"/>
+      <c r="L20" s="173"/>
+      <c r="M20" s="173"/>
+      <c r="N20" s="204"/>
     </row>
     <row r="21" spans="1:14" ht="15" customHeight="1">
-      <c r="A21" s="142"/>
-[...1 lines deleted...]
-      <c r="C21" s="163" t="s">
+      <c r="A21" s="141"/>
+      <c r="B21" s="154"/>
+      <c r="C21" s="162" t="s">
         <v>34</v>
       </c>
-      <c r="D21" s="169"/>
-[...9 lines deleted...]
-      <c r="N21" s="206"/>
+      <c r="D21" s="168"/>
+      <c r="E21" s="171"/>
+      <c r="F21" s="174"/>
+      <c r="G21" s="174"/>
+      <c r="H21" s="174"/>
+      <c r="I21" s="174"/>
+      <c r="J21" s="174"/>
+      <c r="K21" s="174"/>
+      <c r="L21" s="174"/>
+      <c r="M21" s="174"/>
+      <c r="N21" s="205"/>
     </row>
     <row r="22" spans="1:14" ht="17.25" customHeight="1">
-      <c r="A22" s="143"/>
-[...28 lines deleted...]
-      <c r="G30" s="130"/>
+      <c r="A22" s="142"/>
+      <c r="B22" s="155"/>
+      <c r="C22" s="155"/>
+      <c r="D22" s="155"/>
+      <c r="E22" s="155"/>
+      <c r="F22" s="155"/>
+      <c r="G22" s="155"/>
+      <c r="H22" s="155"/>
+      <c r="I22" s="155"/>
+      <c r="J22" s="155"/>
+      <c r="K22" s="155"/>
+      <c r="L22" s="155"/>
+      <c r="M22" s="155"/>
+      <c r="N22" s="155"/>
     </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="I3:N3"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="I7:N7"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="A12:N12"/>
     <mergeCell ref="A13:H13"/>
     <mergeCell ref="C14:N14"/>
     <mergeCell ref="C15:N15"/>
     <mergeCell ref="H16:N16"/>
     <mergeCell ref="C19:N19"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="E20:G20"/>
     <mergeCell ref="K20:N20"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="E21:N21"/>
     <mergeCell ref="A3:G6"/>
     <mergeCell ref="H4:H6"/>
     <mergeCell ref="I5:N6"/>
     <mergeCell ref="A7:G10"/>
     <mergeCell ref="H8:H10"/>
@@ -3944,29 +3926,29 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>中村 葉子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="2" name="SavedVersions">
     <vt:vector size="1" baseType="lpwstr">
       <vt:lpwstr>3.1.3.0</vt:lpwstr>
     </vt:vector>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="3" name="LastSavedVersion">
     <vt:lpwstr>3.1.3.0</vt:lpwstr>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="4" name="LastSavedDate">
-    <vt:filetime>2024-07-24T06:15:48Z</vt:filetime>
+    <vt:filetime>2025-09-08T02:52:32Z</vt:filetime>
   </property>
 </Properties>
 </file>