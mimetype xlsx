--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -38,276 +38,276 @@
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19110" windowHeight="8760"/>
   </bookViews>
   <sheets>
     <sheet name="付表第二号（九）" sheetId="2" r:id="rId1"/>
     <sheet name="（参考）付表第二号（九）" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'付表第二号（九）'!$A$1:$S$72</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'（参考）付表第二号（九）'!$A$1:$S$6</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" count="81" uniqueCount="81">
   <si>
+    <t>付表第二号（九）  地域密着型介護老人福祉施設入所者生活介護の指定等に係る記載事項</t>
+    <rPh sb="33" eb="34">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
     <t>○人員に関する基準の確認に必要な事項</t>
     <rPh sb="1" eb="18">
       <t>ジ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>協力医療機関</t>
     <rPh sb="0" eb="2">
       <t>キョウリョク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イリョウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>付表第二号（九）  地域密着型介護老人福祉施設入所者生活介護の指定等に係る記載事項</t>
-[...3 lines deleted...]
-    <phoneticPr fontId="2"/>
+    <t>人</t>
+  </si>
+  <si>
+    <t>施 設</t>
+  </si>
+  <si>
+    <t>電話番号</t>
   </si>
   <si>
     <t>生年月日</t>
-  </si>
-[...1 lines deleted...]
-    <t>電話番号</t>
   </si>
   <si>
     <t>サービス提供単位１</t>
     <rPh sb="4" eb="6">
       <t>テイキョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>人</t>
-[...2 lines deleted...]
-    <t>施 設</t>
+    <t>管 理 者</t>
   </si>
   <si>
     <t>市　区</t>
     <rPh sb="0" eb="1">
       <t>シ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>法人番号</t>
     <rPh sb="0" eb="2">
       <t>ホウジン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>管 理 者</t>
+    <t>本体施設の有無</t>
+  </si>
+  <si>
+    <t>ﾌﾘｶﾞﾅ</t>
   </si>
   <si>
     <t>常  勤（人）</t>
   </si>
   <si>
-    <t>ﾌﾘｶﾞﾅ</t>
-[...2 lines deleted...]
-    <t>本体施設の有無</t>
+    <t>併設事業所の有無</t>
   </si>
   <si>
     <t>専 従</t>
-  </si>
-[...9 lines deleted...]
-（兼務の場合のみ記入）</t>
   </si>
   <si>
     <t>サービス提供単位２</t>
     <rPh sb="4" eb="6">
       <t>テイキョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
+    <t>同一敷地内の他の事業所、
+施設又は本体施設の従業者との兼務
+（兼務の場合のみ記入）</t>
+  </si>
+  <si>
+    <t>常勤換算後の人数（人）</t>
+  </si>
+  <si>
+    <t>添付書類</t>
+  </si>
+  <si>
     <t>ｍ</t>
   </si>
   <si>
-    <t>添付書類</t>
-[...2 lines deleted...]
-    <t>中廊下の幅</t>
+    <t>備考</t>
+    <rPh sb="0" eb="2">
+      <t>ビコウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>入所定員</t>
     <rPh sb="0" eb="2">
       <t>ニュウショ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>テイイン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>備考</t>
-[...1 lines deleted...]
-      <t>ビコウ</t>
+    <t>中廊下の幅</t>
+  </si>
+  <si>
+    <t>フリガナ</t>
+  </si>
+  <si>
+    <t>連 絡 先</t>
+  </si>
+  <si>
+    <t>名  称</t>
+  </si>
+  <si>
+    <t>所在地</t>
+  </si>
+  <si>
+    <t>居室</t>
+  </si>
+  <si>
+    <t>氏 名</t>
+  </si>
+  <si>
+    <t>栄養士を配置しない
+場合の措置</t>
+  </si>
+  <si>
+    <t>本体施設名称</t>
+    <rPh sb="0" eb="4">
+      <t>ホンタイシセツ</t>
     </rPh>
     <phoneticPr fontId="2"/>
-  </si>
-[...13 lines deleted...]
-    <t>所在地</t>
   </si>
   <si>
     <t>（内線）</t>
     <rPh sb="1" eb="3">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>栄養士を配置しない
-[...12 lines deleted...]
-  <si>
     <t>名称</t>
-  </si>
-[...1 lines deleted...]
-    <t>＊兼務</t>
   </si>
   <si>
     <t>介護形式（いずれか一方を選択）</t>
     <rPh sb="9" eb="11">
       <t>イッポウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
+    <t>＊兼務</t>
+  </si>
+  <si>
+    <t>従業者の職種・員数</t>
+  </si>
+  <si>
     <t>兼務する職種</t>
-  </si>
-[...7 lines deleted...]
-    <t>廊下</t>
   </si>
   <si>
     <t>入所者数（推定数を記入）</t>
     <rPh sb="0" eb="2">
       <t>ニュウショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
+    <t>廊下</t>
+  </si>
+  <si>
+    <t>非常勤（人）</t>
+  </si>
+  <si>
+    <t>○設備に関する基準の確認に必要な事項</t>
+  </si>
+  <si>
     <t>生活相談員</t>
   </si>
   <si>
-    <t>○設備に関する基準の確認に必要な事項</t>
-[...1 lines deleted...]
-  <si>
     <t>食堂と機能訓練室の合計面積</t>
-  </si>
-[...4 lines deleted...]
-    <t>片廊下の幅</t>
   </si>
   <si>
     <t xml:space="preserve">１　記入欄が不足する場合は、適宜欄を設けて記載するか又は次頁の記入欄不足時の書類を添付してください。                        
 ２　「短期入所生活介護を実施している場合の事業の実施形態（空床型・併設型の別）」については、空床型・併設型のいずれか一方又は両方にチェックを
 　してください。
 ３　管理者の兼務については、添付資料にて確認可能な場合は記載を省略することが可能です。 
 ４　従業者の職種・員数の「＊兼務」欄は、短期入所生活介護以外との兼務を行う従業者について記載してください。                          
 ５　介護支援専門員に代えて介護の提供に係る計画等の作成に関し経験のある生活相談員等を配置する場合には、その員数は、「介護支援専門員等」
 　欄に記載してください。                                  
 ６　短期入所生活介護を実施していない場合は、短期入所生活介護の「設備に関する基準の確認に必要な事項」欄については、記載不要です。                       
            </t>
     <rPh sb="202" eb="205">
       <t>ジュウギョウシャ</t>
     </rPh>
     <rPh sb="237" eb="240">
       <t>ジュウギョウシャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
+    <t>片廊下の幅</t>
+  </si>
+  <si>
+    <t>）</t>
+  </si>
+  <si>
     <t>地域密着型介護老人福祉施設及び短期入所生活介護従事人数</t>
   </si>
   <si>
     <t>１室の最大定員</t>
   </si>
   <si>
     <t>入所者１人あたりの最小床面積</t>
   </si>
   <si>
     <t xml:space="preserve">（郵便番号 </t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>FAX 番号</t>
   </si>
   <si>
     <t>別添のとおり</t>
   </si>
   <si>
     <t>及び勤務時間等</t>
   </si>
   <si>
     <t>短期入所生活介護の実施の有無</t>
@@ -317,54 +317,54 @@
   </si>
   <si>
     <t>－</t>
   </si>
   <si>
     <t>都　道</t>
     <rPh sb="0" eb="1">
       <t>ト</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ドウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>府　県</t>
     <rPh sb="0" eb="1">
       <t>フ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
+    <t>医   師</t>
+  </si>
+  <si>
     <t>短期入所利用者数（併設型の場合）</t>
-  </si>
-[...1 lines deleted...]
-    <t>医   師</t>
   </si>
   <si>
     <t>栄養士</t>
   </si>
   <si>
     <t>地域密着型介護老人福祉施設</t>
   </si>
   <si>
     <t>住所</t>
   </si>
   <si>
     <t>主な診療科名</t>
   </si>
   <si>
     <t>㎡</t>
   </si>
   <si>
     <t>従来型</t>
   </si>
   <si>
     <t>短期入所生活介護</t>
   </si>
   <si>
     <t>町　村</t>
     <rPh sb="0" eb="1">
@@ -412,52 +412,53 @@
   <si>
     <t>（参考）  地域密着型介護老人福祉施設入所者生活介護の指定等に係る記載事項記入欄不足時の資料</t>
     <rPh sb="29" eb="30">
       <t>トウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>■協力医療機関</t>
     <rPh sb="1" eb="3">
       <t>キョウリョク</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>イリョウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <numFmts count="1">
-    <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+  <numFmts count="2">
+    <numFmt numFmtId="176" formatCode="0_ "/>
+    <numFmt numFmtId="177" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="16">
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="6"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1869,96 +1870,96 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="42" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="48" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="49" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="50" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="3" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="3" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="3" fillId="2" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="3" fillId="2" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="52" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -2016,51 +2017,51 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="52" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="42" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="3" fillId="2" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="3" fillId="2" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="54" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
@@ -2142,51 +2143,51 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="56" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="69" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="69" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="70" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="71" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="71" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="71" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="72" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="73" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="74" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="75" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -3099,211 +3100,209 @@
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X71"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection sqref="A1:S1"/>
+      <selection activeCell="F2" sqref="F2:S2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="6.109375" style="1" customWidth="1"/>
     <col min="2" max="5" width="3.77734375" style="1" customWidth="1"/>
     <col min="6" max="8" width="4" style="1" customWidth="1"/>
     <col min="9" max="11" width="3.77734375" style="1" customWidth="1"/>
     <col min="12" max="19" width="10" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="36" customHeight="1">
       <c r="A1" s="4" t="s">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
       <c r="H1" s="21"/>
       <c r="I1" s="21"/>
       <c r="J1" s="21"/>
       <c r="K1" s="21"/>
       <c r="L1" s="21"/>
       <c r="M1" s="21"/>
       <c r="N1" s="21"/>
       <c r="O1" s="21"/>
       <c r="P1" s="21"/>
       <c r="Q1" s="21"/>
       <c r="R1" s="21"/>
       <c r="S1" s="21"/>
     </row>
     <row r="2" spans="1:24" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A2" s="5" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B2" s="22" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C2" s="55"/>
       <c r="D2" s="55"/>
       <c r="E2" s="55"/>
       <c r="F2" s="76"/>
       <c r="G2" s="86"/>
       <c r="H2" s="86"/>
       <c r="I2" s="86"/>
       <c r="J2" s="86"/>
       <c r="K2" s="86"/>
       <c r="L2" s="86"/>
       <c r="M2" s="86"/>
       <c r="N2" s="86"/>
       <c r="O2" s="86"/>
       <c r="P2" s="86"/>
       <c r="Q2" s="86"/>
       <c r="R2" s="86"/>
       <c r="S2" s="167"/>
-      <c r="T2" s="2"/>
-      <c r="X2" s="2"/>
     </row>
     <row r="3" spans="1:24" ht="15" customHeight="1">
       <c r="A3" s="6"/>
       <c r="B3" s="23" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C3" s="44"/>
       <c r="D3" s="44"/>
       <c r="E3" s="47"/>
       <c r="F3" s="77"/>
       <c r="G3" s="77"/>
       <c r="H3" s="77"/>
       <c r="I3" s="77"/>
       <c r="J3" s="77"/>
       <c r="K3" s="77"/>
       <c r="L3" s="77"/>
       <c r="M3" s="77"/>
       <c r="N3" s="77"/>
       <c r="O3" s="77"/>
       <c r="P3" s="77"/>
       <c r="Q3" s="77"/>
       <c r="R3" s="77"/>
       <c r="S3" s="168"/>
     </row>
     <row r="4" spans="1:24" ht="30" customHeight="1">
       <c r="A4" s="6"/>
       <c r="B4" s="23" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="44"/>
       <c r="D4" s="44"/>
       <c r="E4" s="47"/>
       <c r="F4" s="78"/>
       <c r="G4" s="77"/>
       <c r="H4" s="77"/>
       <c r="I4" s="77"/>
       <c r="J4" s="77"/>
       <c r="K4" s="77"/>
       <c r="L4" s="77"/>
       <c r="M4" s="77"/>
       <c r="N4" s="77"/>
       <c r="O4" s="77"/>
       <c r="P4" s="77"/>
       <c r="Q4" s="77"/>
       <c r="R4" s="77"/>
       <c r="S4" s="168"/>
       <c r="X4" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:24" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="24" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C5" s="38"/>
       <c r="D5" s="38"/>
       <c r="E5" s="70"/>
       <c r="F5" s="56" t="s">
         <v>50</v>
       </c>
       <c r="G5" s="56"/>
       <c r="H5" s="56"/>
       <c r="I5" s="97"/>
       <c r="J5" s="97"/>
       <c r="K5" s="97"/>
       <c r="L5" s="97" t="s">
         <v>57</v>
       </c>
       <c r="M5" s="97"/>
       <c r="N5" s="133" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="O5" s="97"/>
       <c r="P5" s="97"/>
       <c r="Q5" s="97"/>
       <c r="R5" s="97"/>
       <c r="S5" s="169"/>
     </row>
     <row r="6" spans="1:24" ht="15" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="25"/>
       <c r="C6" s="56"/>
       <c r="D6" s="56"/>
       <c r="E6" s="71"/>
       <c r="F6" s="79"/>
       <c r="G6" s="87"/>
       <c r="H6" s="87"/>
       <c r="I6" s="87"/>
       <c r="J6" s="87"/>
       <c r="K6" s="87"/>
       <c r="L6" s="56" t="s">
         <v>58</v>
       </c>
       <c r="M6" s="87"/>
       <c r="N6" s="87"/>
       <c r="O6" s="87"/>
       <c r="P6" s="56" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="Q6" s="155"/>
       <c r="R6" s="155"/>
       <c r="S6" s="170"/>
     </row>
     <row r="7" spans="1:24" ht="15" customHeight="1">
       <c r="A7" s="6"/>
       <c r="B7" s="25"/>
       <c r="C7" s="56"/>
       <c r="D7" s="56"/>
       <c r="E7" s="71"/>
       <c r="F7" s="79"/>
       <c r="G7" s="87"/>
       <c r="H7" s="87"/>
       <c r="I7" s="87"/>
       <c r="J7" s="87"/>
       <c r="K7" s="87"/>
       <c r="L7" s="56" t="s">
         <v>59</v>
       </c>
       <c r="M7" s="87"/>
       <c r="N7" s="87"/>
       <c r="O7" s="87"/>
       <c r="P7" s="56" t="s">
         <v>69</v>
@@ -3314,159 +3313,159 @@
     </row>
     <row r="8" spans="1:24" ht="18.899999999999999" customHeight="1">
       <c r="A8" s="6"/>
       <c r="B8" s="26"/>
       <c r="C8" s="57"/>
       <c r="D8" s="57"/>
       <c r="E8" s="72"/>
       <c r="F8" s="79"/>
       <c r="G8" s="87"/>
       <c r="H8" s="87"/>
       <c r="I8" s="87"/>
       <c r="J8" s="87"/>
       <c r="K8" s="87"/>
       <c r="L8" s="87"/>
       <c r="M8" s="87"/>
       <c r="N8" s="87"/>
       <c r="O8" s="87"/>
       <c r="P8" s="87"/>
       <c r="Q8" s="87"/>
       <c r="R8" s="87"/>
       <c r="S8" s="171"/>
     </row>
     <row r="9" spans="1:24" ht="15" customHeight="1">
       <c r="A9" s="6"/>
       <c r="B9" s="24" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="38"/>
       <c r="D9" s="38"/>
       <c r="E9" s="70"/>
       <c r="F9" s="23" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G9" s="44"/>
       <c r="H9" s="44"/>
       <c r="I9" s="98"/>
       <c r="J9" s="105"/>
       <c r="K9" s="105"/>
       <c r="L9" s="105"/>
       <c r="M9" s="122" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="N9" s="134"/>
       <c r="O9" s="143" t="s">
         <v>52</v>
       </c>
       <c r="P9" s="151"/>
       <c r="Q9" s="156"/>
       <c r="R9" s="156"/>
       <c r="S9" s="172"/>
     </row>
     <row r="10" spans="1:24" ht="15" customHeight="1">
       <c r="A10" s="7"/>
       <c r="B10" s="27"/>
       <c r="C10" s="48"/>
       <c r="D10" s="48"/>
       <c r="E10" s="73"/>
       <c r="F10" s="80" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="88"/>
       <c r="H10" s="88"/>
       <c r="I10" s="99"/>
       <c r="J10" s="106"/>
       <c r="K10" s="106"/>
       <c r="L10" s="106"/>
       <c r="M10" s="106"/>
       <c r="N10" s="135"/>
       <c r="O10" s="106"/>
       <c r="P10" s="106"/>
       <c r="Q10" s="106"/>
       <c r="R10" s="106"/>
       <c r="S10" s="173"/>
     </row>
     <row r="11" spans="1:24" ht="15" customHeight="1">
       <c r="A11" s="8" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B11" s="28" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="33"/>
       <c r="D11" s="33"/>
       <c r="E11" s="33"/>
       <c r="F11" s="81"/>
       <c r="G11" s="89"/>
       <c r="H11" s="89"/>
       <c r="I11" s="89"/>
       <c r="J11" s="89"/>
       <c r="K11" s="89"/>
       <c r="L11" s="89"/>
       <c r="M11" s="123"/>
       <c r="N11" s="136" t="s">
         <v>64</v>
       </c>
       <c r="O11" s="144" t="s">
         <v>50</v>
       </c>
       <c r="P11" s="152"/>
       <c r="Q11" s="152" t="s">
         <v>74</v>
       </c>
       <c r="R11" s="160"/>
       <c r="S11" s="174" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:24" ht="15" customHeight="1">
       <c r="A12" s="9"/>
       <c r="B12" s="28" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C12" s="33"/>
       <c r="D12" s="33"/>
       <c r="E12" s="33"/>
       <c r="F12" s="82"/>
       <c r="G12" s="90"/>
       <c r="H12" s="90"/>
       <c r="I12" s="90"/>
       <c r="J12" s="90"/>
       <c r="K12" s="90"/>
       <c r="L12" s="90"/>
       <c r="M12" s="124"/>
       <c r="N12" s="137"/>
       <c r="O12" s="79"/>
       <c r="P12" s="138"/>
       <c r="Q12" s="138"/>
       <c r="R12" s="138"/>
       <c r="S12" s="171"/>
     </row>
     <row r="13" spans="1:24" ht="15" customHeight="1">
       <c r="A13" s="9"/>
       <c r="B13" s="28" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="83"/>
       <c r="G13" s="91"/>
       <c r="H13" s="91"/>
       <c r="I13" s="91"/>
       <c r="J13" s="91"/>
       <c r="K13" s="91"/>
       <c r="L13" s="91"/>
       <c r="M13" s="125"/>
       <c r="N13" s="137"/>
       <c r="O13" s="79"/>
       <c r="P13" s="138"/>
       <c r="Q13" s="138"/>
       <c r="R13" s="138"/>
       <c r="S13" s="171"/>
     </row>
     <row r="14" spans="1:24" ht="15" customHeight="1">
       <c r="A14" s="9"/>
       <c r="B14" s="29" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="58"/>
@@ -3479,143 +3478,143 @@
         <v>33</v>
       </c>
       <c r="J14" s="44"/>
       <c r="K14" s="47"/>
       <c r="L14" s="82"/>
       <c r="M14" s="90"/>
       <c r="N14" s="77"/>
       <c r="O14" s="145"/>
       <c r="P14" s="23" t="s">
         <v>70</v>
       </c>
       <c r="Q14" s="47"/>
       <c r="R14" s="161"/>
       <c r="S14" s="175"/>
     </row>
     <row r="15" spans="1:24" ht="15.6" customHeight="1">
       <c r="A15" s="9"/>
       <c r="B15" s="30"/>
       <c r="C15" s="59"/>
       <c r="D15" s="59"/>
       <c r="E15" s="59"/>
       <c r="F15" s="59"/>
       <c r="G15" s="59"/>
       <c r="H15" s="59"/>
       <c r="I15" s="24" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J15" s="38"/>
       <c r="K15" s="38"/>
       <c r="L15" s="38"/>
       <c r="M15" s="70"/>
       <c r="N15" s="138"/>
       <c r="O15" s="138"/>
       <c r="P15" s="138"/>
       <c r="Q15" s="138"/>
       <c r="R15" s="89"/>
       <c r="S15" s="176"/>
     </row>
     <row r="16" spans="1:24" ht="13.5" customHeight="1">
       <c r="A16" s="10"/>
       <c r="B16" s="31"/>
       <c r="C16" s="60"/>
       <c r="D16" s="60"/>
       <c r="E16" s="60"/>
       <c r="F16" s="60"/>
       <c r="G16" s="60"/>
       <c r="H16" s="60"/>
       <c r="I16" s="100" t="s">
         <v>54</v>
       </c>
       <c r="J16" s="107"/>
       <c r="K16" s="107"/>
       <c r="L16" s="107"/>
       <c r="M16" s="126"/>
       <c r="N16" s="139"/>
       <c r="O16" s="146"/>
       <c r="P16" s="146"/>
       <c r="Q16" s="146"/>
       <c r="R16" s="146"/>
       <c r="S16" s="177"/>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B17" s="32"/>
       <c r="C17" s="32"/>
       <c r="D17" s="32"/>
       <c r="E17" s="74"/>
       <c r="F17" s="84"/>
       <c r="G17" s="84"/>
       <c r="H17" s="95"/>
       <c r="I17" s="101" t="s">
         <v>31</v>
       </c>
       <c r="J17" s="108"/>
       <c r="K17" s="109"/>
       <c r="L17" s="114"/>
       <c r="M17" s="127"/>
       <c r="N17" s="127"/>
       <c r="O17" s="147"/>
       <c r="P17" s="103" t="s">
         <v>70</v>
       </c>
       <c r="Q17" s="110"/>
       <c r="R17" s="161"/>
       <c r="S17" s="175"/>
     </row>
     <row r="18" spans="1:20" ht="15" customHeight="1">
       <c r="A18" s="12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B18" s="33"/>
       <c r="C18" s="33"/>
       <c r="D18" s="33"/>
       <c r="E18" s="75"/>
       <c r="F18" s="85"/>
       <c r="G18" s="85"/>
       <c r="H18" s="85"/>
       <c r="I18" s="34" t="s">
         <v>55</v>
       </c>
       <c r="J18" s="34"/>
       <c r="K18" s="34"/>
       <c r="L18" s="34"/>
       <c r="M18" s="34"/>
       <c r="N18" s="85"/>
       <c r="O18" s="148"/>
       <c r="P18" s="153" t="s">
         <v>71</v>
       </c>
       <c r="Q18" s="157"/>
       <c r="R18" s="162"/>
       <c r="S18" s="178"/>
     </row>
     <row r="19" spans="1:20" ht="21.9" customHeight="1">
       <c r="A19" s="13" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B19" s="34" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="34"/>
       <c r="D19" s="34"/>
       <c r="E19" s="34"/>
       <c r="F19" s="34"/>
       <c r="G19" s="34"/>
       <c r="H19" s="34"/>
       <c r="I19" s="102"/>
       <c r="J19" s="66"/>
       <c r="K19" s="66"/>
       <c r="L19" s="66"/>
       <c r="M19" s="128"/>
       <c r="N19" s="23" t="s">
         <v>65</v>
       </c>
       <c r="O19" s="47"/>
       <c r="P19" s="67"/>
       <c r="Q19" s="67"/>
       <c r="R19" s="163"/>
       <c r="S19" s="179"/>
     </row>
     <row r="20" spans="1:20" ht="21.9" customHeight="1">
@@ -3623,223 +3622,223 @@
       <c r="B20" s="35" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
       <c r="G20" s="35"/>
       <c r="H20" s="35"/>
       <c r="I20" s="81"/>
       <c r="J20" s="89"/>
       <c r="K20" s="89"/>
       <c r="L20" s="89"/>
       <c r="M20" s="123"/>
       <c r="N20" s="140" t="s">
         <v>65</v>
       </c>
       <c r="O20" s="149"/>
       <c r="P20" s="89"/>
       <c r="Q20" s="89"/>
       <c r="R20" s="89"/>
       <c r="S20" s="176"/>
     </row>
     <row r="21" spans="1:20" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A21" s="15" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B21" s="36" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
       <c r="J21" s="36"/>
       <c r="K21" s="36"/>
       <c r="L21" s="36"/>
       <c r="M21" s="36"/>
       <c r="N21" s="141"/>
       <c r="O21" s="150" t="s">
         <v>67</v>
       </c>
       <c r="P21" s="150"/>
       <c r="Q21" s="158"/>
       <c r="R21" s="150" t="s">
         <v>75</v>
       </c>
       <c r="S21" s="180"/>
       <c r="T21" s="1"/>
     </row>
     <row r="22" spans="1:20" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="16"/>
       <c r="B22" s="37" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="37"/>
       <c r="I22" s="37"/>
       <c r="J22" s="37"/>
       <c r="K22" s="37"/>
       <c r="L22" s="37"/>
       <c r="M22" s="37"/>
       <c r="N22" s="37"/>
       <c r="O22" s="37"/>
       <c r="P22" s="37"/>
       <c r="Q22" s="37"/>
       <c r="R22" s="37"/>
       <c r="S22" s="181"/>
       <c r="T22" s="1"/>
     </row>
     <row r="23" spans="1:20" ht="15" customHeight="1">
       <c r="A23" s="16"/>
       <c r="B23" s="38" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C23" s="38"/>
       <c r="D23" s="38"/>
       <c r="E23" s="38"/>
       <c r="F23" s="38"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
       <c r="I23" s="38"/>
       <c r="J23" s="38"/>
       <c r="K23" s="70"/>
       <c r="L23" s="115" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="M23" s="115"/>
       <c r="N23" s="115" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O23" s="115"/>
       <c r="P23" s="115" t="s">
         <v>72</v>
       </c>
       <c r="Q23" s="115"/>
       <c r="R23" s="115" t="s">
         <v>76</v>
       </c>
       <c r="S23" s="182"/>
     </row>
     <row r="24" spans="1:20" ht="15" customHeight="1">
       <c r="A24" s="16"/>
       <c r="B24" s="39"/>
       <c r="C24" s="39"/>
       <c r="D24" s="39"/>
       <c r="E24" s="39"/>
       <c r="F24" s="39"/>
       <c r="G24" s="39"/>
       <c r="H24" s="39"/>
       <c r="I24" s="39"/>
       <c r="J24" s="39"/>
       <c r="K24" s="71"/>
       <c r="L24" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M24" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N24" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O24" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P24" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q24" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="R24" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="S24" s="183" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:20" ht="17.100000000000001" customHeight="1">
       <c r="A25" s="16"/>
       <c r="B25" s="40"/>
       <c r="C25" s="61" t="s">
         <v>47</v>
       </c>
       <c r="D25" s="61"/>
       <c r="E25" s="61"/>
       <c r="F25" s="61"/>
       <c r="G25" s="92"/>
       <c r="H25" s="28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I25" s="33"/>
       <c r="J25" s="33"/>
       <c r="K25" s="33"/>
       <c r="L25" s="34"/>
       <c r="M25" s="34"/>
       <c r="N25" s="34"/>
       <c r="O25" s="34"/>
       <c r="P25" s="34"/>
       <c r="Q25" s="34"/>
       <c r="R25" s="34"/>
       <c r="S25" s="183"/>
     </row>
     <row r="26" spans="1:20" ht="17.100000000000001" customHeight="1">
       <c r="A26" s="16"/>
       <c r="B26" s="40"/>
       <c r="C26" s="62"/>
       <c r="D26" s="62"/>
       <c r="E26" s="62"/>
       <c r="F26" s="62"/>
       <c r="G26" s="93"/>
       <c r="H26" s="28" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I26" s="33"/>
       <c r="J26" s="33"/>
       <c r="K26" s="33"/>
       <c r="L26" s="34"/>
       <c r="M26" s="34"/>
       <c r="N26" s="35"/>
       <c r="O26" s="35"/>
       <c r="P26" s="35"/>
       <c r="Q26" s="35"/>
       <c r="R26" s="35"/>
       <c r="S26" s="184"/>
     </row>
     <row r="27" spans="1:20" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A27" s="16"/>
       <c r="B27" s="41"/>
       <c r="C27" s="63" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D27" s="69"/>
       <c r="E27" s="69"/>
       <c r="F27" s="69"/>
       <c r="G27" s="69"/>
       <c r="H27" s="69"/>
       <c r="I27" s="69"/>
       <c r="J27" s="69"/>
       <c r="K27" s="110"/>
       <c r="L27" s="116"/>
       <c r="M27" s="129"/>
       <c r="N27" s="34"/>
       <c r="O27" s="34"/>
       <c r="P27" s="34"/>
       <c r="Q27" s="34"/>
       <c r="R27" s="34"/>
       <c r="S27" s="34"/>
       <c r="T27" s="3"/>
     </row>
     <row r="28" spans="1:20" ht="15" customHeight="1">
       <c r="A28" s="16"/>
       <c r="B28" s="42"/>
       <c r="C28" s="64"/>
       <c r="D28" s="64"/>
       <c r="E28" s="64"/>
@@ -3857,244 +3856,244 @@
         <v>56</v>
       </c>
       <c r="O28" s="115"/>
       <c r="P28" s="115" t="s">
         <v>73</v>
       </c>
       <c r="Q28" s="115"/>
       <c r="R28" s="164" t="s">
         <v>30</v>
       </c>
       <c r="S28" s="185"/>
     </row>
     <row r="29" spans="1:20" ht="15" customHeight="1">
       <c r="A29" s="16"/>
       <c r="B29" s="42"/>
       <c r="C29" s="65"/>
       <c r="D29" s="65"/>
       <c r="E29" s="65"/>
       <c r="F29" s="65"/>
       <c r="G29" s="65"/>
       <c r="H29" s="65"/>
       <c r="I29" s="65"/>
       <c r="J29" s="65"/>
       <c r="K29" s="112"/>
       <c r="L29" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M29" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N29" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O29" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P29" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q29" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="R29" s="165"/>
       <c r="S29" s="186"/>
     </row>
     <row r="30" spans="1:20" ht="17.100000000000001" customHeight="1">
       <c r="A30" s="16"/>
       <c r="B30" s="40"/>
       <c r="C30" s="61" t="s">
         <v>47</v>
       </c>
       <c r="D30" s="61"/>
       <c r="E30" s="61"/>
       <c r="F30" s="61"/>
       <c r="G30" s="92"/>
       <c r="H30" s="28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I30" s="33"/>
       <c r="J30" s="33"/>
       <c r="K30" s="33"/>
       <c r="L30" s="34"/>
       <c r="M30" s="34"/>
       <c r="N30" s="34"/>
       <c r="O30" s="34"/>
       <c r="P30" s="34"/>
       <c r="Q30" s="34"/>
       <c r="R30" s="166"/>
       <c r="S30" s="187"/>
     </row>
     <row r="31" spans="1:20" ht="17.100000000000001" customHeight="1">
       <c r="A31" s="16"/>
       <c r="B31" s="40"/>
       <c r="C31" s="62"/>
       <c r="D31" s="62"/>
       <c r="E31" s="62"/>
       <c r="F31" s="62"/>
       <c r="G31" s="93"/>
       <c r="H31" s="28" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I31" s="33"/>
       <c r="J31" s="33"/>
       <c r="K31" s="33"/>
       <c r="L31" s="35"/>
       <c r="M31" s="35"/>
       <c r="N31" s="35"/>
       <c r="O31" s="35"/>
       <c r="P31" s="154"/>
       <c r="Q31" s="154"/>
       <c r="R31" s="166"/>
       <c r="S31" s="187"/>
     </row>
     <row r="32" spans="1:20" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="16"/>
       <c r="B32" s="43"/>
       <c r="C32" s="63" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D32" s="69"/>
       <c r="E32" s="69"/>
       <c r="F32" s="69"/>
       <c r="G32" s="69"/>
       <c r="H32" s="69"/>
       <c r="I32" s="69"/>
       <c r="J32" s="69"/>
       <c r="K32" s="69"/>
       <c r="L32" s="34"/>
       <c r="M32" s="34"/>
       <c r="N32" s="34"/>
       <c r="O32" s="34"/>
       <c r="P32" s="70"/>
       <c r="Q32" s="34"/>
       <c r="R32" s="166"/>
       <c r="S32" s="187"/>
       <c r="T32" s="3"/>
     </row>
     <row r="33" spans="1:20" ht="15" customHeight="1">
       <c r="A33" s="16"/>
       <c r="B33" s="44" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C33" s="44"/>
       <c r="D33" s="44"/>
       <c r="E33" s="44"/>
       <c r="F33" s="44"/>
       <c r="G33" s="44"/>
       <c r="H33" s="44"/>
       <c r="I33" s="103"/>
       <c r="J33" s="69"/>
       <c r="K33" s="69"/>
       <c r="L33" s="117" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M33" s="26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N33" s="57"/>
       <c r="O33" s="57"/>
       <c r="P33" s="47"/>
       <c r="Q33" s="159"/>
       <c r="R33" s="44" t="s">
         <v>77</v>
       </c>
       <c r="S33" s="188"/>
     </row>
     <row r="34" spans="1:20" ht="15" customHeight="1">
       <c r="A34" s="16"/>
       <c r="B34" s="45" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C34" s="45"/>
       <c r="D34" s="45"/>
       <c r="E34" s="45"/>
       <c r="F34" s="45"/>
       <c r="G34" s="45"/>
       <c r="H34" s="45"/>
       <c r="I34" s="45"/>
       <c r="J34" s="45"/>
       <c r="K34" s="45"/>
       <c r="L34" s="118"/>
       <c r="M34" s="118"/>
       <c r="N34" s="118"/>
       <c r="O34" s="118"/>
       <c r="P34" s="45"/>
       <c r="Q34" s="45"/>
       <c r="R34" s="45"/>
       <c r="S34" s="189"/>
     </row>
     <row r="35" spans="1:20" ht="15" customHeight="1">
       <c r="A35" s="16"/>
       <c r="B35" s="46"/>
       <c r="C35" s="46"/>
       <c r="D35" s="46"/>
       <c r="E35" s="46"/>
       <c r="F35" s="46"/>
       <c r="G35" s="46"/>
       <c r="H35" s="46"/>
       <c r="I35" s="46"/>
       <c r="J35" s="46"/>
       <c r="K35" s="113"/>
       <c r="L35" s="119" t="s">
         <v>63</v>
       </c>
       <c r="M35" s="130"/>
       <c r="N35" s="142"/>
       <c r="O35" s="34" t="s">
         <v>68</v>
       </c>
       <c r="P35" s="34"/>
       <c r="Q35" s="34"/>
       <c r="R35" s="34"/>
       <c r="S35" s="187"/>
     </row>
     <row r="36" spans="1:20" ht="15" customHeight="1">
       <c r="A36" s="16"/>
       <c r="B36" s="47" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C36" s="66" t="s">
         <v>48</v>
       </c>
       <c r="D36" s="66"/>
       <c r="E36" s="66"/>
       <c r="F36" s="66"/>
       <c r="G36" s="66"/>
       <c r="H36" s="66"/>
       <c r="I36" s="66"/>
       <c r="J36" s="66"/>
       <c r="K36" s="66"/>
       <c r="L36" s="120"/>
       <c r="M36" s="131"/>
       <c r="N36" s="44" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O36" s="120"/>
       <c r="P36" s="131"/>
       <c r="Q36" s="44" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R36" s="166"/>
       <c r="S36" s="187"/>
     </row>
     <row r="37" spans="1:20" ht="15" customHeight="1">
       <c r="A37" s="16"/>
       <c r="B37" s="47"/>
       <c r="C37" s="67" t="s">
         <v>49</v>
       </c>
       <c r="D37" s="67"/>
       <c r="E37" s="67"/>
       <c r="F37" s="67"/>
       <c r="G37" s="67"/>
       <c r="H37" s="67"/>
       <c r="I37" s="67"/>
       <c r="J37" s="67"/>
       <c r="K37" s="67"/>
       <c r="L37" s="120"/>
       <c r="M37" s="131"/>
       <c r="N37" s="44" t="s">
         <v>66</v>
       </c>
       <c r="O37" s="120"/>
       <c r="P37" s="131"/>
@@ -4128,287 +4127,287 @@
       <c r="Q38" s="44" t="s">
         <v>66</v>
       </c>
       <c r="R38" s="166"/>
       <c r="S38" s="187"/>
     </row>
     <row r="39" spans="1:20" ht="15" customHeight="1">
       <c r="A39" s="16"/>
       <c r="B39" s="49" t="s">
         <v>39</v>
       </c>
       <c r="C39" s="68" t="s">
         <v>45</v>
       </c>
       <c r="D39" s="67"/>
       <c r="E39" s="67"/>
       <c r="F39" s="67"/>
       <c r="G39" s="67"/>
       <c r="H39" s="67"/>
       <c r="I39" s="67"/>
       <c r="J39" s="67"/>
       <c r="K39" s="67"/>
       <c r="L39" s="120"/>
       <c r="M39" s="131"/>
       <c r="N39" s="44" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O39" s="120"/>
       <c r="P39" s="131"/>
       <c r="Q39" s="44" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="R39" s="166"/>
       <c r="S39" s="187"/>
     </row>
     <row r="40" spans="1:20" ht="15" customHeight="1">
       <c r="A40" s="16"/>
       <c r="B40" s="50"/>
       <c r="C40" s="68" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D40" s="67"/>
       <c r="E40" s="67"/>
       <c r="F40" s="67"/>
       <c r="G40" s="67"/>
       <c r="H40" s="67"/>
       <c r="I40" s="67"/>
       <c r="J40" s="67"/>
       <c r="K40" s="67"/>
       <c r="L40" s="120"/>
       <c r="M40" s="131"/>
       <c r="N40" s="44" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O40" s="120"/>
       <c r="P40" s="131"/>
       <c r="Q40" s="44" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="R40" s="166"/>
       <c r="S40" s="187"/>
     </row>
     <row r="41" spans="1:20" ht="15" customHeight="1">
       <c r="A41" s="17"/>
       <c r="B41" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="51"/>
       <c r="D41" s="51"/>
       <c r="E41" s="51"/>
       <c r="F41" s="51"/>
       <c r="G41" s="51"/>
       <c r="H41" s="51"/>
       <c r="I41" s="104"/>
       <c r="J41" s="51"/>
       <c r="K41" s="51"/>
       <c r="L41" s="121" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M41" s="132"/>
       <c r="N41" s="51"/>
       <c r="O41" s="51"/>
       <c r="P41" s="51"/>
       <c r="Q41" s="51"/>
       <c r="R41" s="51"/>
       <c r="S41" s="190"/>
     </row>
     <row r="42" spans="1:20" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A42" s="15" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B42" s="36" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C42" s="36"/>
       <c r="D42" s="36"/>
       <c r="E42" s="36"/>
       <c r="F42" s="36"/>
       <c r="G42" s="36"/>
       <c r="H42" s="36"/>
       <c r="I42" s="36"/>
       <c r="J42" s="36"/>
       <c r="K42" s="36"/>
       <c r="L42" s="36"/>
       <c r="M42" s="36"/>
       <c r="N42" s="141"/>
       <c r="O42" s="150" t="s">
         <v>67</v>
       </c>
       <c r="P42" s="150"/>
       <c r="Q42" s="158"/>
       <c r="R42" s="150" t="s">
         <v>75</v>
       </c>
       <c r="S42" s="180"/>
       <c r="T42" s="1"/>
     </row>
     <row r="43" spans="1:20" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A43" s="16"/>
       <c r="B43" s="37" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C43" s="37"/>
       <c r="D43" s="37"/>
       <c r="E43" s="37"/>
       <c r="F43" s="37"/>
       <c r="G43" s="37"/>
       <c r="H43" s="37"/>
       <c r="I43" s="37"/>
       <c r="J43" s="37"/>
       <c r="K43" s="37"/>
       <c r="L43" s="37"/>
       <c r="M43" s="37"/>
       <c r="N43" s="37"/>
       <c r="O43" s="37"/>
       <c r="P43" s="37"/>
       <c r="Q43" s="37"/>
       <c r="R43" s="37"/>
       <c r="S43" s="181"/>
       <c r="T43" s="1"/>
     </row>
     <row r="44" spans="1:20" ht="15" customHeight="1">
       <c r="A44" s="16"/>
       <c r="B44" s="38" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C44" s="38"/>
       <c r="D44" s="38"/>
       <c r="E44" s="38"/>
       <c r="F44" s="38"/>
       <c r="G44" s="38"/>
       <c r="H44" s="38"/>
       <c r="I44" s="38"/>
       <c r="J44" s="38"/>
       <c r="K44" s="70"/>
       <c r="L44" s="115" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="M44" s="115"/>
       <c r="N44" s="115" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O44" s="115"/>
       <c r="P44" s="115" t="s">
         <v>72</v>
       </c>
       <c r="Q44" s="115"/>
       <c r="R44" s="115" t="s">
         <v>76</v>
       </c>
       <c r="S44" s="182"/>
     </row>
     <row r="45" spans="1:20" ht="15" customHeight="1">
       <c r="A45" s="16"/>
       <c r="B45" s="39"/>
       <c r="C45" s="39"/>
       <c r="D45" s="39"/>
       <c r="E45" s="39"/>
       <c r="F45" s="39"/>
       <c r="G45" s="39"/>
       <c r="H45" s="39"/>
       <c r="I45" s="39"/>
       <c r="J45" s="39"/>
       <c r="K45" s="71"/>
       <c r="L45" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M45" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N45" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O45" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P45" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q45" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="R45" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="S45" s="183" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:20" ht="17.100000000000001" customHeight="1">
       <c r="A46" s="16"/>
       <c r="B46" s="40"/>
       <c r="C46" s="61" t="s">
         <v>47</v>
       </c>
       <c r="D46" s="61"/>
       <c r="E46" s="61"/>
       <c r="F46" s="61"/>
       <c r="G46" s="92"/>
       <c r="H46" s="28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I46" s="33"/>
       <c r="J46" s="33"/>
       <c r="K46" s="33"/>
       <c r="L46" s="34"/>
       <c r="M46" s="34"/>
       <c r="N46" s="34"/>
       <c r="O46" s="34"/>
       <c r="P46" s="34"/>
       <c r="Q46" s="34"/>
       <c r="R46" s="34"/>
       <c r="S46" s="183"/>
     </row>
     <row r="47" spans="1:20" ht="17.100000000000001" customHeight="1">
       <c r="A47" s="16"/>
       <c r="B47" s="40"/>
       <c r="C47" s="62"/>
       <c r="D47" s="62"/>
       <c r="E47" s="62"/>
       <c r="F47" s="62"/>
       <c r="G47" s="93"/>
       <c r="H47" s="28" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I47" s="33"/>
       <c r="J47" s="33"/>
       <c r="K47" s="33"/>
       <c r="L47" s="34"/>
       <c r="M47" s="34"/>
       <c r="N47" s="35"/>
       <c r="O47" s="35"/>
       <c r="P47" s="35"/>
       <c r="Q47" s="35"/>
       <c r="R47" s="35"/>
       <c r="S47" s="184"/>
     </row>
     <row r="48" spans="1:20" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A48" s="16"/>
       <c r="B48" s="41"/>
       <c r="C48" s="63" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D48" s="69"/>
       <c r="E48" s="69"/>
       <c r="F48" s="69"/>
       <c r="G48" s="69"/>
       <c r="H48" s="69"/>
       <c r="I48" s="69"/>
       <c r="J48" s="69"/>
       <c r="K48" s="110"/>
       <c r="L48" s="116"/>
       <c r="M48" s="129"/>
       <c r="N48" s="34"/>
       <c r="O48" s="34"/>
       <c r="P48" s="34"/>
       <c r="Q48" s="34"/>
       <c r="R48" s="34"/>
       <c r="S48" s="183"/>
       <c r="T48" s="3"/>
     </row>
     <row r="49" spans="1:19" ht="15" customHeight="1">
       <c r="A49" s="16"/>
       <c r="B49" s="42"/>
       <c r="C49" s="64"/>
       <c r="D49" s="64"/>
       <c r="E49" s="64"/>
@@ -4426,243 +4425,243 @@
         <v>56</v>
       </c>
       <c r="O49" s="115"/>
       <c r="P49" s="115" t="s">
         <v>73</v>
       </c>
       <c r="Q49" s="115"/>
       <c r="R49" s="164" t="s">
         <v>30</v>
       </c>
       <c r="S49" s="185"/>
     </row>
     <row r="50" spans="1:19" ht="15" customHeight="1">
       <c r="A50" s="16"/>
       <c r="B50" s="42"/>
       <c r="C50" s="65"/>
       <c r="D50" s="65"/>
       <c r="E50" s="65"/>
       <c r="F50" s="65"/>
       <c r="G50" s="65"/>
       <c r="H50" s="65"/>
       <c r="I50" s="65"/>
       <c r="J50" s="65"/>
       <c r="K50" s="112"/>
       <c r="L50" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M50" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N50" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O50" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P50" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q50" s="34" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="R50" s="165"/>
       <c r="S50" s="186"/>
     </row>
     <row r="51" spans="1:19" ht="17.100000000000001" customHeight="1">
       <c r="A51" s="16"/>
       <c r="B51" s="40"/>
       <c r="C51" s="61" t="s">
         <v>47</v>
       </c>
       <c r="D51" s="61"/>
       <c r="E51" s="61"/>
       <c r="F51" s="61"/>
       <c r="G51" s="92"/>
       <c r="H51" s="28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I51" s="33"/>
       <c r="J51" s="33"/>
       <c r="K51" s="33"/>
       <c r="L51" s="34"/>
       <c r="M51" s="34"/>
       <c r="N51" s="34"/>
       <c r="O51" s="34"/>
       <c r="P51" s="34"/>
       <c r="Q51" s="34"/>
       <c r="R51" s="166"/>
       <c r="S51" s="187"/>
     </row>
     <row r="52" spans="1:19" ht="17.100000000000001" customHeight="1">
       <c r="A52" s="16"/>
       <c r="B52" s="40"/>
       <c r="C52" s="62"/>
       <c r="D52" s="62"/>
       <c r="E52" s="62"/>
       <c r="F52" s="62"/>
       <c r="G52" s="93"/>
       <c r="H52" s="28" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I52" s="33"/>
       <c r="J52" s="33"/>
       <c r="K52" s="33"/>
       <c r="L52" s="35"/>
       <c r="M52" s="35"/>
       <c r="N52" s="35"/>
       <c r="O52" s="35"/>
       <c r="P52" s="154"/>
       <c r="Q52" s="154"/>
       <c r="R52" s="166"/>
       <c r="S52" s="187"/>
     </row>
     <row r="53" spans="1:19" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A53" s="16"/>
       <c r="B53" s="43"/>
       <c r="C53" s="63" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D53" s="69"/>
       <c r="E53" s="69"/>
       <c r="F53" s="69"/>
       <c r="G53" s="69"/>
       <c r="H53" s="69"/>
       <c r="I53" s="69"/>
       <c r="J53" s="69"/>
       <c r="K53" s="69"/>
       <c r="L53" s="34"/>
       <c r="M53" s="34"/>
       <c r="N53" s="34"/>
       <c r="O53" s="34"/>
       <c r="P53" s="70"/>
       <c r="Q53" s="34"/>
       <c r="R53" s="166"/>
       <c r="S53" s="187"/>
     </row>
     <row r="54" spans="1:19" ht="15" customHeight="1">
       <c r="A54" s="16"/>
       <c r="B54" s="44" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C54" s="44"/>
       <c r="D54" s="44"/>
       <c r="E54" s="44"/>
       <c r="F54" s="44"/>
       <c r="G54" s="44"/>
       <c r="H54" s="44"/>
       <c r="I54" s="103"/>
       <c r="J54" s="69"/>
       <c r="K54" s="69"/>
       <c r="L54" s="117" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M54" s="26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N54" s="57"/>
       <c r="O54" s="57"/>
       <c r="P54" s="47"/>
       <c r="Q54" s="159"/>
       <c r="R54" s="44" t="s">
         <v>77</v>
       </c>
       <c r="S54" s="188"/>
     </row>
     <row r="55" spans="1:19" ht="15" customHeight="1">
       <c r="A55" s="16"/>
       <c r="B55" s="45" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C55" s="45"/>
       <c r="D55" s="45"/>
       <c r="E55" s="45"/>
       <c r="F55" s="45"/>
       <c r="G55" s="45"/>
       <c r="H55" s="45"/>
       <c r="I55" s="45"/>
       <c r="J55" s="45"/>
       <c r="K55" s="45"/>
       <c r="L55" s="118"/>
       <c r="M55" s="118"/>
       <c r="N55" s="118"/>
       <c r="O55" s="118"/>
       <c r="P55" s="45"/>
       <c r="Q55" s="45"/>
       <c r="R55" s="45"/>
       <c r="S55" s="189"/>
     </row>
     <row r="56" spans="1:19" ht="15" customHeight="1">
       <c r="A56" s="16"/>
       <c r="B56" s="46"/>
       <c r="C56" s="46"/>
       <c r="D56" s="46"/>
       <c r="E56" s="46"/>
       <c r="F56" s="46"/>
       <c r="G56" s="46"/>
       <c r="H56" s="46"/>
       <c r="I56" s="46"/>
       <c r="J56" s="46"/>
       <c r="K56" s="113"/>
       <c r="L56" s="119" t="s">
         <v>63</v>
       </c>
       <c r="M56" s="130"/>
       <c r="N56" s="142"/>
       <c r="O56" s="34" t="s">
         <v>68</v>
       </c>
       <c r="P56" s="34"/>
       <c r="Q56" s="34"/>
       <c r="R56" s="34"/>
       <c r="S56" s="187"/>
     </row>
     <row r="57" spans="1:19" ht="15" customHeight="1">
       <c r="A57" s="16"/>
       <c r="B57" s="47" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C57" s="66" t="s">
         <v>48</v>
       </c>
       <c r="D57" s="66"/>
       <c r="E57" s="66"/>
       <c r="F57" s="66"/>
       <c r="G57" s="66"/>
       <c r="H57" s="66"/>
       <c r="I57" s="66"/>
       <c r="J57" s="66"/>
       <c r="K57" s="66"/>
       <c r="L57" s="120"/>
       <c r="M57" s="131"/>
       <c r="N57" s="44" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O57" s="120"/>
       <c r="P57" s="131"/>
       <c r="Q57" s="44" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R57" s="166"/>
       <c r="S57" s="187"/>
     </row>
     <row r="58" spans="1:19" ht="15" customHeight="1">
       <c r="A58" s="16"/>
       <c r="B58" s="47"/>
       <c r="C58" s="67" t="s">
         <v>49</v>
       </c>
       <c r="D58" s="67"/>
       <c r="E58" s="67"/>
       <c r="F58" s="67"/>
       <c r="G58" s="67"/>
       <c r="H58" s="67"/>
       <c r="I58" s="67"/>
       <c r="J58" s="67"/>
       <c r="K58" s="67"/>
       <c r="L58" s="120"/>
       <c r="M58" s="131"/>
       <c r="N58" s="44" t="s">
         <v>66</v>
       </c>
       <c r="O58" s="120"/>
       <c r="P58" s="131"/>
@@ -4696,144 +4695,144 @@
       <c r="Q59" s="44" t="s">
         <v>66</v>
       </c>
       <c r="R59" s="166"/>
       <c r="S59" s="187"/>
     </row>
     <row r="60" spans="1:19" ht="15" customHeight="1">
       <c r="A60" s="16"/>
       <c r="B60" s="49" t="s">
         <v>39</v>
       </c>
       <c r="C60" s="68" t="s">
         <v>45</v>
       </c>
       <c r="D60" s="67"/>
       <c r="E60" s="67"/>
       <c r="F60" s="67"/>
       <c r="G60" s="67"/>
       <c r="H60" s="67"/>
       <c r="I60" s="67"/>
       <c r="J60" s="67"/>
       <c r="K60" s="67"/>
       <c r="L60" s="120"/>
       <c r="M60" s="131"/>
       <c r="N60" s="44" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O60" s="120"/>
       <c r="P60" s="131"/>
       <c r="Q60" s="44" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="R60" s="166"/>
       <c r="S60" s="187"/>
     </row>
     <row r="61" spans="1:19" ht="15" customHeight="1">
       <c r="A61" s="16"/>
       <c r="B61" s="50"/>
       <c r="C61" s="68" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D61" s="67"/>
       <c r="E61" s="67"/>
       <c r="F61" s="67"/>
       <c r="G61" s="67"/>
       <c r="H61" s="67"/>
       <c r="I61" s="67"/>
       <c r="J61" s="67"/>
       <c r="K61" s="67"/>
       <c r="L61" s="120"/>
       <c r="M61" s="131"/>
       <c r="N61" s="44" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O61" s="120"/>
       <c r="P61" s="131"/>
       <c r="Q61" s="44" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="R61" s="166"/>
       <c r="S61" s="187"/>
     </row>
     <row r="62" spans="1:19" ht="15" customHeight="1">
       <c r="A62" s="17"/>
       <c r="B62" s="51" t="s">
         <v>22</v>
       </c>
       <c r="C62" s="51"/>
       <c r="D62" s="51"/>
       <c r="E62" s="51"/>
       <c r="F62" s="51"/>
       <c r="G62" s="51"/>
       <c r="H62" s="51"/>
       <c r="I62" s="104"/>
       <c r="J62" s="51"/>
       <c r="K62" s="51"/>
       <c r="L62" s="121" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M62" s="132"/>
       <c r="N62" s="51"/>
       <c r="O62" s="51"/>
       <c r="P62" s="51"/>
       <c r="Q62" s="51"/>
       <c r="R62" s="51"/>
       <c r="S62" s="190"/>
     </row>
     <row r="63" spans="1:19" ht="15" customHeight="1">
       <c r="A63" s="18" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B63" s="52"/>
       <c r="C63" s="52"/>
       <c r="D63" s="52"/>
       <c r="E63" s="52"/>
       <c r="F63" s="52"/>
       <c r="G63" s="94"/>
       <c r="H63" s="96" t="s">
         <v>53</v>
       </c>
       <c r="I63" s="96"/>
       <c r="J63" s="96"/>
       <c r="K63" s="96"/>
       <c r="L63" s="96"/>
       <c r="M63" s="96"/>
       <c r="N63" s="96"/>
       <c r="O63" s="96"/>
       <c r="P63" s="96"/>
       <c r="Q63" s="96"/>
       <c r="R63" s="96"/>
       <c r="S63" s="191"/>
     </row>
     <row r="64" spans="1:19" ht="12.75" customHeight="1"/>
     <row r="65" spans="1:19" s="2" customFormat="1" ht="17.100000000000001" customHeight="1">
       <c r="A65" s="2" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B65" s="53" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C65" s="54"/>
       <c r="D65" s="54"/>
       <c r="E65" s="54"/>
       <c r="F65" s="54"/>
       <c r="G65" s="54"/>
       <c r="H65" s="54"/>
       <c r="I65" s="54"/>
       <c r="J65" s="54"/>
       <c r="K65" s="54"/>
       <c r="L65" s="54"/>
       <c r="M65" s="54"/>
       <c r="N65" s="54"/>
       <c r="O65" s="54"/>
       <c r="P65" s="54"/>
       <c r="Q65" s="54"/>
       <c r="R65" s="54"/>
       <c r="S65" s="54"/>
     </row>
     <row r="66" spans="1:19" s="2" customFormat="1" ht="17.100000000000001" customHeight="1">
       <c r="A66" s="19"/>
       <c r="B66" s="54"/>
       <c r="C66" s="54"/>
       <c r="D66" s="54"/>
       <c r="E66" s="54"/>
@@ -5484,51 +5483,51 @@
     <row r="3" spans="1:19" ht="22.35" customHeight="1">
       <c r="A3" s="194" t="s">
         <v>80</v>
       </c>
       <c r="B3" s="198"/>
       <c r="C3" s="198"/>
       <c r="D3" s="198"/>
       <c r="E3" s="198"/>
       <c r="F3" s="198"/>
       <c r="G3" s="198"/>
       <c r="H3" s="198"/>
       <c r="I3" s="198"/>
       <c r="J3" s="198"/>
       <c r="K3" s="198"/>
       <c r="L3" s="198"/>
       <c r="M3" s="198"/>
       <c r="N3" s="198"/>
       <c r="O3" s="198"/>
       <c r="P3" s="198"/>
       <c r="Q3" s="198"/>
       <c r="R3" s="198"/>
       <c r="S3" s="198"/>
     </row>
     <row r="4" spans="1:19" ht="21.9" customHeight="1">
       <c r="A4" s="195" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B4" s="199" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="199"/>
       <c r="D4" s="199"/>
       <c r="E4" s="199"/>
       <c r="F4" s="199"/>
       <c r="G4" s="199"/>
       <c r="H4" s="199"/>
       <c r="I4" s="202"/>
       <c r="J4" s="202"/>
       <c r="K4" s="202"/>
       <c r="L4" s="202"/>
       <c r="M4" s="202"/>
       <c r="N4" s="199" t="s">
         <v>65</v>
       </c>
       <c r="O4" s="199"/>
       <c r="P4" s="202"/>
       <c r="Q4" s="202"/>
       <c r="R4" s="202"/>
       <c r="S4" s="207"/>
     </row>
     <row r="5" spans="1:19" ht="21.9" customHeight="1">
@@ -5632,29 +5631,29 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>中村 葉子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="2" name="SavedVersions">
     <vt:vector size="1" baseType="lpwstr">
       <vt:lpwstr>3.1.3.0</vt:lpwstr>
     </vt:vector>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="3" name="LastSavedVersion">
     <vt:lpwstr>3.1.3.0</vt:lpwstr>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="4" name="LastSavedDate">
-    <vt:filetime>2024-07-24T07:34:31Z</vt:filetime>
+    <vt:filetime>2025-09-08T02:56:31Z</vt:filetime>
   </property>
 </Properties>
 </file>