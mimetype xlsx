--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -28,460 +28,460 @@
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19110" windowHeight="8760"/>
   </bookViews>
   <sheets>
     <sheet name="付表第二号（四）" sheetId="2" r:id="rId1"/>
     <sheet name="（参考）付表第二号（四）" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'付表第二号（四）'!$A$1:$V$117</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'（参考）付表第二号（四）'!$A$1:$V$68</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" count="94" uniqueCount="94">
   <si>
-    <t>生年月日</t>
+    <t>電話番号</t>
   </si>
   <si>
-    <t>電話番号</t>
+    <t>生年月日</t>
   </si>
   <si>
     <t>付表第二号（四）  認知症対応型通所介護事業所・介護予防認知症対応型通所介護事業所の指定等に係る記載事項（単独型・併設型）</t>
     <rPh sb="44" eb="45">
       <t>トウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>サービス提供単位１</t>
     <rPh sb="4" eb="6">
       <t>テイキョウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>事業の実施形態</t>
+    <rPh sb="0" eb="2">
+      <t>ジギョウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジッシ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ケイタイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>平日</t>
   </si>
   <si>
     <t>法人番号</t>
     <rPh sb="0" eb="2">
       <t>ホウジン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>事 業 所</t>
   </si>
   <si>
     <t>管 理 者</t>
-  </si>
-[...11 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>サービス提供単位３</t>
     <rPh sb="4" eb="6">
       <t>テイキョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>○設備に関する基準の確認に必要な事項</t>
     <rPh sb="1" eb="18">
       <t>セ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>サービス提供単位２</t>
     <rPh sb="4" eb="6">
       <t>テイキョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>食堂及び機能訓練室の合計面積</t>
   </si>
   <si>
     <t>添付書類</t>
   </si>
   <si>
+    <t>備考</t>
+    <rPh sb="0" eb="2">
+      <t>ビコウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
     <t>（認知症対応型通所介護事業所・介護予防認知症対応型通所介護事業所を事業所所在地以外の場所で一部実施する場合）</t>
     <rPh sb="51" eb="53">
       <t>バアイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>同一敷地内の他の事業所又は施設の
 従業者との兼務（兼務の場合のみ記入）</t>
   </si>
   <si>
-    <t>備考</t>
-[...5 lines deleted...]
-  <si>
     <t>サービス提供単位１</t>
   </si>
   <si>
     <t>サービス提供単位２</t>
   </si>
   <si>
-    <t>㎡</t>
+    <t>サービス提供単位３</t>
   </si>
   <si>
     <t>営業日（該当に〇）</t>
     <rPh sb="0" eb="2">
       <t>エイギョウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>サービス提供単位３</t>
+    <t>㎡</t>
   </si>
   <si>
     <t>フリガナ</t>
   </si>
   <si>
     <t>名　称</t>
   </si>
   <si>
     <t>所在地</t>
   </si>
   <si>
+    <t>連絡先</t>
+  </si>
+  <si>
     <t>曜日ごとに
 異なる場合
 記入</t>
-  </si>
-[...1 lines deleted...]
-    <t>連絡先</t>
   </si>
   <si>
     <t>氏  名</t>
   </si>
   <si>
     <t>当該認知症対応型通所介護事業所で
 兼務する他の職種（兼務の場合のみ記入）</t>
   </si>
   <si>
     <t>○人員に関する基準の確認に必要な事項</t>
   </si>
   <si>
     <t>従業者の職種・員数</t>
   </si>
   <si>
+    <t>○設備に関する基準の確認に必要な事項</t>
+  </si>
+  <si>
     <t>生活相談員</t>
   </si>
   <si>
-    <t>○設備に関する基準の確認に必要な事項</t>
+    <t>営業時間</t>
   </si>
   <si>
     <t>県</t>
     <rPh sb="0" eb="1">
       <t>ケン</t>
-    </rPh>
-[...8 lines deleted...]
-      <t>ミチ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t xml:space="preserve">（郵便番号 </t>
   </si>
   <si>
     <t>サービス提供時間</t>
     <rPh sb="4" eb="6">
       <t>テイキョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>火曜日</t>
+    <t>道</t>
+    <rPh sb="0" eb="1">
+      <t>ミチ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>利用定員</t>
     <rPh sb="0" eb="2">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>テイイン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>火曜日</t>
+  </si>
+  <si>
     <t xml:space="preserve">
 所在地</t>
-  </si>
-[...1 lines deleted...]
-    <t>－</t>
   </si>
   <si>
     <t xml:space="preserve">１　記入欄が不足する場合は、適宜欄を設けて記載するか又は次頁の記入欄不足時の書類を添付してください。
 ２　管理者の兼務については、添付資料にて確認可能な場合は記載を省略することが可能です。
 ３　機能訓練指導員については、生活相談員又は看護職員若しくは介護職員と兼務しない場合にのみ記載してください。
 ４　当該事業を事業所所在地以外の場所（いわゆる出張所）で一部実施する場合、下段の表に所在地等を記載してください。また、従業者に
 　ついては、上段の表に出張所に勤務する従業者も含めて記載してください。
 ５　サービス提供時間は、送迎時間を除きます。                    
 </t>
     <rPh sb="233" eb="236">
       <t>ジュウギョウシャ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>－</t>
+  </si>
+  <si>
+    <t>常  勤（人）</t>
+  </si>
+  <si>
     <t>専従</t>
     <rPh sb="0" eb="2">
       <t>センジュウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>常  勤（人）</t>
-[...1 lines deleted...]
-  <si>
     <t>非常勤（人）</t>
   </si>
   <si>
-    <t>看護職員</t>
+    <t>（郵便番号</t>
   </si>
   <si>
-    <t>（郵便番号</t>
+    <t>看護職員</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>土曜日</t>
     <rPh sb="0" eb="3">
       <t>ドヨウビ</t>
-    </rPh>
-[...5 lines deleted...]
-      <t>ト</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>日曜日・祝日</t>
     <rPh sb="0" eb="2">
       <t>ニチヨウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>シュクジツ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>都</t>
+    <rPh sb="0" eb="1">
+      <t>ト</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
     <t>別添のとおり</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  （郵便番号              </t>
   </si>
   <si>
     <t xml:space="preserve"> ）</t>
   </si>
   <si>
     <t>名称</t>
   </si>
   <si>
-    <t xml:space="preserve">  （郵便番号              </t>
+    <t>日曜日</t>
+    <rPh sb="0" eb="3">
+      <t>ニチヨウビ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>土曜日</t>
   </si>
   <si>
     <t>兼務する職種及び
 勤務時間等</t>
-  </si>
-[...5 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>その他（年末年始休日等）</t>
   </si>
   <si>
     <t>府</t>
     <rPh sb="0" eb="1">
       <t>フ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>兼務</t>
     <rPh sb="0" eb="2">
       <t>ケンム</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>月曜日</t>
     <rPh sb="0" eb="3">
       <t>ゲツヨウビ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>：</t>
   </si>
   <si>
     <t>（内線）</t>
     <rPh sb="1" eb="3">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>住所</t>
   </si>
   <si>
-    <t>サービス提供単位４</t>
-[...1 lines deleted...]
-  <si>
     <t>人</t>
     <rPh sb="0" eb="1">
       <t>ヒト</t>
     </rPh>
     <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>サービス提供単位４</t>
   </si>
   <si>
     <t>利用定員（同時利用）</t>
     <rPh sb="0" eb="2">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>テイイン</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ドウジ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>リヨウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>水曜日</t>
   </si>
   <si>
     <t>～</t>
   </si>
   <si>
     <t xml:space="preserve">  ）</t>
   </si>
   <si>
     <t>市</t>
     <rPh sb="0" eb="1">
       <t>シ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>町</t>
     <rPh sb="0" eb="1">
       <t>マチ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>FAX番号</t>
   </si>
   <si>
     <t>介護職員</t>
   </si>
   <si>
     <t>木曜日</t>
   </si>
   <si>
-    <t>人</t>
+    <t>区</t>
     <rPh sb="0" eb="1">
-      <t xml:space="preserve">ニン </t>
+      <t>ク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>区</t>
+    <t>人</t>
     <rPh sb="0" eb="1">
-      <t>ク</t>
+      <t xml:space="preserve">ニン </t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>村</t>
     <rPh sb="0" eb="1">
       <t>ムラ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>　</t>
+    <t>事業所番号</t>
   </si>
   <si>
-    <t>事業所番号</t>
+    <t>　</t>
   </si>
   <si>
     <t>金曜日</t>
   </si>
   <si>
     <t xml:space="preserve"> －</t>
   </si>
   <si>
     <t>機能訓練指導員</t>
   </si>
   <si>
     <t>）</t>
   </si>
   <si>
     <t>祝日</t>
     <rPh sb="0" eb="2">
       <t>シュクジツ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>（参考） 認知症対応型通所介護事業所・介護予防認知症対応型通所介護事業所の指定等に係る記載事項（単独型・併設型）記入欄不足時の資料</t>
@@ -516,53 +516,54 @@
     <rPh sb="1" eb="3">
       <t>フクスウ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>ジギョウショ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>マタ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>テイキョウ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>イコウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>サービス提供単位５</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+  <numFmts count="3">
+    <numFmt numFmtId="176" formatCode="0_ "/>
+    <numFmt numFmtId="178" formatCode="h:mm;@"/>
+    <numFmt numFmtId="177" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="34">
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="6"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1913,111 +1914,111 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="48" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="49" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="15" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="50" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="52" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="50" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="53" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="9" fillId="2" borderId="53" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="9" fillId="2" borderId="53" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="54" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="55" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="15" fillId="2" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="56" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="9" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="9" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="48" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2072,153 +2073,153 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="9" fillId="2" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="9" fillId="2" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="14" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="177" fontId="6" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="6" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="48" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="177" fontId="6" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="6" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="39" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="177" fontId="6" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="6" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="62" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="15" fillId="2" borderId="62" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="64" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="65" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="66" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="64" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="65" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
@@ -2570,87 +2571,87 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="2" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="26" fillId="2" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="177" fontId="26" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="26" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="31" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="2" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="177" fontId="26" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="26" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="26" fillId="2" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="177" fontId="26" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="26" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="73" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="71" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="71" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="71" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="71" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="26" fillId="2" borderId="71" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="72" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="75" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -3036,129 +3037,121 @@
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE124"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection sqref="A1:V1"/>
+      <selection activeCell="E2" sqref="E2:V2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="5" width="6.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="7.6640625" style="1" customWidth="1"/>
     <col min="7" max="30" width="6" style="1" customWidth="1"/>
     <col min="31" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="36" customHeight="1">
       <c r="A1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="1" t="s">
         <v>87</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="2" spans="1:30" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A2" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="28" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="C2" s="66"/>
       <c r="D2" s="66"/>
       <c r="E2" s="91"/>
       <c r="F2" s="103"/>
       <c r="G2" s="103"/>
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
       <c r="M2" s="103"/>
       <c r="N2" s="103"/>
       <c r="O2" s="103"/>
       <c r="P2" s="103"/>
       <c r="Q2" s="103"/>
       <c r="R2" s="103"/>
       <c r="S2" s="103"/>
       <c r="T2" s="103"/>
       <c r="U2" s="103"/>
       <c r="V2" s="178"/>
-      <c r="W2" s="2"/>
-[...6 lines deleted...]
-      <c r="AD2" s="2"/>
     </row>
     <row r="3" spans="1:30" ht="15" customHeight="1">
       <c r="A3" s="8"/>
       <c r="B3" s="29" t="s">
         <v>22</v>
       </c>
       <c r="C3" s="67"/>
       <c r="D3" s="80"/>
       <c r="E3" s="92"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
       <c r="M3" s="104"/>
       <c r="N3" s="104"/>
       <c r="O3" s="104"/>
       <c r="P3" s="104"/>
       <c r="Q3" s="104"/>
       <c r="R3" s="104"/>
       <c r="S3" s="104"/>
       <c r="T3" s="104"/>
       <c r="U3" s="104"/>
@@ -3176,130 +3169,130 @@
       <c r="G4" s="105"/>
       <c r="H4" s="105"/>
       <c r="I4" s="105"/>
       <c r="J4" s="105"/>
       <c r="K4" s="105"/>
       <c r="L4" s="105"/>
       <c r="M4" s="105"/>
       <c r="N4" s="105"/>
       <c r="O4" s="105"/>
       <c r="P4" s="105"/>
       <c r="Q4" s="105"/>
       <c r="R4" s="105"/>
       <c r="S4" s="105"/>
       <c r="T4" s="105"/>
       <c r="U4" s="105"/>
       <c r="V4" s="180"/>
     </row>
     <row r="5" spans="1:30" ht="15" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="31" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="34"/>
       <c r="D5" s="82"/>
       <c r="E5" s="38" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F5" s="34"/>
       <c r="G5" s="34"/>
       <c r="H5" s="130"/>
       <c r="I5" s="130"/>
       <c r="J5" s="142" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K5" s="130"/>
       <c r="L5" s="130"/>
       <c r="M5" s="142" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N5" s="34"/>
       <c r="O5" s="34"/>
       <c r="P5" s="34"/>
       <c r="Q5" s="34"/>
       <c r="R5" s="34"/>
       <c r="S5" s="34"/>
       <c r="T5" s="34"/>
       <c r="U5" s="34"/>
       <c r="V5" s="181"/>
       <c r="W5" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:30" ht="15" customHeight="1">
       <c r="A6" s="8"/>
       <c r="B6" s="32"/>
       <c r="C6" s="68"/>
       <c r="D6" s="83"/>
       <c r="E6" s="94"/>
       <c r="F6" s="106"/>
       <c r="G6" s="106"/>
       <c r="H6" s="131" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I6" s="106" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="J6" s="106"/>
       <c r="K6" s="106"/>
       <c r="L6" s="106"/>
       <c r="M6" s="106"/>
       <c r="N6" s="106"/>
       <c r="O6" s="131" t="s">
         <v>72</v>
       </c>
       <c r="P6" s="106" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Q6" s="106"/>
       <c r="R6" s="106"/>
       <c r="S6" s="106"/>
       <c r="T6" s="106"/>
       <c r="U6" s="106"/>
       <c r="V6" s="182"/>
       <c r="W6" s="204"/>
       <c r="X6" s="204"/>
       <c r="Y6" s="204"/>
       <c r="Z6" s="204"/>
       <c r="AA6" s="204"/>
       <c r="AB6" s="204"/>
       <c r="AC6" s="204"/>
       <c r="AD6" s="204"/>
     </row>
     <row r="7" spans="1:30" ht="15" customHeight="1">
       <c r="A7" s="8"/>
       <c r="B7" s="32"/>
       <c r="C7" s="68"/>
       <c r="D7" s="83"/>
       <c r="E7" s="94"/>
       <c r="F7" s="106"/>
       <c r="G7" s="106"/>
       <c r="H7" s="131" t="s">
         <v>60</v>
       </c>
       <c r="I7" s="106" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J7" s="106"/>
       <c r="K7" s="106"/>
       <c r="L7" s="106"/>
       <c r="M7" s="106"/>
       <c r="N7" s="106"/>
       <c r="O7" s="131" t="s">
         <v>73</v>
       </c>
       <c r="P7" s="106" t="s">
         <v>79</v>
       </c>
       <c r="Q7" s="106"/>
       <c r="R7" s="106"/>
       <c r="S7" s="106"/>
       <c r="T7" s="106"/>
       <c r="U7" s="106"/>
       <c r="V7" s="182"/>
       <c r="W7" s="204"/>
       <c r="X7" s="204"/>
       <c r="Y7" s="204"/>
       <c r="Z7" s="204"/>
       <c r="AA7" s="204"/>
       <c r="AB7" s="204"/>
       <c r="AC7" s="204"/>
@@ -3310,56 +3303,56 @@
       <c r="B8" s="33"/>
       <c r="C8" s="36"/>
       <c r="D8" s="84"/>
       <c r="E8" s="95"/>
       <c r="F8" s="107"/>
       <c r="G8" s="107"/>
       <c r="H8" s="107"/>
       <c r="I8" s="107"/>
       <c r="J8" s="107"/>
       <c r="K8" s="107"/>
       <c r="L8" s="107"/>
       <c r="M8" s="107"/>
       <c r="N8" s="107"/>
       <c r="O8" s="107"/>
       <c r="P8" s="107"/>
       <c r="Q8" s="107"/>
       <c r="R8" s="107"/>
       <c r="S8" s="107"/>
       <c r="T8" s="107"/>
       <c r="U8" s="107"/>
       <c r="V8" s="183"/>
     </row>
     <row r="9" spans="1:30" ht="15" customHeight="1">
       <c r="A9" s="8"/>
       <c r="B9" s="34" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C9" s="34"/>
       <c r="D9" s="34"/>
       <c r="E9" s="96" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F9" s="108"/>
       <c r="G9" s="123"/>
       <c r="H9" s="132"/>
       <c r="I9" s="132"/>
       <c r="J9" s="132"/>
       <c r="K9" s="147" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="147"/>
       <c r="M9" s="160"/>
       <c r="N9" s="165"/>
       <c r="O9" s="37" t="s">
         <v>74</v>
       </c>
       <c r="P9" s="30"/>
       <c r="Q9" s="123"/>
       <c r="R9" s="132"/>
       <c r="S9" s="132"/>
       <c r="T9" s="132"/>
       <c r="U9" s="132"/>
       <c r="V9" s="184"/>
     </row>
     <row r="10" spans="1:30" ht="15" customHeight="1">
       <c r="A10" s="9"/>
@@ -3367,146 +3360,146 @@
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="97" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="109"/>
       <c r="G10" s="123"/>
       <c r="H10" s="132"/>
       <c r="I10" s="132"/>
       <c r="J10" s="132"/>
       <c r="K10" s="132"/>
       <c r="L10" s="132"/>
       <c r="M10" s="132"/>
       <c r="N10" s="132"/>
       <c r="O10" s="132"/>
       <c r="P10" s="132"/>
       <c r="Q10" s="132"/>
       <c r="R10" s="132"/>
       <c r="S10" s="132"/>
       <c r="T10" s="132"/>
       <c r="U10" s="132"/>
       <c r="V10" s="184"/>
     </row>
     <row r="11" spans="1:30" ht="15" customHeight="1">
       <c r="A11" s="10" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="84"/>
       <c r="E11" s="37"/>
       <c r="F11" s="30"/>
       <c r="G11" s="30"/>
       <c r="H11" s="30"/>
       <c r="I11" s="30"/>
       <c r="J11" s="30"/>
       <c r="K11" s="34"/>
       <c r="L11" s="34"/>
       <c r="M11" s="34"/>
       <c r="N11" s="30"/>
       <c r="O11" s="30"/>
       <c r="P11" s="30"/>
       <c r="Q11" s="30"/>
       <c r="R11" s="30"/>
       <c r="S11" s="30"/>
       <c r="T11" s="30"/>
       <c r="U11" s="30"/>
       <c r="V11" s="185"/>
       <c r="Z11" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:30" ht="15" customHeight="1">
       <c r="A12" s="11" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B12" s="37" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="30"/>
       <c r="D12" s="85"/>
       <c r="E12" s="98"/>
       <c r="F12" s="110"/>
       <c r="G12" s="110"/>
       <c r="H12" s="110"/>
       <c r="I12" s="110"/>
       <c r="J12" s="143"/>
       <c r="K12" s="148" t="s">
         <v>65</v>
       </c>
       <c r="L12" s="155"/>
       <c r="M12" s="161"/>
       <c r="N12" s="166" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="O12" s="166"/>
       <c r="P12" s="130"/>
       <c r="Q12" s="130"/>
       <c r="R12" s="34" t="s">
         <v>83</v>
       </c>
       <c r="S12" s="130"/>
       <c r="T12" s="130"/>
       <c r="U12" s="34" t="s">
         <v>85</v>
       </c>
       <c r="V12" s="186"/>
       <c r="Z12" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:30" ht="15" customHeight="1">
       <c r="A13" s="11"/>
       <c r="B13" s="37" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="30"/>
       <c r="D13" s="85"/>
       <c r="E13" s="98"/>
       <c r="F13" s="110"/>
       <c r="G13" s="110"/>
       <c r="H13" s="110"/>
       <c r="I13" s="110"/>
       <c r="J13" s="143"/>
       <c r="K13" s="32"/>
       <c r="L13" s="17"/>
       <c r="M13" s="162"/>
       <c r="N13" s="128"/>
       <c r="O13" s="128"/>
       <c r="P13" s="128"/>
       <c r="Q13" s="128"/>
       <c r="R13" s="128"/>
       <c r="S13" s="128"/>
       <c r="T13" s="128"/>
       <c r="U13" s="128"/>
       <c r="V13" s="187"/>
     </row>
     <row r="14" spans="1:30" ht="15" customHeight="1">
       <c r="A14" s="11"/>
       <c r="B14" s="37" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C14" s="30"/>
       <c r="D14" s="85"/>
       <c r="E14" s="99"/>
       <c r="F14" s="111"/>
       <c r="G14" s="111"/>
       <c r="H14" s="111"/>
       <c r="I14" s="111"/>
       <c r="J14" s="144"/>
       <c r="K14" s="149"/>
       <c r="L14" s="156"/>
       <c r="M14" s="163"/>
       <c r="N14" s="107"/>
       <c r="O14" s="107"/>
       <c r="P14" s="107"/>
       <c r="Q14" s="107"/>
       <c r="R14" s="107"/>
       <c r="S14" s="107"/>
       <c r="T14" s="107"/>
       <c r="U14" s="107"/>
       <c r="V14" s="183"/>
     </row>
     <row r="15" spans="1:30" ht="30.9" customHeight="1">
       <c r="A15" s="11"/>
       <c r="B15" s="38" t="s">
@@ -3514,87 +3507,87 @@
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="34"/>
       <c r="E15" s="34"/>
       <c r="F15" s="34"/>
       <c r="G15" s="34"/>
       <c r="H15" s="34"/>
       <c r="I15" s="34"/>
       <c r="J15" s="34"/>
       <c r="K15" s="150"/>
       <c r="L15" s="157"/>
       <c r="M15" s="157"/>
       <c r="N15" s="157"/>
       <c r="O15" s="157"/>
       <c r="P15" s="157"/>
       <c r="Q15" s="157"/>
       <c r="R15" s="157"/>
       <c r="S15" s="157"/>
       <c r="T15" s="157"/>
       <c r="U15" s="157"/>
       <c r="V15" s="188"/>
     </row>
     <row r="16" spans="1:30" ht="15" customHeight="1">
       <c r="A16" s="11"/>
       <c r="B16" s="39" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C16" s="69"/>
       <c r="D16" s="69"/>
       <c r="E16" s="69"/>
       <c r="F16" s="69"/>
       <c r="G16" s="69"/>
       <c r="H16" s="133" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I16" s="133"/>
       <c r="J16" s="133"/>
       <c r="K16" s="151"/>
       <c r="L16" s="158"/>
       <c r="M16" s="158"/>
       <c r="N16" s="158"/>
       <c r="O16" s="158"/>
       <c r="P16" s="168"/>
       <c r="Q16" s="170" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R16" s="171"/>
       <c r="S16" s="173"/>
       <c r="T16" s="176"/>
       <c r="U16" s="176"/>
       <c r="V16" s="189"/>
     </row>
     <row r="17" spans="1:31" ht="15" customHeight="1">
       <c r="A17" s="11"/>
       <c r="B17" s="40"/>
       <c r="C17" s="70"/>
       <c r="D17" s="70"/>
       <c r="E17" s="70"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
       <c r="H17" s="134" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I17" s="134"/>
       <c r="J17" s="134"/>
       <c r="K17" s="151"/>
       <c r="L17" s="158"/>
       <c r="M17" s="158"/>
       <c r="N17" s="158"/>
       <c r="O17" s="158"/>
       <c r="P17" s="158"/>
       <c r="Q17" s="158"/>
       <c r="R17" s="158"/>
       <c r="S17" s="158"/>
       <c r="T17" s="158"/>
       <c r="U17" s="158"/>
       <c r="V17" s="190"/>
     </row>
     <row r="18" spans="1:31" ht="15" customHeight="1">
       <c r="A18" s="11"/>
       <c r="B18" s="40"/>
       <c r="C18" s="70"/>
       <c r="D18" s="70"/>
       <c r="E18" s="70"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
       <c r="H18" s="135"/>
@@ -3631,292 +3624,292 @@
       <c r="M19" s="41"/>
       <c r="N19" s="41"/>
       <c r="O19" s="41"/>
       <c r="P19" s="41"/>
       <c r="Q19" s="41"/>
       <c r="R19" s="41"/>
       <c r="S19" s="41"/>
       <c r="T19" s="41"/>
       <c r="U19" s="41"/>
       <c r="V19" s="191"/>
     </row>
     <row r="20" spans="1:31" ht="15" customHeight="1">
       <c r="A20" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="42"/>
       <c r="I20" s="141"/>
       <c r="J20" s="145"/>
       <c r="K20" s="152" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L20" s="159" t="s">
         <v>68</v>
       </c>
       <c r="M20" s="79"/>
       <c r="N20" s="79"/>
       <c r="O20" s="79"/>
       <c r="P20" s="79"/>
       <c r="Q20" s="79"/>
       <c r="R20" s="79"/>
       <c r="S20" s="174"/>
       <c r="T20" s="141"/>
       <c r="U20" s="145"/>
       <c r="V20" s="192" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:31" ht="15" customHeight="1">
       <c r="A21" s="14" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="43" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="43"/>
       <c r="D21" s="43"/>
       <c r="E21" s="43"/>
       <c r="F21" s="43"/>
       <c r="G21" s="43"/>
       <c r="H21" s="43"/>
       <c r="I21" s="43"/>
       <c r="J21" s="43"/>
       <c r="K21" s="43"/>
       <c r="L21" s="43"/>
       <c r="M21" s="43"/>
       <c r="N21" s="43"/>
       <c r="O21" s="43"/>
       <c r="P21" s="43"/>
       <c r="Q21" s="43"/>
       <c r="R21" s="43"/>
       <c r="S21" s="43"/>
       <c r="T21" s="43"/>
       <c r="U21" s="43"/>
       <c r="V21" s="193"/>
     </row>
     <row r="22" spans="1:31" ht="15" customHeight="1">
       <c r="A22" s="15"/>
       <c r="B22" s="44" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="112"/>
       <c r="G22" s="124" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H22" s="136"/>
       <c r="I22" s="136"/>
       <c r="J22" s="146"/>
       <c r="K22" s="73" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L22" s="86"/>
       <c r="M22" s="86"/>
       <c r="N22" s="114"/>
       <c r="O22" s="73" t="s">
         <v>75</v>
       </c>
       <c r="P22" s="86"/>
       <c r="Q22" s="86"/>
       <c r="R22" s="114"/>
       <c r="S22" s="73" t="s">
         <v>84</v>
       </c>
       <c r="T22" s="86"/>
       <c r="U22" s="86"/>
       <c r="V22" s="194"/>
     </row>
     <row r="23" spans="1:31" ht="15" customHeight="1">
       <c r="A23" s="15"/>
       <c r="B23" s="45"/>
       <c r="C23" s="72"/>
       <c r="D23" s="72"/>
       <c r="E23" s="72"/>
       <c r="F23" s="113"/>
       <c r="G23" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H23" s="114"/>
       <c r="I23" s="73" t="s">
         <v>61</v>
       </c>
       <c r="J23" s="114"/>
       <c r="K23" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L23" s="114"/>
       <c r="M23" s="73" t="s">
         <v>61</v>
       </c>
       <c r="N23" s="114"/>
       <c r="O23" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P23" s="114"/>
       <c r="Q23" s="73" t="s">
         <v>61</v>
       </c>
       <c r="R23" s="114"/>
       <c r="S23" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T23" s="114"/>
       <c r="U23" s="73" t="s">
         <v>61</v>
       </c>
       <c r="V23" s="194"/>
     </row>
     <row r="24" spans="1:31" ht="15" customHeight="1">
       <c r="A24" s="15"/>
       <c r="B24" s="46"/>
       <c r="C24" s="73" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D24" s="86"/>
       <c r="E24" s="86"/>
       <c r="F24" s="114"/>
       <c r="G24" s="73"/>
       <c r="H24" s="114"/>
       <c r="I24" s="73"/>
       <c r="J24" s="114"/>
       <c r="K24" s="73"/>
       <c r="L24" s="114"/>
       <c r="M24" s="73"/>
       <c r="N24" s="114"/>
       <c r="O24" s="73"/>
       <c r="P24" s="114"/>
       <c r="Q24" s="73"/>
       <c r="R24" s="114"/>
       <c r="S24" s="73"/>
       <c r="T24" s="114"/>
       <c r="U24" s="73"/>
       <c r="V24" s="194"/>
     </row>
     <row r="25" spans="1:31" ht="15" customHeight="1">
       <c r="A25" s="15"/>
       <c r="B25" s="47"/>
       <c r="C25" s="74" t="s">
         <v>45</v>
       </c>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="114"/>
       <c r="G25" s="73"/>
       <c r="H25" s="114"/>
       <c r="I25" s="73"/>
       <c r="J25" s="114"/>
       <c r="K25" s="73"/>
       <c r="L25" s="114"/>
       <c r="M25" s="73"/>
       <c r="N25" s="114"/>
       <c r="O25" s="73"/>
       <c r="P25" s="114"/>
       <c r="Q25" s="73"/>
       <c r="R25" s="114"/>
       <c r="S25" s="73"/>
       <c r="T25" s="114"/>
       <c r="U25" s="73"/>
       <c r="V25" s="194"/>
     </row>
     <row r="26" spans="1:31" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A26" s="15"/>
       <c r="B26" s="48" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C26" s="48"/>
       <c r="D26" s="48"/>
       <c r="E26" s="48"/>
       <c r="F26" s="48"/>
       <c r="G26" s="48"/>
       <c r="H26" s="48"/>
       <c r="I26" s="48"/>
       <c r="J26" s="48"/>
       <c r="K26" s="48"/>
       <c r="L26" s="48"/>
       <c r="M26" s="48"/>
       <c r="N26" s="48"/>
       <c r="O26" s="48"/>
       <c r="P26" s="48"/>
       <c r="Q26" s="48"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="48"/>
       <c r="U26" s="48"/>
       <c r="V26" s="195"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
       <c r="AD26" s="1"/>
       <c r="AE26" s="1"/>
     </row>
     <row r="27" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A27" s="15"/>
       <c r="B27" s="49" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="49"/>
       <c r="D27" s="49"/>
       <c r="E27" s="49"/>
       <c r="F27" s="115"/>
       <c r="G27" s="125" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H27" s="137"/>
       <c r="I27" s="126" t="s">
         <v>62</v>
       </c>
       <c r="J27" s="137"/>
       <c r="K27" s="126" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L27" s="137"/>
       <c r="M27" s="126" t="s">
         <v>69</v>
       </c>
       <c r="N27" s="137"/>
       <c r="O27" s="126" t="s">
         <v>76</v>
       </c>
       <c r="P27" s="137"/>
       <c r="Q27" s="126" t="s">
         <v>82</v>
       </c>
       <c r="R27" s="137"/>
       <c r="S27" s="126" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T27" s="137"/>
       <c r="U27" s="126" t="s">
         <v>86</v>
       </c>
       <c r="V27" s="196"/>
       <c r="W27" s="1"/>
       <c r="X27" s="1"/>
       <c r="Y27" s="1"/>
       <c r="Z27" s="1"/>
       <c r="AA27" s="1"/>
       <c r="AB27" s="1"/>
       <c r="AC27" s="1"/>
       <c r="AD27" s="1"/>
       <c r="AE27" s="1"/>
     </row>
     <row r="28" spans="1:31" s="3" customFormat="1" ht="15.6" customHeight="1">
       <c r="A28" s="15"/>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="50"/>
       <c r="F28" s="116"/>
       <c r="G28" s="126"/>
       <c r="H28" s="137"/>
@@ -3960,97 +3953,97 @@
       <c r="K29" s="125"/>
       <c r="L29" s="137"/>
       <c r="M29" s="164"/>
       <c r="N29" s="167"/>
       <c r="O29" s="167"/>
       <c r="P29" s="167"/>
       <c r="Q29" s="167"/>
       <c r="R29" s="167"/>
       <c r="S29" s="167"/>
       <c r="T29" s="167"/>
       <c r="U29" s="167"/>
       <c r="V29" s="197"/>
       <c r="W29" s="1"/>
       <c r="X29" s="1"/>
       <c r="Y29" s="1"/>
       <c r="Z29" s="1"/>
       <c r="AA29" s="1"/>
       <c r="AB29" s="1"/>
       <c r="AC29" s="1"/>
       <c r="AD29" s="1"/>
       <c r="AE29" s="1"/>
     </row>
     <row r="30" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A30" s="15"/>
       <c r="B30" s="52" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="118"/>
       <c r="G30" s="100"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J30" s="75"/>
       <c r="K30" s="153"/>
       <c r="L30" s="153"/>
       <c r="M30" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N30" s="75"/>
       <c r="O30" s="75"/>
       <c r="P30" s="75"/>
       <c r="Q30" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R30" s="75"/>
       <c r="S30" s="175"/>
       <c r="T30" s="175"/>
       <c r="U30" s="175"/>
       <c r="V30" s="198"/>
       <c r="W30" s="1"/>
       <c r="X30" s="1"/>
       <c r="Y30" s="1"/>
       <c r="Z30" s="1"/>
       <c r="AA30" s="1"/>
       <c r="AB30" s="1"/>
       <c r="AC30" s="1"/>
       <c r="AD30" s="1"/>
       <c r="AE30" s="1"/>
     </row>
     <row r="31" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A31" s="15"/>
       <c r="B31" s="53"/>
       <c r="C31" s="76" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D31" s="87"/>
       <c r="E31" s="100" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F31" s="118"/>
       <c r="G31" s="100"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J31" s="75"/>
       <c r="K31" s="153"/>
       <c r="L31" s="153"/>
       <c r="M31" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N31" s="75"/>
       <c r="O31" s="75"/>
       <c r="P31" s="75"/>
       <c r="Q31" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R31" s="75"/>
       <c r="S31" s="175"/>
       <c r="T31" s="175"/>
       <c r="U31" s="175"/>
       <c r="V31" s="198"/>
       <c r="W31" s="1"/>
@@ -4088,141 +4081,141 @@
       <c r="P32" s="75"/>
       <c r="Q32" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R32" s="75"/>
       <c r="S32" s="175"/>
       <c r="T32" s="175"/>
       <c r="U32" s="175"/>
       <c r="V32" s="198"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
       <c r="AC32" s="1"/>
       <c r="AD32" s="1"/>
       <c r="AE32" s="1"/>
     </row>
     <row r="33" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A33" s="15"/>
       <c r="B33" s="55"/>
       <c r="C33" s="78"/>
       <c r="D33" s="89"/>
       <c r="E33" s="100" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F33" s="118"/>
       <c r="G33" s="100"/>
       <c r="H33" s="75"/>
       <c r="I33" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J33" s="75"/>
       <c r="K33" s="153"/>
       <c r="L33" s="153"/>
       <c r="M33" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N33" s="75"/>
       <c r="O33" s="75"/>
       <c r="P33" s="75"/>
       <c r="Q33" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R33" s="75"/>
       <c r="S33" s="175"/>
       <c r="T33" s="175"/>
       <c r="U33" s="175"/>
       <c r="V33" s="198"/>
       <c r="W33" s="1"/>
       <c r="X33" s="1"/>
       <c r="Y33" s="1"/>
       <c r="Z33" s="1"/>
       <c r="AA33" s="1"/>
       <c r="AB33" s="1"/>
       <c r="AC33" s="1"/>
       <c r="AD33" s="1"/>
       <c r="AE33" s="1"/>
     </row>
     <row r="34" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A34" s="15"/>
       <c r="B34" s="56" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C34" s="56"/>
       <c r="D34" s="56"/>
       <c r="E34" s="56"/>
       <c r="F34" s="87"/>
       <c r="G34" s="100"/>
       <c r="H34" s="75"/>
       <c r="I34" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J34" s="75"/>
       <c r="K34" s="153"/>
       <c r="L34" s="153"/>
       <c r="M34" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N34" s="75"/>
       <c r="O34" s="75"/>
       <c r="P34" s="75"/>
       <c r="Q34" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R34" s="75"/>
       <c r="S34" s="175"/>
       <c r="T34" s="175"/>
       <c r="U34" s="175"/>
       <c r="V34" s="198"/>
       <c r="W34" s="1"/>
       <c r="X34" s="1"/>
       <c r="Y34" s="1"/>
       <c r="Z34" s="1"/>
       <c r="AA34" s="1"/>
       <c r="AB34" s="1"/>
       <c r="AC34" s="1"/>
       <c r="AD34" s="1"/>
       <c r="AE34" s="1"/>
     </row>
     <row r="35" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A35" s="15"/>
       <c r="B35" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C35" s="79"/>
       <c r="D35" s="79"/>
       <c r="E35" s="79"/>
       <c r="F35" s="119"/>
       <c r="G35" s="127"/>
       <c r="H35" s="138"/>
       <c r="I35" s="138"/>
       <c r="J35" s="138"/>
       <c r="K35" s="154" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L35" s="154"/>
       <c r="M35" s="79"/>
       <c r="N35" s="79"/>
       <c r="O35" s="79"/>
       <c r="P35" s="169"/>
       <c r="Q35" s="169"/>
       <c r="R35" s="172"/>
       <c r="S35" s="172"/>
       <c r="T35" s="177"/>
       <c r="U35" s="172"/>
       <c r="V35" s="199"/>
       <c r="W35" s="1"/>
       <c r="X35" s="1"/>
       <c r="Y35" s="1"/>
       <c r="Z35" s="1"/>
       <c r="AA35" s="1"/>
       <c r="AB35" s="1"/>
       <c r="AC35" s="1"/>
       <c r="AD35" s="1"/>
       <c r="AE35" s="1"/>
     </row>
     <row r="36" spans="1:31" ht="15" customHeight="1">
       <c r="A36" s="14" t="s">
         <v>11</v>
@@ -4239,236 +4232,236 @@
       <c r="I36" s="43"/>
       <c r="J36" s="43"/>
       <c r="K36" s="43"/>
       <c r="L36" s="43"/>
       <c r="M36" s="43"/>
       <c r="N36" s="43"/>
       <c r="O36" s="43"/>
       <c r="P36" s="43"/>
       <c r="Q36" s="43"/>
       <c r="R36" s="43"/>
       <c r="S36" s="43"/>
       <c r="T36" s="43"/>
       <c r="U36" s="43"/>
       <c r="V36" s="193"/>
     </row>
     <row r="37" spans="1:31" ht="15" customHeight="1">
       <c r="A37" s="15"/>
       <c r="B37" s="44" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="71"/>
       <c r="D37" s="71"/>
       <c r="E37" s="71"/>
       <c r="F37" s="112"/>
       <c r="G37" s="124" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H37" s="136"/>
       <c r="I37" s="136"/>
       <c r="J37" s="146"/>
       <c r="K37" s="73" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L37" s="86"/>
       <c r="M37" s="86"/>
       <c r="N37" s="114"/>
       <c r="O37" s="73" t="s">
         <v>75</v>
       </c>
       <c r="P37" s="86"/>
       <c r="Q37" s="86"/>
       <c r="R37" s="114"/>
       <c r="S37" s="73" t="s">
         <v>84</v>
       </c>
       <c r="T37" s="86"/>
       <c r="U37" s="86"/>
       <c r="V37" s="194"/>
     </row>
     <row r="38" spans="1:31" ht="15" customHeight="1">
       <c r="A38" s="15"/>
       <c r="B38" s="45"/>
       <c r="C38" s="72"/>
       <c r="D38" s="72"/>
       <c r="E38" s="72"/>
       <c r="F38" s="113"/>
       <c r="G38" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H38" s="114"/>
       <c r="I38" s="73" t="s">
         <v>61</v>
       </c>
       <c r="J38" s="114"/>
       <c r="K38" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L38" s="114"/>
       <c r="M38" s="73" t="s">
         <v>61</v>
       </c>
       <c r="N38" s="114"/>
       <c r="O38" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P38" s="114"/>
       <c r="Q38" s="73" t="s">
         <v>61</v>
       </c>
       <c r="R38" s="114"/>
       <c r="S38" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T38" s="114"/>
       <c r="U38" s="73" t="s">
         <v>61</v>
       </c>
       <c r="V38" s="194"/>
     </row>
     <row r="39" spans="1:31" ht="15" customHeight="1">
       <c r="A39" s="15"/>
       <c r="B39" s="46"/>
       <c r="C39" s="73" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D39" s="86"/>
       <c r="E39" s="86"/>
       <c r="F39" s="114"/>
       <c r="G39" s="73"/>
       <c r="H39" s="114"/>
       <c r="I39" s="73"/>
       <c r="J39" s="114"/>
       <c r="K39" s="73"/>
       <c r="L39" s="114"/>
       <c r="M39" s="73"/>
       <c r="N39" s="114"/>
       <c r="O39" s="73"/>
       <c r="P39" s="114"/>
       <c r="Q39" s="73"/>
       <c r="R39" s="114"/>
       <c r="S39" s="73"/>
       <c r="T39" s="114"/>
       <c r="U39" s="73"/>
       <c r="V39" s="194"/>
     </row>
     <row r="40" spans="1:31" ht="15" customHeight="1">
       <c r="A40" s="15"/>
       <c r="B40" s="47"/>
       <c r="C40" s="74" t="s">
         <v>45</v>
       </c>
       <c r="D40" s="86"/>
       <c r="E40" s="86"/>
       <c r="F40" s="114"/>
       <c r="G40" s="73"/>
       <c r="H40" s="114"/>
       <c r="I40" s="73"/>
       <c r="J40" s="114"/>
       <c r="K40" s="73"/>
       <c r="L40" s="114"/>
       <c r="M40" s="73"/>
       <c r="N40" s="114"/>
       <c r="O40" s="73"/>
       <c r="P40" s="114"/>
       <c r="Q40" s="73"/>
       <c r="R40" s="114"/>
       <c r="S40" s="73"/>
       <c r="T40" s="114"/>
       <c r="U40" s="73"/>
       <c r="V40" s="194"/>
     </row>
     <row r="41" spans="1:31" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A41" s="15"/>
       <c r="B41" s="48" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C41" s="48"/>
       <c r="D41" s="48"/>
       <c r="E41" s="48"/>
       <c r="F41" s="48"/>
       <c r="G41" s="48"/>
       <c r="H41" s="48"/>
       <c r="I41" s="48"/>
       <c r="J41" s="48"/>
       <c r="K41" s="48"/>
       <c r="L41" s="48"/>
       <c r="M41" s="48"/>
       <c r="N41" s="48"/>
       <c r="O41" s="48"/>
       <c r="P41" s="48"/>
       <c r="Q41" s="48"/>
       <c r="R41" s="48"/>
       <c r="S41" s="48"/>
       <c r="T41" s="48"/>
       <c r="U41" s="48"/>
       <c r="V41" s="195"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
       <c r="Z41" s="1"/>
       <c r="AA41" s="1"/>
       <c r="AB41" s="1"/>
       <c r="AC41" s="1"/>
       <c r="AD41" s="1"/>
       <c r="AE41" s="1"/>
     </row>
     <row r="42" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A42" s="15"/>
       <c r="B42" s="49" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="49"/>
       <c r="D42" s="49"/>
       <c r="E42" s="49"/>
       <c r="F42" s="115"/>
       <c r="G42" s="125" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H42" s="137"/>
       <c r="I42" s="126" t="s">
         <v>62</v>
       </c>
       <c r="J42" s="137"/>
       <c r="K42" s="126" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L42" s="137"/>
       <c r="M42" s="126" t="s">
         <v>69</v>
       </c>
       <c r="N42" s="137"/>
       <c r="O42" s="126" t="s">
         <v>76</v>
       </c>
       <c r="P42" s="137"/>
       <c r="Q42" s="126" t="s">
         <v>82</v>
       </c>
       <c r="R42" s="137"/>
       <c r="S42" s="126" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T42" s="137"/>
       <c r="U42" s="126" t="s">
         <v>86</v>
       </c>
       <c r="V42" s="196"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="1"/>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
     </row>
     <row r="43" spans="1:31" s="3" customFormat="1" ht="15.6" customHeight="1">
       <c r="A43" s="15"/>
       <c r="B43" s="50"/>
       <c r="C43" s="50"/>
       <c r="D43" s="50"/>
       <c r="E43" s="50"/>
       <c r="F43" s="116"/>
       <c r="G43" s="126"/>
       <c r="H43" s="137"/>
@@ -4512,97 +4505,97 @@
       <c r="K44" s="125"/>
       <c r="L44" s="137"/>
       <c r="M44" s="164"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="167"/>
       <c r="Q44" s="167"/>
       <c r="R44" s="167"/>
       <c r="S44" s="167"/>
       <c r="T44" s="167"/>
       <c r="U44" s="167"/>
       <c r="V44" s="197"/>
       <c r="W44" s="1"/>
       <c r="X44" s="1"/>
       <c r="Y44" s="1"/>
       <c r="Z44" s="1"/>
       <c r="AA44" s="1"/>
       <c r="AB44" s="1"/>
       <c r="AC44" s="1"/>
       <c r="AD44" s="1"/>
       <c r="AE44" s="1"/>
     </row>
     <row r="45" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A45" s="15"/>
       <c r="B45" s="52" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C45" s="75"/>
       <c r="D45" s="75"/>
       <c r="E45" s="75"/>
       <c r="F45" s="118"/>
       <c r="G45" s="100"/>
       <c r="H45" s="75"/>
       <c r="I45" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J45" s="75"/>
       <c r="K45" s="153"/>
       <c r="L45" s="153"/>
       <c r="M45" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N45" s="75"/>
       <c r="O45" s="75"/>
       <c r="P45" s="75"/>
       <c r="Q45" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R45" s="75"/>
       <c r="S45" s="175"/>
       <c r="T45" s="175"/>
       <c r="U45" s="175"/>
       <c r="V45" s="198"/>
       <c r="W45" s="1"/>
       <c r="X45" s="1"/>
       <c r="Y45" s="1"/>
       <c r="Z45" s="1"/>
       <c r="AA45" s="1"/>
       <c r="AB45" s="1"/>
       <c r="AC45" s="1"/>
       <c r="AD45" s="1"/>
       <c r="AE45" s="1"/>
     </row>
     <row r="46" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A46" s="15"/>
       <c r="B46" s="53"/>
       <c r="C46" s="76" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D46" s="87"/>
       <c r="E46" s="100" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F46" s="118"/>
       <c r="G46" s="100"/>
       <c r="H46" s="75"/>
       <c r="I46" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J46" s="75"/>
       <c r="K46" s="153"/>
       <c r="L46" s="153"/>
       <c r="M46" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N46" s="75"/>
       <c r="O46" s="75"/>
       <c r="P46" s="75"/>
       <c r="Q46" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R46" s="75"/>
       <c r="S46" s="175"/>
       <c r="T46" s="175"/>
       <c r="U46" s="175"/>
       <c r="V46" s="198"/>
       <c r="W46" s="1"/>
@@ -4640,141 +4633,141 @@
       <c r="P47" s="75"/>
       <c r="Q47" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R47" s="75"/>
       <c r="S47" s="175"/>
       <c r="T47" s="175"/>
       <c r="U47" s="175"/>
       <c r="V47" s="198"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
       <c r="Z47" s="1"/>
       <c r="AA47" s="1"/>
       <c r="AB47" s="1"/>
       <c r="AC47" s="1"/>
       <c r="AD47" s="1"/>
       <c r="AE47" s="1"/>
     </row>
     <row r="48" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A48" s="15"/>
       <c r="B48" s="55"/>
       <c r="C48" s="78"/>
       <c r="D48" s="89"/>
       <c r="E48" s="100" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F48" s="118"/>
       <c r="G48" s="100"/>
       <c r="H48" s="75"/>
       <c r="I48" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J48" s="75"/>
       <c r="K48" s="153"/>
       <c r="L48" s="153"/>
       <c r="M48" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N48" s="75"/>
       <c r="O48" s="75"/>
       <c r="P48" s="75"/>
       <c r="Q48" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R48" s="75"/>
       <c r="S48" s="175"/>
       <c r="T48" s="175"/>
       <c r="U48" s="175"/>
       <c r="V48" s="198"/>
       <c r="W48" s="1"/>
       <c r="X48" s="1"/>
       <c r="Y48" s="1"/>
       <c r="Z48" s="1"/>
       <c r="AA48" s="1"/>
       <c r="AB48" s="1"/>
       <c r="AC48" s="1"/>
       <c r="AD48" s="1"/>
       <c r="AE48" s="1"/>
     </row>
     <row r="49" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A49" s="15"/>
       <c r="B49" s="56" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C49" s="56"/>
       <c r="D49" s="56"/>
       <c r="E49" s="56"/>
       <c r="F49" s="87"/>
       <c r="G49" s="100"/>
       <c r="H49" s="75"/>
       <c r="I49" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J49" s="75"/>
       <c r="K49" s="153"/>
       <c r="L49" s="153"/>
       <c r="M49" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N49" s="75"/>
       <c r="O49" s="75"/>
       <c r="P49" s="75"/>
       <c r="Q49" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R49" s="75"/>
       <c r="S49" s="175"/>
       <c r="T49" s="175"/>
       <c r="U49" s="175"/>
       <c r="V49" s="198"/>
       <c r="W49" s="1"/>
       <c r="X49" s="1"/>
       <c r="Y49" s="1"/>
       <c r="Z49" s="1"/>
       <c r="AA49" s="1"/>
       <c r="AB49" s="1"/>
       <c r="AC49" s="1"/>
       <c r="AD49" s="1"/>
       <c r="AE49" s="1"/>
     </row>
     <row r="50" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A50" s="15"/>
       <c r="B50" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C50" s="79"/>
       <c r="D50" s="79"/>
       <c r="E50" s="79"/>
       <c r="F50" s="119"/>
       <c r="G50" s="127"/>
       <c r="H50" s="138"/>
       <c r="I50" s="138"/>
       <c r="J50" s="138"/>
       <c r="K50" s="154" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L50" s="154"/>
       <c r="M50" s="79"/>
       <c r="N50" s="79"/>
       <c r="O50" s="79"/>
       <c r="P50" s="169"/>
       <c r="Q50" s="169"/>
       <c r="R50" s="172"/>
       <c r="S50" s="172"/>
       <c r="T50" s="177"/>
       <c r="U50" s="172"/>
       <c r="V50" s="199"/>
       <c r="W50" s="1"/>
       <c r="X50" s="1"/>
       <c r="Y50" s="1"/>
       <c r="Z50" s="1"/>
       <c r="AA50" s="1"/>
       <c r="AB50" s="1"/>
       <c r="AC50" s="1"/>
       <c r="AD50" s="1"/>
       <c r="AE50" s="1"/>
     </row>
     <row r="51" spans="1:31" ht="15" customHeight="1">
       <c r="A51" s="14" t="s">
         <v>9</v>
@@ -4791,236 +4784,236 @@
       <c r="I51" s="43"/>
       <c r="J51" s="43"/>
       <c r="K51" s="43"/>
       <c r="L51" s="43"/>
       <c r="M51" s="43"/>
       <c r="N51" s="43"/>
       <c r="O51" s="43"/>
       <c r="P51" s="43"/>
       <c r="Q51" s="43"/>
       <c r="R51" s="43"/>
       <c r="S51" s="43"/>
       <c r="T51" s="43"/>
       <c r="U51" s="43"/>
       <c r="V51" s="193"/>
     </row>
     <row r="52" spans="1:31" ht="15" customHeight="1">
       <c r="A52" s="15"/>
       <c r="B52" s="44" t="s">
         <v>30</v>
       </c>
       <c r="C52" s="71"/>
       <c r="D52" s="71"/>
       <c r="E52" s="71"/>
       <c r="F52" s="112"/>
       <c r="G52" s="124" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H52" s="136"/>
       <c r="I52" s="136"/>
       <c r="J52" s="146"/>
       <c r="K52" s="73" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L52" s="86"/>
       <c r="M52" s="86"/>
       <c r="N52" s="114"/>
       <c r="O52" s="73" t="s">
         <v>75</v>
       </c>
       <c r="P52" s="86"/>
       <c r="Q52" s="86"/>
       <c r="R52" s="114"/>
       <c r="S52" s="73" t="s">
         <v>84</v>
       </c>
       <c r="T52" s="86"/>
       <c r="U52" s="86"/>
       <c r="V52" s="194"/>
     </row>
     <row r="53" spans="1:31" ht="15" customHeight="1">
       <c r="A53" s="15"/>
       <c r="B53" s="45"/>
       <c r="C53" s="72"/>
       <c r="D53" s="72"/>
       <c r="E53" s="72"/>
       <c r="F53" s="113"/>
       <c r="G53" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H53" s="114"/>
       <c r="I53" s="73" t="s">
         <v>61</v>
       </c>
       <c r="J53" s="114"/>
       <c r="K53" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L53" s="114"/>
       <c r="M53" s="73" t="s">
         <v>61</v>
       </c>
       <c r="N53" s="114"/>
       <c r="O53" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P53" s="114"/>
       <c r="Q53" s="73" t="s">
         <v>61</v>
       </c>
       <c r="R53" s="114"/>
       <c r="S53" s="73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T53" s="114"/>
       <c r="U53" s="73" t="s">
         <v>61</v>
       </c>
       <c r="V53" s="194"/>
     </row>
     <row r="54" spans="1:31" ht="15" customHeight="1">
       <c r="A54" s="15"/>
       <c r="B54" s="46"/>
       <c r="C54" s="73" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D54" s="86"/>
       <c r="E54" s="86"/>
       <c r="F54" s="114"/>
       <c r="G54" s="73"/>
       <c r="H54" s="114"/>
       <c r="I54" s="73"/>
       <c r="J54" s="114"/>
       <c r="K54" s="73"/>
       <c r="L54" s="114"/>
       <c r="M54" s="73"/>
       <c r="N54" s="114"/>
       <c r="O54" s="73"/>
       <c r="P54" s="114"/>
       <c r="Q54" s="73"/>
       <c r="R54" s="114"/>
       <c r="S54" s="73"/>
       <c r="T54" s="114"/>
       <c r="U54" s="73"/>
       <c r="V54" s="194"/>
     </row>
     <row r="55" spans="1:31" ht="15" customHeight="1">
       <c r="A55" s="15"/>
       <c r="B55" s="47"/>
       <c r="C55" s="74" t="s">
         <v>45</v>
       </c>
       <c r="D55" s="86"/>
       <c r="E55" s="86"/>
       <c r="F55" s="114"/>
       <c r="G55" s="73"/>
       <c r="H55" s="114"/>
       <c r="I55" s="73"/>
       <c r="J55" s="114"/>
       <c r="K55" s="73"/>
       <c r="L55" s="114"/>
       <c r="M55" s="73"/>
       <c r="N55" s="114"/>
       <c r="O55" s="73"/>
       <c r="P55" s="114"/>
       <c r="Q55" s="73"/>
       <c r="R55" s="114"/>
       <c r="S55" s="73"/>
       <c r="T55" s="114"/>
       <c r="U55" s="73"/>
       <c r="V55" s="194"/>
     </row>
     <row r="56" spans="1:31" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A56" s="15"/>
       <c r="B56" s="48" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C56" s="48"/>
       <c r="D56" s="48"/>
       <c r="E56" s="48"/>
       <c r="F56" s="48"/>
       <c r="G56" s="48"/>
       <c r="H56" s="48"/>
       <c r="I56" s="48"/>
       <c r="J56" s="48"/>
       <c r="K56" s="48"/>
       <c r="L56" s="48"/>
       <c r="M56" s="48"/>
       <c r="N56" s="48"/>
       <c r="O56" s="48"/>
       <c r="P56" s="48"/>
       <c r="Q56" s="48"/>
       <c r="R56" s="48"/>
       <c r="S56" s="48"/>
       <c r="T56" s="48"/>
       <c r="U56" s="48"/>
       <c r="V56" s="195"/>
       <c r="W56" s="1"/>
       <c r="X56" s="1"/>
       <c r="Y56" s="1"/>
       <c r="Z56" s="1"/>
       <c r="AA56" s="1"/>
       <c r="AB56" s="1"/>
       <c r="AC56" s="1"/>
       <c r="AD56" s="1"/>
       <c r="AE56" s="1"/>
     </row>
     <row r="57" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A57" s="15"/>
       <c r="B57" s="49" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="49"/>
       <c r="D57" s="49"/>
       <c r="E57" s="49"/>
       <c r="F57" s="115"/>
       <c r="G57" s="125" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H57" s="137"/>
       <c r="I57" s="126" t="s">
         <v>62</v>
       </c>
       <c r="J57" s="137"/>
       <c r="K57" s="126" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L57" s="137"/>
       <c r="M57" s="126" t="s">
         <v>69</v>
       </c>
       <c r="N57" s="137"/>
       <c r="O57" s="126" t="s">
         <v>76</v>
       </c>
       <c r="P57" s="137"/>
       <c r="Q57" s="126" t="s">
         <v>82</v>
       </c>
       <c r="R57" s="137"/>
       <c r="S57" s="126" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T57" s="137"/>
       <c r="U57" s="126" t="s">
         <v>86</v>
       </c>
       <c r="V57" s="196"/>
       <c r="W57" s="1"/>
       <c r="X57" s="1"/>
       <c r="Y57" s="1"/>
       <c r="Z57" s="1"/>
       <c r="AA57" s="1"/>
       <c r="AB57" s="1"/>
       <c r="AC57" s="1"/>
       <c r="AD57" s="1"/>
       <c r="AE57" s="1"/>
     </row>
     <row r="58" spans="1:31" s="3" customFormat="1" ht="15.6" customHeight="1">
       <c r="A58" s="15"/>
       <c r="B58" s="50"/>
       <c r="C58" s="50"/>
       <c r="D58" s="50"/>
       <c r="E58" s="50"/>
       <c r="F58" s="116"/>
       <c r="G58" s="126"/>
       <c r="H58" s="137"/>
@@ -5064,97 +5057,97 @@
       <c r="K59" s="125"/>
       <c r="L59" s="137"/>
       <c r="M59" s="164"/>
       <c r="N59" s="167"/>
       <c r="O59" s="167"/>
       <c r="P59" s="167"/>
       <c r="Q59" s="167"/>
       <c r="R59" s="167"/>
       <c r="S59" s="167"/>
       <c r="T59" s="167"/>
       <c r="U59" s="167"/>
       <c r="V59" s="197"/>
       <c r="W59" s="1"/>
       <c r="X59" s="1"/>
       <c r="Y59" s="1"/>
       <c r="Z59" s="1"/>
       <c r="AA59" s="1"/>
       <c r="AB59" s="1"/>
       <c r="AC59" s="1"/>
       <c r="AD59" s="1"/>
       <c r="AE59" s="1"/>
     </row>
     <row r="60" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A60" s="15"/>
       <c r="B60" s="52" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C60" s="75"/>
       <c r="D60" s="75"/>
       <c r="E60" s="75"/>
       <c r="F60" s="118"/>
       <c r="G60" s="100"/>
       <c r="H60" s="75"/>
       <c r="I60" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J60" s="75"/>
       <c r="K60" s="153"/>
       <c r="L60" s="153"/>
       <c r="M60" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N60" s="75"/>
       <c r="O60" s="75"/>
       <c r="P60" s="75"/>
       <c r="Q60" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R60" s="75"/>
       <c r="S60" s="175"/>
       <c r="T60" s="175"/>
       <c r="U60" s="175"/>
       <c r="V60" s="198"/>
       <c r="W60" s="1"/>
       <c r="X60" s="1"/>
       <c r="Y60" s="1"/>
       <c r="Z60" s="1"/>
       <c r="AA60" s="1"/>
       <c r="AB60" s="1"/>
       <c r="AC60" s="1"/>
       <c r="AD60" s="1"/>
       <c r="AE60" s="1"/>
     </row>
     <row r="61" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A61" s="15"/>
       <c r="B61" s="53"/>
       <c r="C61" s="76" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D61" s="87"/>
       <c r="E61" s="100" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F61" s="118"/>
       <c r="G61" s="100"/>
       <c r="H61" s="75"/>
       <c r="I61" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J61" s="75"/>
       <c r="K61" s="153"/>
       <c r="L61" s="153"/>
       <c r="M61" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N61" s="75"/>
       <c r="O61" s="75"/>
       <c r="P61" s="75"/>
       <c r="Q61" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R61" s="75"/>
       <c r="S61" s="175"/>
       <c r="T61" s="175"/>
       <c r="U61" s="175"/>
       <c r="V61" s="198"/>
       <c r="W61" s="1" t="s">
@@ -5194,141 +5187,141 @@
       <c r="P62" s="75"/>
       <c r="Q62" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R62" s="75"/>
       <c r="S62" s="175"/>
       <c r="T62" s="175"/>
       <c r="U62" s="175"/>
       <c r="V62" s="198"/>
       <c r="W62" s="1"/>
       <c r="X62" s="1"/>
       <c r="Y62" s="1"/>
       <c r="Z62" s="1"/>
       <c r="AA62" s="1"/>
       <c r="AB62" s="1"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
     </row>
     <row r="63" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A63" s="15"/>
       <c r="B63" s="55"/>
       <c r="C63" s="78"/>
       <c r="D63" s="89"/>
       <c r="E63" s="100" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F63" s="118"/>
       <c r="G63" s="100"/>
       <c r="H63" s="75"/>
       <c r="I63" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J63" s="75"/>
       <c r="K63" s="153"/>
       <c r="L63" s="153"/>
       <c r="M63" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N63" s="75"/>
       <c r="O63" s="75"/>
       <c r="P63" s="75"/>
       <c r="Q63" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R63" s="75"/>
       <c r="S63" s="175"/>
       <c r="T63" s="175"/>
       <c r="U63" s="175"/>
       <c r="V63" s="198"/>
       <c r="W63" s="1"/>
       <c r="X63" s="1"/>
       <c r="Y63" s="1"/>
       <c r="Z63" s="1"/>
       <c r="AA63" s="1"/>
       <c r="AB63" s="1"/>
       <c r="AC63" s="1"/>
       <c r="AD63" s="1"/>
       <c r="AE63" s="1"/>
     </row>
     <row r="64" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A64" s="15"/>
       <c r="B64" s="56" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C64" s="56"/>
       <c r="D64" s="56"/>
       <c r="E64" s="56"/>
       <c r="F64" s="87"/>
       <c r="G64" s="100"/>
       <c r="H64" s="75"/>
       <c r="I64" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J64" s="75"/>
       <c r="K64" s="153"/>
       <c r="L64" s="153"/>
       <c r="M64" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N64" s="75"/>
       <c r="O64" s="75"/>
       <c r="P64" s="75"/>
       <c r="Q64" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R64" s="75"/>
       <c r="S64" s="175"/>
       <c r="T64" s="175"/>
       <c r="U64" s="175"/>
       <c r="V64" s="198"/>
       <c r="W64" s="1"/>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
       <c r="Z64" s="1"/>
       <c r="AA64" s="1"/>
       <c r="AB64" s="1"/>
       <c r="AC64" s="1"/>
       <c r="AD64" s="1"/>
       <c r="AE64" s="1"/>
     </row>
     <row r="65" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A65" s="15"/>
       <c r="B65" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C65" s="79"/>
       <c r="D65" s="79"/>
       <c r="E65" s="79"/>
       <c r="F65" s="119"/>
       <c r="G65" s="127"/>
       <c r="H65" s="138"/>
       <c r="I65" s="138"/>
       <c r="J65" s="138"/>
       <c r="K65" s="154" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L65" s="154"/>
       <c r="M65" s="79"/>
       <c r="N65" s="79"/>
       <c r="O65" s="79"/>
       <c r="P65" s="169"/>
       <c r="Q65" s="169"/>
       <c r="R65" s="172"/>
       <c r="S65" s="172"/>
       <c r="T65" s="177"/>
       <c r="U65" s="172"/>
       <c r="V65" s="199"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1"/>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
     </row>
     <row r="66" spans="1:31" ht="15" customHeight="1">
       <c r="A66" s="16" t="s">
         <v>13</v>
@@ -5383,533 +5376,443 @@
       </c>
       <c r="V67" s="128"/>
     </row>
     <row r="68" spans="1:31" ht="16.5" customHeight="1">
       <c r="A68" s="17"/>
       <c r="B68" s="17"/>
       <c r="C68" s="17"/>
       <c r="D68" s="17"/>
       <c r="E68" s="17"/>
       <c r="F68" s="17"/>
       <c r="G68" s="128"/>
       <c r="H68" s="128"/>
       <c r="I68" s="128"/>
       <c r="J68" s="128"/>
       <c r="K68" s="128"/>
       <c r="L68" s="128"/>
       <c r="M68" s="128"/>
       <c r="N68" s="128"/>
       <c r="O68" s="128"/>
       <c r="P68" s="128"/>
       <c r="Q68" s="128"/>
       <c r="R68" s="128"/>
       <c r="S68" s="128"/>
       <c r="T68" s="128"/>
       <c r="U68" s="128" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V68" s="128"/>
     </row>
     <row r="69" spans="1:31" s="4" customFormat="1" ht="36" customHeight="1">
       <c r="A69" s="18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B69" s="18"/>
       <c r="C69" s="18"/>
       <c r="D69" s="18"/>
       <c r="E69" s="18"/>
       <c r="F69" s="18"/>
       <c r="G69" s="18"/>
       <c r="H69" s="18"/>
       <c r="I69" s="18"/>
       <c r="J69" s="18"/>
       <c r="K69" s="18"/>
       <c r="L69" s="18"/>
       <c r="M69" s="18"/>
       <c r="N69" s="18"/>
       <c r="O69" s="18"/>
       <c r="P69" s="18"/>
       <c r="Q69" s="18"/>
       <c r="R69" s="18"/>
       <c r="S69" s="18"/>
       <c r="T69" s="18"/>
       <c r="U69" s="18"/>
       <c r="V69" s="18"/>
-      <c r="W69" s="4"/>
-[...7 lines deleted...]
-      <c r="AE69" s="4"/>
     </row>
     <row r="70" spans="1:31" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B70" s="59" t="s">
         <v>22</v>
       </c>
       <c r="C70" s="59"/>
       <c r="D70" s="90"/>
       <c r="E70" s="102"/>
       <c r="F70" s="121"/>
       <c r="G70" s="121"/>
       <c r="H70" s="121"/>
       <c r="I70" s="121"/>
       <c r="J70" s="121"/>
       <c r="K70" s="121"/>
       <c r="L70" s="121"/>
       <c r="M70" s="121"/>
       <c r="N70" s="121"/>
       <c r="O70" s="121"/>
       <c r="P70" s="121"/>
       <c r="Q70" s="121"/>
       <c r="R70" s="121"/>
       <c r="S70" s="121"/>
       <c r="T70" s="121"/>
       <c r="U70" s="121"/>
       <c r="V70" s="201"/>
-      <c r="W70" s="4"/>
-[...7 lines deleted...]
-      <c r="AE70" s="4"/>
     </row>
     <row r="71" spans="1:31" s="4" customFormat="1" ht="28.35" customHeight="1">
       <c r="A71" s="8"/>
       <c r="B71" s="30" t="s">
         <v>23</v>
       </c>
       <c r="C71" s="30"/>
       <c r="D71" s="81"/>
       <c r="E71" s="93"/>
       <c r="F71" s="105"/>
       <c r="G71" s="105"/>
       <c r="H71" s="105"/>
       <c r="I71" s="105"/>
       <c r="J71" s="105"/>
       <c r="K71" s="105"/>
       <c r="L71" s="105"/>
       <c r="M71" s="105"/>
       <c r="N71" s="105"/>
       <c r="O71" s="105"/>
       <c r="P71" s="105"/>
       <c r="Q71" s="105"/>
       <c r="R71" s="105"/>
       <c r="S71" s="105"/>
       <c r="T71" s="105"/>
       <c r="U71" s="105"/>
       <c r="V71" s="180"/>
-      <c r="W71" s="4"/>
-[...7 lines deleted...]
-      <c r="AE71" s="4"/>
     </row>
     <row r="72" spans="1:31" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A72" s="8"/>
       <c r="B72" s="31" t="s">
         <v>40</v>
       </c>
       <c r="C72" s="34"/>
       <c r="D72" s="82"/>
       <c r="E72" s="38" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F72" s="34"/>
       <c r="G72" s="34"/>
       <c r="H72" s="139"/>
       <c r="I72" s="139"/>
       <c r="J72" s="34" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K72" s="139"/>
       <c r="L72" s="139"/>
       <c r="M72" s="34" t="s">
         <v>71</v>
       </c>
       <c r="N72" s="34"/>
       <c r="O72" s="34"/>
       <c r="P72" s="34"/>
       <c r="Q72" s="34"/>
       <c r="R72" s="34"/>
       <c r="S72" s="34"/>
       <c r="T72" s="34"/>
       <c r="U72" s="34"/>
       <c r="V72" s="181"/>
-      <c r="W72" s="4"/>
-[...7 lines deleted...]
-      <c r="AE72" s="4"/>
     </row>
     <row r="73" spans="1:31" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A73" s="8"/>
       <c r="B73" s="32"/>
       <c r="C73" s="17"/>
       <c r="D73" s="83"/>
       <c r="E73" s="94"/>
       <c r="F73" s="122"/>
       <c r="G73" s="122"/>
       <c r="H73" s="140" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I73" s="122" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="J73" s="122"/>
       <c r="K73" s="122"/>
       <c r="L73" s="122"/>
       <c r="M73" s="122"/>
       <c r="N73" s="122"/>
       <c r="O73" s="140" t="s">
         <v>72</v>
       </c>
       <c r="P73" s="122" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Q73" s="122"/>
       <c r="R73" s="122"/>
       <c r="S73" s="122"/>
       <c r="T73" s="122"/>
       <c r="U73" s="122"/>
       <c r="V73" s="182"/>
-      <c r="W73" s="4"/>
-[...7 lines deleted...]
-      <c r="AE73" s="4"/>
     </row>
     <row r="74" spans="1:31" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A74" s="8"/>
       <c r="B74" s="32"/>
       <c r="C74" s="17"/>
       <c r="D74" s="83"/>
       <c r="E74" s="94"/>
       <c r="F74" s="122"/>
       <c r="G74" s="122"/>
       <c r="H74" s="140" t="s">
         <v>60</v>
       </c>
       <c r="I74" s="122" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J74" s="122"/>
       <c r="K74" s="122"/>
       <c r="L74" s="122"/>
       <c r="M74" s="122"/>
       <c r="N74" s="122"/>
       <c r="O74" s="140" t="s">
         <v>73</v>
       </c>
       <c r="P74" s="122" t="s">
         <v>79</v>
       </c>
       <c r="Q74" s="122"/>
       <c r="R74" s="122"/>
       <c r="S74" s="122"/>
       <c r="T74" s="122"/>
       <c r="U74" s="122"/>
       <c r="V74" s="182"/>
-      <c r="W74" s="4"/>
-[...7 lines deleted...]
-      <c r="AE74" s="4"/>
     </row>
     <row r="75" spans="1:31" s="4" customFormat="1" ht="18.899999999999999" customHeight="1">
       <c r="A75" s="8"/>
       <c r="B75" s="33"/>
       <c r="C75" s="36"/>
       <c r="D75" s="84"/>
       <c r="E75" s="95"/>
       <c r="F75" s="107"/>
       <c r="G75" s="107"/>
       <c r="H75" s="107"/>
       <c r="I75" s="107"/>
       <c r="J75" s="107"/>
       <c r="K75" s="107"/>
       <c r="L75" s="107"/>
       <c r="M75" s="107"/>
       <c r="N75" s="107"/>
       <c r="O75" s="107"/>
       <c r="P75" s="107"/>
       <c r="Q75" s="107"/>
       <c r="R75" s="107"/>
       <c r="S75" s="107"/>
       <c r="T75" s="107"/>
       <c r="U75" s="107"/>
       <c r="V75" s="183"/>
-      <c r="W75" s="4"/>
-[...7 lines deleted...]
-      <c r="AE75" s="4"/>
     </row>
     <row r="76" spans="1:31" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A76" s="8"/>
       <c r="B76" s="34" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C76" s="34"/>
       <c r="D76" s="34"/>
       <c r="E76" s="96" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F76" s="108"/>
       <c r="G76" s="123"/>
       <c r="H76" s="132"/>
       <c r="I76" s="132"/>
       <c r="J76" s="132"/>
       <c r="K76" s="147" t="s">
         <v>64</v>
       </c>
       <c r="L76" s="147"/>
       <c r="M76" s="160"/>
       <c r="N76" s="165"/>
       <c r="O76" s="37" t="s">
         <v>74</v>
       </c>
       <c r="P76" s="30"/>
       <c r="Q76" s="123"/>
       <c r="R76" s="132"/>
       <c r="S76" s="132"/>
       <c r="T76" s="132"/>
       <c r="U76" s="132"/>
       <c r="V76" s="184"/>
-      <c r="W76" s="4"/>
-[...7 lines deleted...]
-      <c r="AE76" s="4"/>
     </row>
     <row r="77" spans="1:31" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A77" s="19"/>
       <c r="B77" s="60"/>
       <c r="C77" s="60"/>
       <c r="D77" s="60"/>
       <c r="E77" s="97" t="s">
         <v>48</v>
       </c>
       <c r="F77" s="109"/>
       <c r="G77" s="123"/>
       <c r="H77" s="132"/>
       <c r="I77" s="132"/>
       <c r="J77" s="132"/>
       <c r="K77" s="132"/>
       <c r="L77" s="132"/>
       <c r="M77" s="132"/>
       <c r="N77" s="132"/>
       <c r="O77" s="132"/>
       <c r="P77" s="132"/>
       <c r="Q77" s="132"/>
       <c r="R77" s="132"/>
       <c r="S77" s="132"/>
       <c r="T77" s="132"/>
       <c r="U77" s="132"/>
       <c r="V77" s="184"/>
-      <c r="W77" s="4"/>
-[...7 lines deleted...]
-      <c r="AE77" s="4"/>
     </row>
     <row r="78" spans="1:31" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A78" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B78" s="61"/>
       <c r="C78" s="61"/>
       <c r="D78" s="61"/>
       <c r="E78" s="61"/>
       <c r="F78" s="61"/>
       <c r="G78" s="61"/>
       <c r="H78" s="61"/>
       <c r="I78" s="61"/>
       <c r="J78" s="61"/>
       <c r="K78" s="61"/>
       <c r="L78" s="61"/>
       <c r="M78" s="61"/>
       <c r="N78" s="61"/>
       <c r="O78" s="61"/>
       <c r="P78" s="61"/>
       <c r="Q78" s="61"/>
       <c r="R78" s="61"/>
       <c r="S78" s="61"/>
       <c r="T78" s="61"/>
       <c r="U78" s="61"/>
       <c r="V78" s="202"/>
-      <c r="W78" s="4"/>
-[...7 lines deleted...]
-      <c r="AE78" s="4"/>
     </row>
     <row r="79" spans="1:31" ht="15" customHeight="1">
       <c r="A79" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B79" s="42"/>
       <c r="C79" s="42"/>
       <c r="D79" s="42"/>
       <c r="E79" s="42"/>
       <c r="F79" s="42"/>
       <c r="G79" s="42"/>
       <c r="H79" s="42"/>
       <c r="I79" s="141"/>
       <c r="J79" s="145"/>
       <c r="K79" s="152" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L79" s="159" t="s">
         <v>68</v>
       </c>
       <c r="M79" s="79"/>
       <c r="N79" s="79"/>
       <c r="O79" s="79"/>
       <c r="P79" s="79"/>
       <c r="Q79" s="79"/>
       <c r="R79" s="79"/>
       <c r="S79" s="119"/>
       <c r="T79" s="141"/>
       <c r="U79" s="145"/>
       <c r="V79" s="192" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W79" s="4"/>
     </row>
     <row r="80" spans="1:31" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A80" s="21" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="62" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C80" s="62"/>
       <c r="D80" s="62"/>
       <c r="E80" s="62"/>
       <c r="F80" s="62"/>
       <c r="G80" s="62"/>
       <c r="H80" s="62"/>
       <c r="I80" s="62"/>
       <c r="J80" s="62"/>
       <c r="K80" s="62"/>
       <c r="L80" s="62"/>
       <c r="M80" s="62"/>
       <c r="N80" s="62"/>
       <c r="O80" s="62"/>
       <c r="P80" s="62"/>
       <c r="Q80" s="62"/>
       <c r="R80" s="62"/>
       <c r="S80" s="62"/>
       <c r="T80" s="62"/>
       <c r="U80" s="62"/>
       <c r="V80" s="203"/>
       <c r="W80" s="1"/>
       <c r="X80" s="1"/>
       <c r="Y80" s="1"/>
       <c r="Z80" s="1"/>
       <c r="AA80" s="1"/>
       <c r="AB80" s="1"/>
       <c r="AC80" s="1"/>
       <c r="AD80" s="1"/>
       <c r="AE80" s="1"/>
     </row>
     <row r="81" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A81" s="21"/>
       <c r="B81" s="49" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="49"/>
       <c r="D81" s="49"/>
       <c r="E81" s="49"/>
       <c r="F81" s="115"/>
       <c r="G81" s="125" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H81" s="137"/>
       <c r="I81" s="126" t="s">
         <v>62</v>
       </c>
       <c r="J81" s="137"/>
       <c r="K81" s="126" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L81" s="137"/>
       <c r="M81" s="126" t="s">
         <v>69</v>
       </c>
       <c r="N81" s="137"/>
       <c r="O81" s="126" t="s">
         <v>76</v>
       </c>
       <c r="P81" s="137"/>
       <c r="Q81" s="126" t="s">
         <v>82</v>
       </c>
       <c r="R81" s="137"/>
       <c r="S81" s="126" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T81" s="137"/>
       <c r="U81" s="126" t="s">
         <v>86</v>
       </c>
       <c r="V81" s="196"/>
       <c r="W81" s="1"/>
       <c r="X81" s="1"/>
       <c r="Y81" s="1"/>
       <c r="Z81" s="1"/>
       <c r="AA81" s="1"/>
       <c r="AB81" s="1"/>
       <c r="AC81" s="1"/>
       <c r="AD81" s="1"/>
       <c r="AE81" s="1"/>
     </row>
     <row r="82" spans="1:31" s="3" customFormat="1" ht="15.6" customHeight="1">
       <c r="A82" s="21"/>
       <c r="B82" s="50"/>
       <c r="C82" s="50"/>
       <c r="D82" s="50"/>
       <c r="E82" s="50"/>
       <c r="F82" s="116"/>
       <c r="G82" s="126"/>
       <c r="H82" s="137"/>
@@ -5955,97 +5858,97 @@
       <c r="M83" s="164"/>
       <c r="N83" s="167"/>
       <c r="O83" s="167"/>
       <c r="P83" s="167"/>
       <c r="Q83" s="167"/>
       <c r="R83" s="167"/>
       <c r="S83" s="167"/>
       <c r="T83" s="167"/>
       <c r="U83" s="167"/>
       <c r="V83" s="197"/>
       <c r="W83" s="1"/>
       <c r="X83" s="1" t="s">
         <v>87</v>
       </c>
       <c r="Y83" s="1"/>
       <c r="Z83" s="1"/>
       <c r="AA83" s="1"/>
       <c r="AB83" s="1"/>
       <c r="AC83" s="1"/>
       <c r="AD83" s="1"/>
       <c r="AE83" s="1"/>
     </row>
     <row r="84" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A84" s="21"/>
       <c r="B84" s="52" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C84" s="75"/>
       <c r="D84" s="75"/>
       <c r="E84" s="75"/>
       <c r="F84" s="118"/>
       <c r="G84" s="100"/>
       <c r="H84" s="75"/>
       <c r="I84" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J84" s="75"/>
       <c r="K84" s="153"/>
       <c r="L84" s="153"/>
       <c r="M84" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N84" s="75"/>
       <c r="O84" s="75"/>
       <c r="P84" s="75"/>
       <c r="Q84" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R84" s="75"/>
       <c r="S84" s="175"/>
       <c r="T84" s="175"/>
       <c r="U84" s="175"/>
       <c r="V84" s="198"/>
       <c r="W84" s="1"/>
       <c r="X84" s="1"/>
       <c r="Y84" s="1"/>
       <c r="Z84" s="1"/>
       <c r="AA84" s="1"/>
       <c r="AB84" s="1"/>
       <c r="AC84" s="1"/>
       <c r="AD84" s="1"/>
       <c r="AE84" s="1"/>
     </row>
     <row r="85" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A85" s="21"/>
       <c r="B85" s="53"/>
       <c r="C85" s="76" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D85" s="87"/>
       <c r="E85" s="100" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F85" s="118"/>
       <c r="G85" s="100"/>
       <c r="H85" s="75"/>
       <c r="I85" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J85" s="75"/>
       <c r="K85" s="153"/>
       <c r="L85" s="153"/>
       <c r="M85" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N85" s="75"/>
       <c r="O85" s="75"/>
       <c r="P85" s="75"/>
       <c r="Q85" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R85" s="75"/>
       <c r="S85" s="175"/>
       <c r="T85" s="175"/>
       <c r="U85" s="175"/>
       <c r="V85" s="198"/>
       <c r="W85" s="1"/>
@@ -6083,235 +5986,235 @@
       <c r="P86" s="75"/>
       <c r="Q86" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R86" s="75"/>
       <c r="S86" s="175"/>
       <c r="T86" s="175"/>
       <c r="U86" s="175"/>
       <c r="V86" s="198"/>
       <c r="W86" s="1"/>
       <c r="X86" s="1"/>
       <c r="Y86" s="1"/>
       <c r="Z86" s="1"/>
       <c r="AA86" s="1"/>
       <c r="AB86" s="1"/>
       <c r="AC86" s="1"/>
       <c r="AD86" s="1"/>
       <c r="AE86" s="1"/>
     </row>
     <row r="87" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A87" s="21"/>
       <c r="B87" s="55"/>
       <c r="C87" s="78"/>
       <c r="D87" s="89"/>
       <c r="E87" s="100" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F87" s="118"/>
       <c r="G87" s="100"/>
       <c r="H87" s="75"/>
       <c r="I87" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J87" s="75"/>
       <c r="K87" s="153"/>
       <c r="L87" s="153"/>
       <c r="M87" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N87" s="75"/>
       <c r="O87" s="75"/>
       <c r="P87" s="75"/>
       <c r="Q87" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R87" s="75"/>
       <c r="S87" s="175"/>
       <c r="T87" s="175"/>
       <c r="U87" s="175"/>
       <c r="V87" s="198"/>
       <c r="W87" s="1"/>
       <c r="X87" s="1"/>
       <c r="Y87" s="1"/>
       <c r="Z87" s="1"/>
       <c r="AA87" s="1"/>
       <c r="AB87" s="1"/>
       <c r="AC87" s="1"/>
       <c r="AD87" s="1"/>
       <c r="AE87" s="1"/>
     </row>
     <row r="88" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A88" s="21"/>
       <c r="B88" s="56" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C88" s="56"/>
       <c r="D88" s="56"/>
       <c r="E88" s="56"/>
       <c r="F88" s="87"/>
       <c r="G88" s="100"/>
       <c r="H88" s="75"/>
       <c r="I88" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J88" s="75"/>
       <c r="K88" s="153"/>
       <c r="L88" s="153"/>
       <c r="M88" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N88" s="75"/>
       <c r="O88" s="75"/>
       <c r="P88" s="75"/>
       <c r="Q88" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R88" s="75"/>
       <c r="S88" s="175"/>
       <c r="T88" s="175"/>
       <c r="U88" s="175"/>
       <c r="V88" s="198"/>
       <c r="W88" s="1"/>
       <c r="X88" s="1"/>
       <c r="Y88" s="1"/>
       <c r="Z88" s="1"/>
       <c r="AA88" s="1"/>
       <c r="AB88" s="1"/>
       <c r="AC88" s="1"/>
       <c r="AD88" s="1"/>
       <c r="AE88" s="1"/>
     </row>
     <row r="89" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A89" s="22"/>
       <c r="B89" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C89" s="79"/>
       <c r="D89" s="79"/>
       <c r="E89" s="79"/>
       <c r="F89" s="119"/>
       <c r="G89" s="127"/>
       <c r="H89" s="138"/>
       <c r="I89" s="138"/>
       <c r="J89" s="138"/>
       <c r="K89" s="154" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L89" s="154"/>
       <c r="M89" s="79"/>
       <c r="N89" s="79"/>
       <c r="O89" s="79"/>
       <c r="P89" s="169"/>
       <c r="Q89" s="169"/>
       <c r="R89" s="172"/>
       <c r="S89" s="172"/>
       <c r="T89" s="177"/>
       <c r="U89" s="172"/>
       <c r="V89" s="199"/>
       <c r="W89" s="1"/>
       <c r="X89" s="1"/>
       <c r="Y89" s="1"/>
       <c r="Z89" s="1"/>
       <c r="AA89" s="1"/>
       <c r="AB89" s="1"/>
       <c r="AC89" s="1"/>
       <c r="AD89" s="1"/>
       <c r="AE89" s="1"/>
     </row>
     <row r="90" spans="1:31" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A90" s="23" t="s">
         <v>18</v>
       </c>
       <c r="B90" s="62" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C90" s="62"/>
       <c r="D90" s="62"/>
       <c r="E90" s="62"/>
       <c r="F90" s="62"/>
       <c r="G90" s="62"/>
       <c r="H90" s="62"/>
       <c r="I90" s="62"/>
       <c r="J90" s="62"/>
       <c r="K90" s="62"/>
       <c r="L90" s="62"/>
       <c r="M90" s="62"/>
       <c r="N90" s="62"/>
       <c r="O90" s="62"/>
       <c r="P90" s="62"/>
       <c r="Q90" s="62"/>
       <c r="R90" s="62"/>
       <c r="S90" s="62"/>
       <c r="T90" s="62"/>
       <c r="U90" s="62"/>
       <c r="V90" s="203"/>
       <c r="W90" s="1"/>
       <c r="X90" s="1"/>
       <c r="Y90" s="1"/>
       <c r="Z90" s="1"/>
       <c r="AA90" s="1"/>
       <c r="AB90" s="1"/>
       <c r="AC90" s="1"/>
       <c r="AD90" s="1"/>
       <c r="AE90" s="1"/>
     </row>
     <row r="91" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A91" s="21"/>
       <c r="B91" s="49" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="49"/>
       <c r="D91" s="49"/>
       <c r="E91" s="49"/>
       <c r="F91" s="115"/>
       <c r="G91" s="125" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H91" s="137"/>
       <c r="I91" s="126" t="s">
         <v>62</v>
       </c>
       <c r="J91" s="137"/>
       <c r="K91" s="126" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L91" s="137"/>
       <c r="M91" s="126" t="s">
         <v>69</v>
       </c>
       <c r="N91" s="137"/>
       <c r="O91" s="126" t="s">
         <v>76</v>
       </c>
       <c r="P91" s="137"/>
       <c r="Q91" s="126" t="s">
         <v>82</v>
       </c>
       <c r="R91" s="137"/>
       <c r="S91" s="126" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T91" s="137"/>
       <c r="U91" s="126" t="s">
         <v>86</v>
       </c>
       <c r="V91" s="196"/>
       <c r="W91" s="1"/>
       <c r="X91" s="1"/>
       <c r="Y91" s="1"/>
       <c r="Z91" s="1"/>
       <c r="AA91" s="1"/>
       <c r="AB91" s="1"/>
       <c r="AC91" s="1"/>
       <c r="AD91" s="1"/>
       <c r="AE91" s="1"/>
     </row>
     <row r="92" spans="1:31" s="3" customFormat="1" ht="15.6" customHeight="1">
       <c r="A92" s="21"/>
       <c r="B92" s="50"/>
       <c r="C92" s="50"/>
       <c r="D92" s="50"/>
       <c r="E92" s="50"/>
       <c r="F92" s="116"/>
       <c r="G92" s="126"/>
       <c r="H92" s="137"/>
@@ -6355,97 +6258,97 @@
       <c r="K93" s="125"/>
       <c r="L93" s="137"/>
       <c r="M93" s="164"/>
       <c r="N93" s="167"/>
       <c r="O93" s="167"/>
       <c r="P93" s="167"/>
       <c r="Q93" s="167"/>
       <c r="R93" s="167"/>
       <c r="S93" s="167"/>
       <c r="T93" s="167"/>
       <c r="U93" s="167"/>
       <c r="V93" s="197"/>
       <c r="W93" s="1"/>
       <c r="X93" s="1"/>
       <c r="Y93" s="1"/>
       <c r="Z93" s="1"/>
       <c r="AA93" s="1"/>
       <c r="AB93" s="1"/>
       <c r="AC93" s="1"/>
       <c r="AD93" s="1"/>
       <c r="AE93" s="1"/>
     </row>
     <row r="94" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A94" s="21"/>
       <c r="B94" s="52" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C94" s="75"/>
       <c r="D94" s="75"/>
       <c r="E94" s="75"/>
       <c r="F94" s="118"/>
       <c r="G94" s="100"/>
       <c r="H94" s="75"/>
       <c r="I94" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J94" s="75"/>
       <c r="K94" s="153"/>
       <c r="L94" s="153"/>
       <c r="M94" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N94" s="75"/>
       <c r="O94" s="75"/>
       <c r="P94" s="75"/>
       <c r="Q94" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R94" s="75"/>
       <c r="S94" s="175"/>
       <c r="T94" s="175"/>
       <c r="U94" s="175"/>
       <c r="V94" s="198"/>
       <c r="W94" s="1"/>
       <c r="X94" s="1"/>
       <c r="Y94" s="1"/>
       <c r="Z94" s="1"/>
       <c r="AA94" s="1"/>
       <c r="AB94" s="1"/>
       <c r="AC94" s="1"/>
       <c r="AD94" s="1"/>
       <c r="AE94" s="1"/>
     </row>
     <row r="95" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A95" s="21"/>
       <c r="B95" s="53"/>
       <c r="C95" s="76" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D95" s="87"/>
       <c r="E95" s="100" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F95" s="118"/>
       <c r="G95" s="100"/>
       <c r="H95" s="75"/>
       <c r="I95" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J95" s="75"/>
       <c r="K95" s="153"/>
       <c r="L95" s="153"/>
       <c r="M95" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N95" s="75"/>
       <c r="O95" s="75"/>
       <c r="P95" s="75"/>
       <c r="Q95" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R95" s="75"/>
       <c r="S95" s="175"/>
       <c r="T95" s="175"/>
       <c r="U95" s="175"/>
       <c r="V95" s="198"/>
       <c r="W95" s="1"/>
@@ -6483,235 +6386,235 @@
       <c r="P96" s="75"/>
       <c r="Q96" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R96" s="75"/>
       <c r="S96" s="175"/>
       <c r="T96" s="175"/>
       <c r="U96" s="175"/>
       <c r="V96" s="198"/>
       <c r="W96" s="1"/>
       <c r="X96" s="1"/>
       <c r="Y96" s="1"/>
       <c r="Z96" s="1"/>
       <c r="AA96" s="1"/>
       <c r="AB96" s="1"/>
       <c r="AC96" s="1"/>
       <c r="AD96" s="1"/>
       <c r="AE96" s="1"/>
     </row>
     <row r="97" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A97" s="21"/>
       <c r="B97" s="55"/>
       <c r="C97" s="78"/>
       <c r="D97" s="89"/>
       <c r="E97" s="100" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F97" s="118"/>
       <c r="G97" s="100"/>
       <c r="H97" s="75"/>
       <c r="I97" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J97" s="75"/>
       <c r="K97" s="153"/>
       <c r="L97" s="153"/>
       <c r="M97" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N97" s="75"/>
       <c r="O97" s="75"/>
       <c r="P97" s="75"/>
       <c r="Q97" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R97" s="75"/>
       <c r="S97" s="175"/>
       <c r="T97" s="175"/>
       <c r="U97" s="175"/>
       <c r="V97" s="198"/>
       <c r="W97" s="1"/>
       <c r="X97" s="1"/>
       <c r="Y97" s="1"/>
       <c r="Z97" s="1"/>
       <c r="AA97" s="1"/>
       <c r="AB97" s="1"/>
       <c r="AC97" s="1"/>
       <c r="AD97" s="1"/>
       <c r="AE97" s="1"/>
     </row>
     <row r="98" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A98" s="21"/>
       <c r="B98" s="56" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C98" s="56"/>
       <c r="D98" s="56"/>
       <c r="E98" s="56"/>
       <c r="F98" s="87"/>
       <c r="G98" s="100"/>
       <c r="H98" s="75"/>
       <c r="I98" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J98" s="75"/>
       <c r="K98" s="153"/>
       <c r="L98" s="153"/>
       <c r="M98" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N98" s="75"/>
       <c r="O98" s="75"/>
       <c r="P98" s="75"/>
       <c r="Q98" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R98" s="75"/>
       <c r="S98" s="175"/>
       <c r="T98" s="175"/>
       <c r="U98" s="175"/>
       <c r="V98" s="198"/>
       <c r="W98" s="1"/>
       <c r="X98" s="1"/>
       <c r="Y98" s="1"/>
       <c r="Z98" s="1"/>
       <c r="AA98" s="1"/>
       <c r="AB98" s="1"/>
       <c r="AC98" s="1"/>
       <c r="AD98" s="1"/>
       <c r="AE98" s="1"/>
     </row>
     <row r="99" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A99" s="22"/>
       <c r="B99" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C99" s="79"/>
       <c r="D99" s="79"/>
       <c r="E99" s="79"/>
       <c r="F99" s="119"/>
       <c r="G99" s="127"/>
       <c r="H99" s="138"/>
       <c r="I99" s="138"/>
       <c r="J99" s="138"/>
       <c r="K99" s="154" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L99" s="154"/>
       <c r="M99" s="79"/>
       <c r="N99" s="79"/>
       <c r="O99" s="79"/>
       <c r="P99" s="169"/>
       <c r="Q99" s="169"/>
       <c r="R99" s="172"/>
       <c r="S99" s="172"/>
       <c r="T99" s="177"/>
       <c r="U99" s="172"/>
       <c r="V99" s="199"/>
       <c r="W99" s="1"/>
       <c r="X99" s="1"/>
       <c r="Y99" s="1"/>
       <c r="Z99" s="1"/>
       <c r="AA99" s="1"/>
       <c r="AB99" s="1"/>
       <c r="AC99" s="1"/>
       <c r="AD99" s="1"/>
       <c r="AE99" s="1"/>
     </row>
     <row r="100" spans="1:31" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="A100" s="23" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B100" s="62" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C100" s="62"/>
       <c r="D100" s="62"/>
       <c r="E100" s="62"/>
       <c r="F100" s="62"/>
       <c r="G100" s="62"/>
       <c r="H100" s="62"/>
       <c r="I100" s="62"/>
       <c r="J100" s="62"/>
       <c r="K100" s="62"/>
       <c r="L100" s="62"/>
       <c r="M100" s="62"/>
       <c r="N100" s="62"/>
       <c r="O100" s="62"/>
       <c r="P100" s="62"/>
       <c r="Q100" s="62"/>
       <c r="R100" s="62"/>
       <c r="S100" s="62"/>
       <c r="T100" s="62"/>
       <c r="U100" s="62"/>
       <c r="V100" s="203"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
       <c r="AA100" s="1"/>
       <c r="AB100" s="1"/>
       <c r="AC100" s="1"/>
       <c r="AD100" s="1"/>
       <c r="AE100" s="1"/>
     </row>
     <row r="101" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A101" s="21"/>
       <c r="B101" s="49" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="49"/>
       <c r="D101" s="49"/>
       <c r="E101" s="49"/>
       <c r="F101" s="115"/>
       <c r="G101" s="125" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H101" s="137"/>
       <c r="I101" s="126" t="s">
         <v>62</v>
       </c>
       <c r="J101" s="137"/>
       <c r="K101" s="126" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L101" s="137"/>
       <c r="M101" s="126" t="s">
         <v>69</v>
       </c>
       <c r="N101" s="137"/>
       <c r="O101" s="126" t="s">
         <v>76</v>
       </c>
       <c r="P101" s="137"/>
       <c r="Q101" s="126" t="s">
         <v>82</v>
       </c>
       <c r="R101" s="137"/>
       <c r="S101" s="126" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T101" s="137"/>
       <c r="U101" s="126" t="s">
         <v>86</v>
       </c>
       <c r="V101" s="196"/>
       <c r="W101" s="1"/>
       <c r="X101" s="1"/>
       <c r="Y101" s="1"/>
       <c r="Z101" s="1"/>
       <c r="AA101" s="1"/>
       <c r="AB101" s="1"/>
       <c r="AC101" s="1"/>
       <c r="AD101" s="1"/>
       <c r="AE101" s="1"/>
     </row>
     <row r="102" spans="1:31" s="3" customFormat="1" ht="15.6" customHeight="1">
       <c r="A102" s="21"/>
       <c r="B102" s="50"/>
       <c r="C102" s="50"/>
       <c r="D102" s="50"/>
       <c r="E102" s="50"/>
       <c r="F102" s="116"/>
       <c r="G102" s="126"/>
       <c r="H102" s="137"/>
@@ -6755,97 +6658,97 @@
       <c r="K103" s="125"/>
       <c r="L103" s="137"/>
       <c r="M103" s="164"/>
       <c r="N103" s="167"/>
       <c r="O103" s="167"/>
       <c r="P103" s="167"/>
       <c r="Q103" s="167"/>
       <c r="R103" s="167"/>
       <c r="S103" s="167"/>
       <c r="T103" s="167"/>
       <c r="U103" s="167"/>
       <c r="V103" s="197"/>
       <c r="W103" s="1"/>
       <c r="X103" s="1"/>
       <c r="Y103" s="1"/>
       <c r="Z103" s="1"/>
       <c r="AA103" s="1"/>
       <c r="AB103" s="1"/>
       <c r="AC103" s="1"/>
       <c r="AD103" s="1"/>
       <c r="AE103" s="1"/>
     </row>
     <row r="104" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A104" s="21"/>
       <c r="B104" s="52" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C104" s="75"/>
       <c r="D104" s="75"/>
       <c r="E104" s="75"/>
       <c r="F104" s="118"/>
       <c r="G104" s="100"/>
       <c r="H104" s="75"/>
       <c r="I104" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J104" s="75"/>
       <c r="K104" s="153"/>
       <c r="L104" s="153"/>
       <c r="M104" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N104" s="75"/>
       <c r="O104" s="75"/>
       <c r="P104" s="75"/>
       <c r="Q104" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R104" s="75"/>
       <c r="S104" s="175"/>
       <c r="T104" s="175"/>
       <c r="U104" s="175"/>
       <c r="V104" s="198"/>
       <c r="W104" s="1"/>
       <c r="X104" s="1"/>
       <c r="Y104" s="1"/>
       <c r="Z104" s="1"/>
       <c r="AA104" s="1"/>
       <c r="AB104" s="1"/>
       <c r="AC104" s="1"/>
       <c r="AD104" s="1"/>
       <c r="AE104" s="1"/>
     </row>
     <row r="105" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A105" s="21"/>
       <c r="B105" s="53"/>
       <c r="C105" s="76" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D105" s="87"/>
       <c r="E105" s="100" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F105" s="118"/>
       <c r="G105" s="100"/>
       <c r="H105" s="75"/>
       <c r="I105" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J105" s="75"/>
       <c r="K105" s="153"/>
       <c r="L105" s="153"/>
       <c r="M105" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N105" s="75"/>
       <c r="O105" s="75"/>
       <c r="P105" s="75"/>
       <c r="Q105" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R105" s="75"/>
       <c r="S105" s="175"/>
       <c r="T105" s="175"/>
       <c r="U105" s="175"/>
       <c r="V105" s="198"/>
       <c r="W105" s="1"/>
@@ -6883,202 +6786,193 @@
       <c r="P106" s="75"/>
       <c r="Q106" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R106" s="75"/>
       <c r="S106" s="175"/>
       <c r="T106" s="175"/>
       <c r="U106" s="175"/>
       <c r="V106" s="198"/>
       <c r="W106" s="1"/>
       <c r="X106" s="1"/>
       <c r="Y106" s="1"/>
       <c r="Z106" s="1"/>
       <c r="AA106" s="1"/>
       <c r="AB106" s="1"/>
       <c r="AC106" s="1"/>
       <c r="AD106" s="1"/>
       <c r="AE106" s="1"/>
     </row>
     <row r="107" spans="1:31" s="3" customFormat="1" ht="15.9" customHeight="1">
       <c r="A107" s="21"/>
       <c r="B107" s="55"/>
       <c r="C107" s="78"/>
       <c r="D107" s="89"/>
       <c r="E107" s="100" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F107" s="118"/>
       <c r="G107" s="100"/>
       <c r="H107" s="75"/>
       <c r="I107" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J107" s="75"/>
       <c r="K107" s="153"/>
       <c r="L107" s="153"/>
       <c r="M107" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N107" s="75"/>
       <c r="O107" s="75"/>
       <c r="P107" s="75"/>
       <c r="Q107" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R107" s="75"/>
       <c r="S107" s="175"/>
       <c r="T107" s="175"/>
       <c r="U107" s="175"/>
       <c r="V107" s="198"/>
       <c r="W107" s="1"/>
       <c r="X107" s="1"/>
       <c r="Y107" s="1"/>
       <c r="Z107" s="1"/>
       <c r="AA107" s="1"/>
       <c r="AB107" s="1"/>
       <c r="AC107" s="1"/>
       <c r="AD107" s="1"/>
       <c r="AE107" s="1"/>
     </row>
     <row r="108" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A108" s="21"/>
       <c r="B108" s="56" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C108" s="56"/>
       <c r="D108" s="56"/>
       <c r="E108" s="56"/>
       <c r="F108" s="87"/>
       <c r="G108" s="100"/>
       <c r="H108" s="75"/>
       <c r="I108" s="75" t="s">
         <v>63</v>
       </c>
       <c r="J108" s="75"/>
       <c r="K108" s="153"/>
       <c r="L108" s="153"/>
       <c r="M108" s="75" t="s">
         <v>70</v>
       </c>
       <c r="N108" s="75"/>
       <c r="O108" s="75"/>
       <c r="P108" s="75"/>
       <c r="Q108" s="75" t="s">
         <v>63</v>
       </c>
       <c r="R108" s="75"/>
       <c r="S108" s="175"/>
       <c r="T108" s="175"/>
       <c r="U108" s="175"/>
       <c r="V108" s="198"/>
       <c r="W108" s="1"/>
       <c r="X108" s="1"/>
       <c r="Y108" s="1"/>
       <c r="Z108" s="1"/>
       <c r="AA108" s="1"/>
       <c r="AB108" s="1"/>
       <c r="AC108" s="1"/>
       <c r="AD108" s="1"/>
       <c r="AE108" s="1"/>
     </row>
     <row r="109" spans="1:31" s="3" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A109" s="22"/>
       <c r="B109" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C109" s="79"/>
       <c r="D109" s="79"/>
       <c r="E109" s="79"/>
       <c r="F109" s="119"/>
       <c r="G109" s="127"/>
       <c r="H109" s="138"/>
       <c r="I109" s="138"/>
       <c r="J109" s="138"/>
       <c r="K109" s="154" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L109" s="154"/>
       <c r="M109" s="79"/>
       <c r="N109" s="79"/>
       <c r="O109" s="79"/>
       <c r="P109" s="169"/>
       <c r="Q109" s="169"/>
       <c r="R109" s="172"/>
       <c r="S109" s="172"/>
       <c r="T109" s="177"/>
       <c r="U109" s="172"/>
       <c r="V109" s="199"/>
       <c r="W109" s="1"/>
       <c r="X109" s="1"/>
       <c r="Y109" s="1"/>
       <c r="Z109" s="1"/>
       <c r="AA109" s="1"/>
       <c r="AB109" s="1"/>
       <c r="AC109" s="1"/>
       <c r="AD109" s="1"/>
       <c r="AE109" s="1"/>
     </row>
     <row r="110" spans="1:31" s="4" customFormat="1" ht="16.5" customHeight="1">
       <c r="A110" s="24"/>
       <c r="B110" s="63"/>
       <c r="C110" s="63"/>
       <c r="D110" s="63"/>
       <c r="E110" s="63"/>
       <c r="F110" s="63"/>
       <c r="G110" s="129"/>
       <c r="H110" s="129"/>
       <c r="I110" s="129"/>
       <c r="J110" s="129"/>
       <c r="K110" s="129"/>
       <c r="L110" s="129"/>
       <c r="M110" s="129"/>
       <c r="N110" s="129"/>
       <c r="O110" s="129"/>
       <c r="P110" s="129"/>
       <c r="Q110" s="129"/>
       <c r="R110" s="129"/>
       <c r="S110" s="129"/>
       <c r="T110" s="129"/>
       <c r="U110" s="129"/>
       <c r="V110" s="129"/>
-      <c r="W110" s="4"/>
-[...7 lines deleted...]
-      <c r="AE110" s="4"/>
     </row>
     <row r="111" spans="1:31" ht="15.9" customHeight="1">
       <c r="A111" s="25" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B111" s="64" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C111" s="64"/>
       <c r="D111" s="64"/>
       <c r="E111" s="64"/>
       <c r="F111" s="64"/>
       <c r="G111" s="64"/>
       <c r="H111" s="64"/>
       <c r="I111" s="64"/>
       <c r="J111" s="64"/>
       <c r="K111" s="64"/>
       <c r="L111" s="64"/>
       <c r="M111" s="64"/>
       <c r="N111" s="64"/>
       <c r="O111" s="64"/>
       <c r="P111" s="64"/>
       <c r="Q111" s="64"/>
       <c r="R111" s="64"/>
       <c r="S111" s="64"/>
       <c r="T111" s="64"/>
       <c r="U111" s="64"/>
       <c r="V111" s="64"/>
     </row>
     <row r="112" spans="1:31" ht="15.9" customHeight="1">
       <c r="A112" s="26"/>
       <c r="B112" s="64"/>
@@ -7993,239 +7887,239 @@
       <c r="I3" s="226"/>
       <c r="J3" s="226"/>
       <c r="K3" s="226"/>
       <c r="L3" s="226"/>
       <c r="M3" s="226"/>
       <c r="N3" s="226"/>
       <c r="O3" s="226"/>
       <c r="P3" s="226"/>
       <c r="Q3" s="226"/>
       <c r="R3" s="226"/>
       <c r="S3" s="226"/>
       <c r="T3" s="226"/>
       <c r="U3" s="226"/>
       <c r="V3" s="323"/>
     </row>
     <row r="4" spans="1:34" ht="15" customHeight="1">
       <c r="A4" s="212"/>
       <c r="B4" s="227" t="s">
         <v>30</v>
       </c>
       <c r="C4" s="253"/>
       <c r="D4" s="253"/>
       <c r="E4" s="253"/>
       <c r="F4" s="280"/>
       <c r="G4" s="294" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H4" s="300"/>
       <c r="I4" s="300"/>
       <c r="J4" s="307"/>
       <c r="K4" s="255" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L4" s="263"/>
       <c r="M4" s="263"/>
       <c r="N4" s="282"/>
       <c r="O4" s="255" t="s">
         <v>75</v>
       </c>
       <c r="P4" s="263"/>
       <c r="Q4" s="263"/>
       <c r="R4" s="282"/>
       <c r="S4" s="255" t="s">
         <v>84</v>
       </c>
       <c r="T4" s="263"/>
       <c r="U4" s="263"/>
       <c r="V4" s="324"/>
     </row>
     <row r="5" spans="1:34" ht="15" customHeight="1">
       <c r="A5" s="212"/>
       <c r="B5" s="228"/>
       <c r="C5" s="254"/>
       <c r="D5" s="254"/>
       <c r="E5" s="254"/>
       <c r="F5" s="281"/>
       <c r="G5" s="255" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H5" s="282"/>
       <c r="I5" s="255" t="s">
         <v>61</v>
       </c>
       <c r="J5" s="282"/>
       <c r="K5" s="255" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L5" s="282"/>
       <c r="M5" s="255" t="s">
         <v>61</v>
       </c>
       <c r="N5" s="282"/>
       <c r="O5" s="255" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P5" s="282"/>
       <c r="Q5" s="255" t="s">
         <v>61</v>
       </c>
       <c r="R5" s="282"/>
       <c r="S5" s="255" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T5" s="282"/>
       <c r="U5" s="255" t="s">
         <v>61</v>
       </c>
       <c r="V5" s="324"/>
     </row>
     <row r="6" spans="1:34" ht="15" customHeight="1">
       <c r="A6" s="212"/>
       <c r="B6" s="229"/>
       <c r="C6" s="255" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D6" s="263"/>
       <c r="E6" s="263"/>
       <c r="F6" s="282"/>
       <c r="G6" s="255"/>
       <c r="H6" s="282"/>
       <c r="I6" s="255"/>
       <c r="J6" s="282"/>
       <c r="K6" s="255"/>
       <c r="L6" s="282"/>
       <c r="M6" s="255"/>
       <c r="N6" s="282"/>
       <c r="O6" s="255"/>
       <c r="P6" s="282"/>
       <c r="Q6" s="255"/>
       <c r="R6" s="282"/>
       <c r="S6" s="255"/>
       <c r="T6" s="282"/>
       <c r="U6" s="255"/>
       <c r="V6" s="324"/>
     </row>
     <row r="7" spans="1:34" ht="15" customHeight="1">
       <c r="A7" s="212"/>
       <c r="B7" s="230"/>
       <c r="C7" s="256" t="s">
         <v>45</v>
       </c>
       <c r="D7" s="263"/>
       <c r="E7" s="263"/>
       <c r="F7" s="282"/>
       <c r="G7" s="255"/>
       <c r="H7" s="282"/>
       <c r="I7" s="255"/>
       <c r="J7" s="282"/>
       <c r="K7" s="255"/>
       <c r="L7" s="282"/>
       <c r="M7" s="255"/>
       <c r="N7" s="282"/>
       <c r="O7" s="255"/>
       <c r="P7" s="282"/>
       <c r="Q7" s="255"/>
       <c r="R7" s="282"/>
       <c r="S7" s="255"/>
       <c r="T7" s="282"/>
       <c r="U7" s="255"/>
       <c r="V7" s="324"/>
     </row>
     <row r="8" spans="1:34" s="206" customFormat="1" ht="15" customHeight="1">
       <c r="A8" s="212"/>
       <c r="B8" s="231" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C8" s="231"/>
       <c r="D8" s="231"/>
       <c r="E8" s="231"/>
       <c r="F8" s="231"/>
       <c r="G8" s="231"/>
       <c r="H8" s="231"/>
       <c r="I8" s="231"/>
       <c r="J8" s="231"/>
       <c r="K8" s="231"/>
       <c r="L8" s="231"/>
       <c r="M8" s="231"/>
       <c r="N8" s="231"/>
       <c r="O8" s="231"/>
       <c r="P8" s="231"/>
       <c r="Q8" s="231"/>
       <c r="R8" s="231"/>
       <c r="S8" s="231"/>
       <c r="T8" s="231"/>
       <c r="U8" s="231"/>
       <c r="V8" s="325"/>
       <c r="W8" s="205"/>
       <c r="X8" s="205"/>
       <c r="Y8" s="205"/>
       <c r="Z8" s="205"/>
       <c r="AA8" s="205"/>
       <c r="AB8" s="205"/>
       <c r="AC8" s="205"/>
       <c r="AD8" s="205"/>
       <c r="AE8" s="205"/>
       <c r="AF8" s="205"/>
       <c r="AG8" s="205"/>
       <c r="AH8" s="205"/>
     </row>
     <row r="9" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A9" s="212"/>
       <c r="B9" s="232" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="232"/>
       <c r="D9" s="232"/>
       <c r="E9" s="232"/>
       <c r="F9" s="283"/>
       <c r="G9" s="295" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H9" s="301"/>
       <c r="I9" s="296" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="301"/>
       <c r="K9" s="296" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L9" s="301"/>
       <c r="M9" s="296" t="s">
         <v>69</v>
       </c>
       <c r="N9" s="301"/>
       <c r="O9" s="296" t="s">
         <v>76</v>
       </c>
       <c r="P9" s="301"/>
       <c r="Q9" s="296" t="s">
         <v>82</v>
       </c>
       <c r="R9" s="301"/>
       <c r="S9" s="296" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T9" s="301"/>
       <c r="U9" s="296" t="s">
         <v>86</v>
       </c>
       <c r="V9" s="326"/>
       <c r="W9" s="205"/>
       <c r="X9" s="205"/>
       <c r="Y9" s="205"/>
       <c r="Z9" s="205"/>
       <c r="AA9" s="205"/>
       <c r="AB9" s="205"/>
       <c r="AC9" s="205"/>
       <c r="AD9" s="205"/>
       <c r="AE9" s="205"/>
       <c r="AF9" s="205"/>
       <c r="AG9" s="205"/>
       <c r="AH9" s="205"/>
     </row>
     <row r="10" spans="1:34" s="206" customFormat="1" ht="15.6" customHeight="1">
       <c r="A10" s="212"/>
       <c r="B10" s="233"/>
       <c r="C10" s="233"/>
       <c r="D10" s="233"/>
       <c r="E10" s="233"/>
@@ -8278,100 +8172,100 @@
       <c r="N11" s="316"/>
       <c r="O11" s="316"/>
       <c r="P11" s="316"/>
       <c r="Q11" s="316"/>
       <c r="R11" s="316"/>
       <c r="S11" s="316"/>
       <c r="T11" s="316"/>
       <c r="U11" s="316"/>
       <c r="V11" s="327"/>
       <c r="W11" s="205"/>
       <c r="X11" s="205"/>
       <c r="Y11" s="205"/>
       <c r="Z11" s="205"/>
       <c r="AA11" s="205"/>
       <c r="AB11" s="205"/>
       <c r="AC11" s="205"/>
       <c r="AD11" s="205"/>
       <c r="AE11" s="205"/>
       <c r="AF11" s="205"/>
       <c r="AG11" s="205"/>
       <c r="AH11" s="205"/>
     </row>
     <row r="12" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A12" s="212"/>
       <c r="B12" s="235" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C12" s="257"/>
       <c r="D12" s="257"/>
       <c r="E12" s="257"/>
       <c r="F12" s="286"/>
       <c r="G12" s="272"/>
       <c r="H12" s="257"/>
       <c r="I12" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J12" s="257"/>
       <c r="K12" s="309"/>
       <c r="L12" s="309"/>
       <c r="M12" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N12" s="257"/>
       <c r="O12" s="257"/>
       <c r="P12" s="257"/>
       <c r="Q12" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R12" s="257"/>
       <c r="S12" s="321"/>
       <c r="T12" s="321"/>
       <c r="U12" s="321"/>
       <c r="V12" s="328"/>
       <c r="W12" s="205"/>
       <c r="X12" s="205"/>
       <c r="Y12" s="205"/>
       <c r="Z12" s="205"/>
       <c r="AA12" s="205"/>
       <c r="AB12" s="205"/>
       <c r="AC12" s="205"/>
       <c r="AD12" s="205"/>
       <c r="AE12" s="205"/>
       <c r="AF12" s="205"/>
       <c r="AG12" s="205"/>
       <c r="AH12" s="205"/>
     </row>
     <row r="13" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A13" s="212"/>
       <c r="B13" s="236"/>
       <c r="C13" s="258" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D13" s="264"/>
       <c r="E13" s="272" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F13" s="286"/>
       <c r="G13" s="272"/>
       <c r="H13" s="257"/>
       <c r="I13" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J13" s="257"/>
       <c r="K13" s="309"/>
       <c r="L13" s="309"/>
       <c r="M13" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N13" s="257"/>
       <c r="O13" s="257"/>
       <c r="P13" s="257"/>
       <c r="Q13" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R13" s="257"/>
       <c r="S13" s="321"/>
       <c r="T13" s="321"/>
       <c r="U13" s="321"/>
       <c r="V13" s="328"/>
       <c r="W13" s="205"/>
@@ -8415,147 +8309,147 @@
       </c>
       <c r="R14" s="257"/>
       <c r="S14" s="321"/>
       <c r="T14" s="321"/>
       <c r="U14" s="321"/>
       <c r="V14" s="328"/>
       <c r="W14" s="205"/>
       <c r="X14" s="205"/>
       <c r="Y14" s="205"/>
       <c r="Z14" s="205"/>
       <c r="AA14" s="205"/>
       <c r="AB14" s="205"/>
       <c r="AC14" s="205"/>
       <c r="AD14" s="205"/>
       <c r="AE14" s="205"/>
       <c r="AF14" s="205"/>
       <c r="AG14" s="205"/>
       <c r="AH14" s="205"/>
     </row>
     <row r="15" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A15" s="212"/>
       <c r="B15" s="238"/>
       <c r="C15" s="260"/>
       <c r="D15" s="266"/>
       <c r="E15" s="272" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F15" s="286"/>
       <c r="G15" s="272"/>
       <c r="H15" s="257"/>
       <c r="I15" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J15" s="257"/>
       <c r="K15" s="309"/>
       <c r="L15" s="309"/>
       <c r="M15" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N15" s="257"/>
       <c r="O15" s="257"/>
       <c r="P15" s="257"/>
       <c r="Q15" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R15" s="257"/>
       <c r="S15" s="321"/>
       <c r="T15" s="321"/>
       <c r="U15" s="321"/>
       <c r="V15" s="328"/>
       <c r="W15" s="205"/>
       <c r="X15" s="205"/>
       <c r="Y15" s="205"/>
       <c r="Z15" s="205"/>
       <c r="AA15" s="205"/>
       <c r="AB15" s="205"/>
       <c r="AC15" s="205"/>
       <c r="AD15" s="205"/>
       <c r="AE15" s="205"/>
       <c r="AF15" s="205"/>
       <c r="AG15" s="205"/>
       <c r="AH15" s="205"/>
     </row>
     <row r="16" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A16" s="212"/>
       <c r="B16" s="239" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C16" s="239"/>
       <c r="D16" s="239"/>
       <c r="E16" s="239"/>
       <c r="F16" s="264"/>
       <c r="G16" s="272"/>
       <c r="H16" s="257"/>
       <c r="I16" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J16" s="257"/>
       <c r="K16" s="309"/>
       <c r="L16" s="309"/>
       <c r="M16" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N16" s="257"/>
       <c r="O16" s="257"/>
       <c r="P16" s="257"/>
       <c r="Q16" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R16" s="257"/>
       <c r="S16" s="321"/>
       <c r="T16" s="321"/>
       <c r="U16" s="321"/>
       <c r="V16" s="328"/>
       <c r="W16" s="205"/>
       <c r="X16" s="205"/>
       <c r="Y16" s="205"/>
       <c r="Z16" s="205"/>
       <c r="AA16" s="205"/>
       <c r="AB16" s="205"/>
       <c r="AC16" s="205"/>
       <c r="AD16" s="205"/>
       <c r="AE16" s="205"/>
       <c r="AF16" s="205"/>
       <c r="AG16" s="205"/>
       <c r="AH16" s="205"/>
     </row>
     <row r="17" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A17" s="212"/>
       <c r="B17" s="240" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C17" s="261"/>
       <c r="D17" s="261"/>
       <c r="E17" s="261"/>
       <c r="F17" s="287"/>
       <c r="G17" s="297"/>
       <c r="H17" s="302"/>
       <c r="I17" s="302"/>
       <c r="J17" s="302"/>
       <c r="K17" s="310" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L17" s="310"/>
       <c r="M17" s="261"/>
       <c r="N17" s="261"/>
       <c r="O17" s="261"/>
       <c r="P17" s="319"/>
       <c r="Q17" s="319"/>
       <c r="R17" s="320"/>
       <c r="S17" s="320"/>
       <c r="T17" s="322"/>
       <c r="U17" s="320"/>
       <c r="V17" s="329"/>
       <c r="W17" s="205"/>
       <c r="X17" s="205"/>
       <c r="Y17" s="205"/>
       <c r="Z17" s="205"/>
       <c r="AA17" s="205"/>
       <c r="AB17" s="205"/>
       <c r="AC17" s="205"/>
       <c r="AD17" s="205"/>
       <c r="AE17" s="205"/>
       <c r="AF17" s="205"/>
       <c r="AG17" s="205"/>
       <c r="AH17" s="205"/>
     </row>
@@ -8575,239 +8469,239 @@
       <c r="I18" s="226"/>
       <c r="J18" s="226"/>
       <c r="K18" s="226"/>
       <c r="L18" s="226"/>
       <c r="M18" s="226"/>
       <c r="N18" s="226"/>
       <c r="O18" s="226"/>
       <c r="P18" s="226"/>
       <c r="Q18" s="226"/>
       <c r="R18" s="226"/>
       <c r="S18" s="226"/>
       <c r="T18" s="226"/>
       <c r="U18" s="226"/>
       <c r="V18" s="323"/>
     </row>
     <row r="19" spans="1:34" ht="15" customHeight="1">
       <c r="A19" s="212"/>
       <c r="B19" s="227" t="s">
         <v>30</v>
       </c>
       <c r="C19" s="253"/>
       <c r="D19" s="253"/>
       <c r="E19" s="253"/>
       <c r="F19" s="280"/>
       <c r="G19" s="294" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H19" s="300"/>
       <c r="I19" s="300"/>
       <c r="J19" s="307"/>
       <c r="K19" s="255" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L19" s="263"/>
       <c r="M19" s="263"/>
       <c r="N19" s="282"/>
       <c r="O19" s="255" t="s">
         <v>75</v>
       </c>
       <c r="P19" s="263"/>
       <c r="Q19" s="263"/>
       <c r="R19" s="282"/>
       <c r="S19" s="255" t="s">
         <v>84</v>
       </c>
       <c r="T19" s="263"/>
       <c r="U19" s="263"/>
       <c r="V19" s="324"/>
     </row>
     <row r="20" spans="1:34" ht="15" customHeight="1">
       <c r="A20" s="212"/>
       <c r="B20" s="228"/>
       <c r="C20" s="254"/>
       <c r="D20" s="254"/>
       <c r="E20" s="254"/>
       <c r="F20" s="281"/>
       <c r="G20" s="255" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H20" s="282"/>
       <c r="I20" s="255" t="s">
         <v>61</v>
       </c>
       <c r="J20" s="282"/>
       <c r="K20" s="255" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L20" s="282"/>
       <c r="M20" s="255" t="s">
         <v>61</v>
       </c>
       <c r="N20" s="282"/>
       <c r="O20" s="255" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P20" s="282"/>
       <c r="Q20" s="255" t="s">
         <v>61</v>
       </c>
       <c r="R20" s="282"/>
       <c r="S20" s="255" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T20" s="282"/>
       <c r="U20" s="255" t="s">
         <v>61</v>
       </c>
       <c r="V20" s="324"/>
     </row>
     <row r="21" spans="1:34" ht="15" customHeight="1">
       <c r="A21" s="212"/>
       <c r="B21" s="229"/>
       <c r="C21" s="255" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D21" s="263"/>
       <c r="E21" s="263"/>
       <c r="F21" s="282"/>
       <c r="G21" s="255"/>
       <c r="H21" s="282"/>
       <c r="I21" s="255"/>
       <c r="J21" s="282"/>
       <c r="K21" s="255"/>
       <c r="L21" s="282"/>
       <c r="M21" s="255"/>
       <c r="N21" s="282"/>
       <c r="O21" s="255"/>
       <c r="P21" s="282"/>
       <c r="Q21" s="255"/>
       <c r="R21" s="282"/>
       <c r="S21" s="255"/>
       <c r="T21" s="282"/>
       <c r="U21" s="255"/>
       <c r="V21" s="324"/>
     </row>
     <row r="22" spans="1:34" ht="15" customHeight="1">
       <c r="A22" s="212"/>
       <c r="B22" s="230"/>
       <c r="C22" s="256" t="s">
         <v>45</v>
       </c>
       <c r="D22" s="263"/>
       <c r="E22" s="263"/>
       <c r="F22" s="282"/>
       <c r="G22" s="255"/>
       <c r="H22" s="282"/>
       <c r="I22" s="255"/>
       <c r="J22" s="282"/>
       <c r="K22" s="255"/>
       <c r="L22" s="282"/>
       <c r="M22" s="255"/>
       <c r="N22" s="282"/>
       <c r="O22" s="255"/>
       <c r="P22" s="282"/>
       <c r="Q22" s="255"/>
       <c r="R22" s="282"/>
       <c r="S22" s="255"/>
       <c r="T22" s="282"/>
       <c r="U22" s="255"/>
       <c r="V22" s="324"/>
     </row>
     <row r="23" spans="1:34" s="206" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="212"/>
       <c r="B23" s="231" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C23" s="231"/>
       <c r="D23" s="231"/>
       <c r="E23" s="231"/>
       <c r="F23" s="231"/>
       <c r="G23" s="231"/>
       <c r="H23" s="231"/>
       <c r="I23" s="231"/>
       <c r="J23" s="231"/>
       <c r="K23" s="231"/>
       <c r="L23" s="231"/>
       <c r="M23" s="231"/>
       <c r="N23" s="231"/>
       <c r="O23" s="231"/>
       <c r="P23" s="231"/>
       <c r="Q23" s="231"/>
       <c r="R23" s="231"/>
       <c r="S23" s="231"/>
       <c r="T23" s="231"/>
       <c r="U23" s="231"/>
       <c r="V23" s="325"/>
       <c r="W23" s="205"/>
       <c r="X23" s="205"/>
       <c r="Y23" s="205"/>
       <c r="Z23" s="205"/>
       <c r="AA23" s="205"/>
       <c r="AB23" s="205"/>
       <c r="AC23" s="205"/>
       <c r="AD23" s="205"/>
       <c r="AE23" s="205"/>
       <c r="AF23" s="205"/>
       <c r="AG23" s="205"/>
       <c r="AH23" s="205"/>
     </row>
     <row r="24" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A24" s="212"/>
       <c r="B24" s="232" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="232"/>
       <c r="D24" s="232"/>
       <c r="E24" s="232"/>
       <c r="F24" s="283"/>
       <c r="G24" s="295" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H24" s="301"/>
       <c r="I24" s="296" t="s">
         <v>62</v>
       </c>
       <c r="J24" s="301"/>
       <c r="K24" s="296" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L24" s="301"/>
       <c r="M24" s="296" t="s">
         <v>69</v>
       </c>
       <c r="N24" s="301"/>
       <c r="O24" s="296" t="s">
         <v>76</v>
       </c>
       <c r="P24" s="301"/>
       <c r="Q24" s="296" t="s">
         <v>82</v>
       </c>
       <c r="R24" s="301"/>
       <c r="S24" s="296" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T24" s="301"/>
       <c r="U24" s="296" t="s">
         <v>86</v>
       </c>
       <c r="V24" s="326"/>
       <c r="W24" s="205"/>
       <c r="X24" s="205"/>
       <c r="Y24" s="205"/>
       <c r="Z24" s="205"/>
       <c r="AA24" s="205"/>
       <c r="AB24" s="205"/>
       <c r="AC24" s="205"/>
       <c r="AD24" s="205"/>
       <c r="AE24" s="205"/>
       <c r="AF24" s="205"/>
       <c r="AG24" s="205"/>
       <c r="AH24" s="205"/>
     </row>
     <row r="25" spans="1:34" s="206" customFormat="1" ht="15.6" customHeight="1">
       <c r="A25" s="212"/>
       <c r="B25" s="233"/>
       <c r="C25" s="233"/>
       <c r="D25" s="233"/>
       <c r="E25" s="233"/>
@@ -8860,100 +8754,100 @@
       <c r="N26" s="316"/>
       <c r="O26" s="316"/>
       <c r="P26" s="316"/>
       <c r="Q26" s="316"/>
       <c r="R26" s="316"/>
       <c r="S26" s="316"/>
       <c r="T26" s="316"/>
       <c r="U26" s="316"/>
       <c r="V26" s="327"/>
       <c r="W26" s="205"/>
       <c r="X26" s="205"/>
       <c r="Y26" s="205"/>
       <c r="Z26" s="205"/>
       <c r="AA26" s="205"/>
       <c r="AB26" s="205"/>
       <c r="AC26" s="205"/>
       <c r="AD26" s="205"/>
       <c r="AE26" s="205"/>
       <c r="AF26" s="205"/>
       <c r="AG26" s="205"/>
       <c r="AH26" s="205"/>
     </row>
     <row r="27" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A27" s="212"/>
       <c r="B27" s="235" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C27" s="257"/>
       <c r="D27" s="257"/>
       <c r="E27" s="257"/>
       <c r="F27" s="286"/>
       <c r="G27" s="272"/>
       <c r="H27" s="257"/>
       <c r="I27" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J27" s="257"/>
       <c r="K27" s="309"/>
       <c r="L27" s="309"/>
       <c r="M27" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N27" s="257"/>
       <c r="O27" s="257"/>
       <c r="P27" s="257"/>
       <c r="Q27" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R27" s="257"/>
       <c r="S27" s="321"/>
       <c r="T27" s="321"/>
       <c r="U27" s="321"/>
       <c r="V27" s="328"/>
       <c r="W27" s="205"/>
       <c r="X27" s="205"/>
       <c r="Y27" s="205"/>
       <c r="Z27" s="205"/>
       <c r="AA27" s="205"/>
       <c r="AB27" s="205"/>
       <c r="AC27" s="205"/>
       <c r="AD27" s="205"/>
       <c r="AE27" s="205"/>
       <c r="AF27" s="205"/>
       <c r="AG27" s="205"/>
       <c r="AH27" s="205"/>
     </row>
     <row r="28" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A28" s="212"/>
       <c r="B28" s="236"/>
       <c r="C28" s="258" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D28" s="264"/>
       <c r="E28" s="272" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F28" s="286"/>
       <c r="G28" s="272"/>
       <c r="H28" s="257"/>
       <c r="I28" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J28" s="257"/>
       <c r="K28" s="309"/>
       <c r="L28" s="309"/>
       <c r="M28" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N28" s="257"/>
       <c r="O28" s="257"/>
       <c r="P28" s="257"/>
       <c r="Q28" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R28" s="257"/>
       <c r="S28" s="321"/>
       <c r="T28" s="321"/>
       <c r="U28" s="321"/>
       <c r="V28" s="328"/>
       <c r="W28" s="205"/>
@@ -8997,147 +8891,147 @@
       </c>
       <c r="R29" s="257"/>
       <c r="S29" s="321"/>
       <c r="T29" s="321"/>
       <c r="U29" s="321"/>
       <c r="V29" s="328"/>
       <c r="W29" s="205"/>
       <c r="X29" s="205"/>
       <c r="Y29" s="205"/>
       <c r="Z29" s="205"/>
       <c r="AA29" s="205"/>
       <c r="AB29" s="205"/>
       <c r="AC29" s="205"/>
       <c r="AD29" s="205"/>
       <c r="AE29" s="205"/>
       <c r="AF29" s="205"/>
       <c r="AG29" s="205"/>
       <c r="AH29" s="205"/>
     </row>
     <row r="30" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A30" s="212"/>
       <c r="B30" s="238"/>
       <c r="C30" s="260"/>
       <c r="D30" s="266"/>
       <c r="E30" s="272" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F30" s="286"/>
       <c r="G30" s="272"/>
       <c r="H30" s="257"/>
       <c r="I30" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J30" s="257"/>
       <c r="K30" s="309"/>
       <c r="L30" s="309"/>
       <c r="M30" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N30" s="257"/>
       <c r="O30" s="257"/>
       <c r="P30" s="257"/>
       <c r="Q30" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R30" s="257"/>
       <c r="S30" s="321"/>
       <c r="T30" s="321"/>
       <c r="U30" s="321"/>
       <c r="V30" s="328"/>
       <c r="W30" s="205"/>
       <c r="X30" s="205"/>
       <c r="Y30" s="205"/>
       <c r="Z30" s="205"/>
       <c r="AA30" s="205"/>
       <c r="AB30" s="205"/>
       <c r="AC30" s="205"/>
       <c r="AD30" s="205"/>
       <c r="AE30" s="205"/>
       <c r="AF30" s="205"/>
       <c r="AG30" s="205"/>
       <c r="AH30" s="205"/>
     </row>
     <row r="31" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A31" s="212"/>
       <c r="B31" s="239" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C31" s="239"/>
       <c r="D31" s="239"/>
       <c r="E31" s="239"/>
       <c r="F31" s="264"/>
       <c r="G31" s="272"/>
       <c r="H31" s="257"/>
       <c r="I31" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J31" s="257"/>
       <c r="K31" s="309"/>
       <c r="L31" s="309"/>
       <c r="M31" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N31" s="257"/>
       <c r="O31" s="257"/>
       <c r="P31" s="257"/>
       <c r="Q31" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R31" s="257"/>
       <c r="S31" s="321"/>
       <c r="T31" s="321"/>
       <c r="U31" s="321"/>
       <c r="V31" s="328"/>
       <c r="W31" s="205"/>
       <c r="X31" s="205"/>
       <c r="Y31" s="205"/>
       <c r="Z31" s="205"/>
       <c r="AA31" s="205"/>
       <c r="AB31" s="205"/>
       <c r="AC31" s="205"/>
       <c r="AD31" s="205"/>
       <c r="AE31" s="205"/>
       <c r="AF31" s="205"/>
       <c r="AG31" s="205"/>
       <c r="AH31" s="205"/>
     </row>
     <row r="32" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A32" s="213"/>
       <c r="B32" s="240" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C32" s="261"/>
       <c r="D32" s="261"/>
       <c r="E32" s="261"/>
       <c r="F32" s="287"/>
       <c r="G32" s="297"/>
       <c r="H32" s="302"/>
       <c r="I32" s="302"/>
       <c r="J32" s="302"/>
       <c r="K32" s="310" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L32" s="310"/>
       <c r="M32" s="261"/>
       <c r="N32" s="261"/>
       <c r="O32" s="261"/>
       <c r="P32" s="319"/>
       <c r="Q32" s="319"/>
       <c r="R32" s="320"/>
       <c r="S32" s="320"/>
       <c r="T32" s="322"/>
       <c r="U32" s="320"/>
       <c r="V32" s="329"/>
       <c r="W32" s="205"/>
       <c r="X32" s="205"/>
       <c r="Y32" s="205"/>
       <c r="Z32" s="205"/>
       <c r="AA32" s="205"/>
       <c r="AB32" s="205"/>
       <c r="AC32" s="205"/>
       <c r="AD32" s="205"/>
       <c r="AE32" s="205"/>
       <c r="AF32" s="205"/>
       <c r="AG32" s="205"/>
       <c r="AH32" s="205"/>
     </row>
@@ -9169,51 +9063,51 @@
       <c r="A34" s="214"/>
       <c r="B34" s="214"/>
       <c r="C34" s="214"/>
       <c r="D34" s="214"/>
       <c r="E34" s="214"/>
       <c r="F34" s="214"/>
       <c r="G34" s="298"/>
       <c r="H34" s="298"/>
       <c r="I34" s="298"/>
       <c r="J34" s="298"/>
       <c r="K34" s="298"/>
       <c r="L34" s="298"/>
       <c r="M34" s="298"/>
       <c r="N34" s="298"/>
       <c r="O34" s="298"/>
       <c r="P34" s="298"/>
       <c r="Q34" s="298"/>
       <c r="R34" s="298"/>
       <c r="S34" s="298"/>
       <c r="T34" s="298"/>
       <c r="U34" s="298"/>
       <c r="V34" s="298"/>
     </row>
     <row r="35" spans="1:34" s="207" customFormat="1" ht="29.4" customHeight="1">
       <c r="A35" s="215" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B35" s="215"/>
       <c r="C35" s="215"/>
       <c r="D35" s="215"/>
       <c r="E35" s="215"/>
       <c r="F35" s="215"/>
       <c r="G35" s="215"/>
       <c r="H35" s="215"/>
       <c r="I35" s="215"/>
       <c r="J35" s="215"/>
       <c r="K35" s="215"/>
       <c r="L35" s="215"/>
       <c r="M35" s="215"/>
       <c r="N35" s="215"/>
       <c r="O35" s="215"/>
       <c r="P35" s="215"/>
       <c r="Q35" s="215"/>
       <c r="R35" s="215"/>
       <c r="S35" s="215"/>
       <c r="T35" s="215"/>
       <c r="U35" s="215"/>
       <c r="V35" s="215"/>
     </row>
     <row r="36" spans="1:34" s="207" customFormat="1" ht="19.649999999999999" customHeight="1">
       <c r="A36" s="210" t="s">
@@ -9221,51 +9115,51 @@
       </c>
       <c r="B36" s="210"/>
       <c r="C36" s="210"/>
       <c r="D36" s="210"/>
       <c r="E36" s="210"/>
       <c r="F36" s="210"/>
       <c r="G36" s="210"/>
       <c r="H36" s="210"/>
       <c r="I36" s="210"/>
       <c r="J36" s="210"/>
       <c r="K36" s="210"/>
       <c r="L36" s="210"/>
       <c r="M36" s="210"/>
       <c r="N36" s="210"/>
       <c r="O36" s="210"/>
       <c r="P36" s="210"/>
       <c r="Q36" s="210"/>
       <c r="R36" s="210"/>
       <c r="S36" s="210"/>
       <c r="T36" s="210"/>
       <c r="U36" s="210"/>
       <c r="V36" s="210"/>
     </row>
     <row r="37" spans="1:34" s="207" customFormat="1" ht="15" customHeight="1">
       <c r="A37" s="216" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B37" s="241" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="241"/>
       <c r="D37" s="267"/>
       <c r="E37" s="273"/>
       <c r="F37" s="288"/>
       <c r="G37" s="288"/>
       <c r="H37" s="288"/>
       <c r="I37" s="288"/>
       <c r="J37" s="288"/>
       <c r="K37" s="288"/>
       <c r="L37" s="288"/>
       <c r="M37" s="288"/>
       <c r="N37" s="288"/>
       <c r="O37" s="288"/>
       <c r="P37" s="288"/>
       <c r="Q37" s="288"/>
       <c r="R37" s="288"/>
       <c r="S37" s="288"/>
       <c r="T37" s="288"/>
       <c r="U37" s="288"/>
       <c r="V37" s="330"/>
     </row>
@@ -9281,171 +9175,171 @@
       <c r="G38" s="289"/>
       <c r="H38" s="289"/>
       <c r="I38" s="289"/>
       <c r="J38" s="289"/>
       <c r="K38" s="289"/>
       <c r="L38" s="289"/>
       <c r="M38" s="289"/>
       <c r="N38" s="289"/>
       <c r="O38" s="289"/>
       <c r="P38" s="289"/>
       <c r="Q38" s="289"/>
       <c r="R38" s="289"/>
       <c r="S38" s="289"/>
       <c r="T38" s="289"/>
       <c r="U38" s="289"/>
       <c r="V38" s="331"/>
     </row>
     <row r="39" spans="1:34" s="207" customFormat="1" ht="15" customHeight="1">
       <c r="A39" s="217"/>
       <c r="B39" s="243" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="246"/>
       <c r="D39" s="269"/>
       <c r="E39" s="275" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F39" s="246"/>
       <c r="G39" s="246"/>
       <c r="H39" s="303"/>
       <c r="I39" s="303"/>
       <c r="J39" s="246" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K39" s="303"/>
       <c r="L39" s="303"/>
       <c r="M39" s="246" t="s">
         <v>71</v>
       </c>
       <c r="N39" s="246"/>
       <c r="O39" s="246"/>
       <c r="P39" s="246"/>
       <c r="Q39" s="246"/>
       <c r="R39" s="246"/>
       <c r="S39" s="246"/>
       <c r="T39" s="246"/>
       <c r="U39" s="246"/>
       <c r="V39" s="332"/>
     </row>
     <row r="40" spans="1:34" s="207" customFormat="1" ht="15" customHeight="1">
       <c r="A40" s="217"/>
       <c r="B40" s="244"/>
       <c r="C40" s="214"/>
       <c r="D40" s="270"/>
       <c r="E40" s="276"/>
       <c r="F40" s="290"/>
       <c r="G40" s="290"/>
       <c r="H40" s="304" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I40" s="290" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="J40" s="290"/>
       <c r="K40" s="290"/>
       <c r="L40" s="290"/>
       <c r="M40" s="290"/>
       <c r="N40" s="290"/>
       <c r="O40" s="304" t="s">
         <v>72</v>
       </c>
       <c r="P40" s="290" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Q40" s="290"/>
       <c r="R40" s="290"/>
       <c r="S40" s="290"/>
       <c r="T40" s="290"/>
       <c r="U40" s="290"/>
       <c r="V40" s="333"/>
     </row>
     <row r="41" spans="1:34" s="207" customFormat="1" ht="15" customHeight="1">
       <c r="A41" s="217"/>
       <c r="B41" s="244"/>
       <c r="C41" s="214"/>
       <c r="D41" s="270"/>
       <c r="E41" s="276"/>
       <c r="F41" s="290"/>
       <c r="G41" s="290"/>
       <c r="H41" s="304" t="s">
         <v>60</v>
       </c>
       <c r="I41" s="290" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J41" s="290"/>
       <c r="K41" s="290"/>
       <c r="L41" s="290"/>
       <c r="M41" s="290"/>
       <c r="N41" s="290"/>
       <c r="O41" s="304" t="s">
         <v>73</v>
       </c>
       <c r="P41" s="290" t="s">
         <v>79</v>
       </c>
       <c r="Q41" s="290"/>
       <c r="R41" s="290"/>
       <c r="S41" s="290"/>
       <c r="T41" s="290"/>
       <c r="U41" s="290"/>
       <c r="V41" s="333"/>
     </row>
     <row r="42" spans="1:34" s="207" customFormat="1" ht="18.899999999999999" customHeight="1">
       <c r="A42" s="217"/>
       <c r="B42" s="245"/>
       <c r="C42" s="262"/>
       <c r="D42" s="271"/>
       <c r="E42" s="277"/>
       <c r="F42" s="291"/>
       <c r="G42" s="291"/>
       <c r="H42" s="291"/>
       <c r="I42" s="291"/>
       <c r="J42" s="291"/>
       <c r="K42" s="291"/>
       <c r="L42" s="291"/>
       <c r="M42" s="291"/>
       <c r="N42" s="291"/>
       <c r="O42" s="291"/>
       <c r="P42" s="291"/>
       <c r="Q42" s="291"/>
       <c r="R42" s="291"/>
       <c r="S42" s="291"/>
       <c r="T42" s="291"/>
       <c r="U42" s="291"/>
       <c r="V42" s="334"/>
     </row>
     <row r="43" spans="1:34" s="207" customFormat="1" ht="15" customHeight="1">
       <c r="A43" s="217"/>
       <c r="B43" s="246" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C43" s="246"/>
       <c r="D43" s="246"/>
       <c r="E43" s="278" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F43" s="292"/>
       <c r="G43" s="299"/>
       <c r="H43" s="305"/>
       <c r="I43" s="305"/>
       <c r="J43" s="305"/>
       <c r="K43" s="311" t="s">
         <v>64</v>
       </c>
       <c r="L43" s="311"/>
       <c r="M43" s="315"/>
       <c r="N43" s="317"/>
       <c r="O43" s="318" t="s">
         <v>74</v>
       </c>
       <c r="P43" s="242"/>
       <c r="Q43" s="299"/>
       <c r="R43" s="305"/>
       <c r="S43" s="305"/>
       <c r="T43" s="305"/>
       <c r="U43" s="305"/>
       <c r="V43" s="335"/>
     </row>
     <row r="44" spans="1:34" s="207" customFormat="1" ht="15" customHeight="1">
       <c r="A44" s="218"/>
@@ -9491,144 +9385,144 @@
       <c r="M45" s="248"/>
       <c r="N45" s="248"/>
       <c r="O45" s="248"/>
       <c r="P45" s="248"/>
       <c r="Q45" s="248"/>
       <c r="R45" s="248"/>
       <c r="S45" s="248"/>
       <c r="T45" s="248"/>
       <c r="U45" s="248"/>
       <c r="V45" s="336"/>
     </row>
     <row r="46" spans="1:34" ht="15" customHeight="1">
       <c r="A46" s="220" t="s">
         <v>12</v>
       </c>
       <c r="B46" s="249"/>
       <c r="C46" s="249"/>
       <c r="D46" s="249"/>
       <c r="E46" s="249"/>
       <c r="F46" s="249"/>
       <c r="G46" s="249"/>
       <c r="H46" s="249"/>
       <c r="I46" s="306"/>
       <c r="J46" s="308"/>
       <c r="K46" s="312" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L46" s="313" t="s">
         <v>68</v>
       </c>
       <c r="M46" s="261"/>
       <c r="N46" s="261"/>
       <c r="O46" s="261"/>
       <c r="P46" s="261"/>
       <c r="Q46" s="261"/>
       <c r="R46" s="261"/>
       <c r="S46" s="287"/>
       <c r="T46" s="306"/>
       <c r="U46" s="308"/>
       <c r="V46" s="337" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W46" s="207"/>
     </row>
     <row r="47" spans="1:34" s="206" customFormat="1" ht="15" customHeight="1">
       <c r="A47" s="221" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B47" s="250" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C47" s="250"/>
       <c r="D47" s="250"/>
       <c r="E47" s="250"/>
       <c r="F47" s="250"/>
       <c r="G47" s="250"/>
       <c r="H47" s="250"/>
       <c r="I47" s="250"/>
       <c r="J47" s="250"/>
       <c r="K47" s="250"/>
       <c r="L47" s="250"/>
       <c r="M47" s="250"/>
       <c r="N47" s="250"/>
       <c r="O47" s="250"/>
       <c r="P47" s="250"/>
       <c r="Q47" s="250"/>
       <c r="R47" s="250"/>
       <c r="S47" s="250"/>
       <c r="T47" s="250"/>
       <c r="U47" s="250"/>
       <c r="V47" s="338"/>
       <c r="W47" s="205"/>
       <c r="X47" s="205"/>
       <c r="Y47" s="205"/>
       <c r="Z47" s="205"/>
       <c r="AA47" s="205"/>
       <c r="AB47" s="205"/>
       <c r="AC47" s="205"/>
       <c r="AD47" s="205"/>
       <c r="AE47" s="205"/>
       <c r="AF47" s="205"/>
       <c r="AG47" s="205"/>
       <c r="AH47" s="205"/>
     </row>
     <row r="48" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A48" s="222"/>
       <c r="B48" s="232" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="232"/>
       <c r="D48" s="232"/>
       <c r="E48" s="232"/>
       <c r="F48" s="283"/>
       <c r="G48" s="295" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H48" s="301"/>
       <c r="I48" s="296" t="s">
         <v>62</v>
       </c>
       <c r="J48" s="301"/>
       <c r="K48" s="296" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L48" s="301"/>
       <c r="M48" s="296" t="s">
         <v>69</v>
       </c>
       <c r="N48" s="301"/>
       <c r="O48" s="296" t="s">
         <v>76</v>
       </c>
       <c r="P48" s="301"/>
       <c r="Q48" s="296" t="s">
         <v>82</v>
       </c>
       <c r="R48" s="301"/>
       <c r="S48" s="296" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T48" s="301"/>
       <c r="U48" s="296" t="s">
         <v>86</v>
       </c>
       <c r="V48" s="326"/>
       <c r="W48" s="205"/>
       <c r="X48" s="205"/>
       <c r="Y48" s="205"/>
       <c r="Z48" s="205"/>
       <c r="AA48" s="205"/>
       <c r="AB48" s="205"/>
       <c r="AC48" s="205"/>
       <c r="AD48" s="205"/>
       <c r="AE48" s="205"/>
       <c r="AF48" s="205"/>
       <c r="AG48" s="205"/>
       <c r="AH48" s="205"/>
     </row>
     <row r="49" spans="1:34" s="206" customFormat="1" ht="15.6" customHeight="1">
       <c r="A49" s="222"/>
       <c r="B49" s="233"/>
       <c r="C49" s="233"/>
       <c r="D49" s="233"/>
       <c r="E49" s="233"/>
@@ -9681,100 +9575,100 @@
       <c r="N50" s="316"/>
       <c r="O50" s="316"/>
       <c r="P50" s="316"/>
       <c r="Q50" s="316"/>
       <c r="R50" s="316"/>
       <c r="S50" s="316"/>
       <c r="T50" s="316"/>
       <c r="U50" s="316"/>
       <c r="V50" s="327"/>
       <c r="W50" s="205"/>
       <c r="X50" s="205"/>
       <c r="Y50" s="205"/>
       <c r="Z50" s="205"/>
       <c r="AA50" s="205"/>
       <c r="AB50" s="205"/>
       <c r="AC50" s="205"/>
       <c r="AD50" s="205"/>
       <c r="AE50" s="205"/>
       <c r="AF50" s="205"/>
       <c r="AG50" s="205"/>
       <c r="AH50" s="205"/>
     </row>
     <row r="51" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A51" s="222"/>
       <c r="B51" s="235" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C51" s="257"/>
       <c r="D51" s="257"/>
       <c r="E51" s="257"/>
       <c r="F51" s="286"/>
       <c r="G51" s="272"/>
       <c r="H51" s="257"/>
       <c r="I51" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J51" s="257"/>
       <c r="K51" s="309"/>
       <c r="L51" s="309"/>
       <c r="M51" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N51" s="257"/>
       <c r="O51" s="257"/>
       <c r="P51" s="257"/>
       <c r="Q51" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R51" s="257"/>
       <c r="S51" s="321"/>
       <c r="T51" s="321"/>
       <c r="U51" s="321"/>
       <c r="V51" s="328"/>
       <c r="W51" s="205"/>
       <c r="X51" s="205"/>
       <c r="Y51" s="205"/>
       <c r="Z51" s="205"/>
       <c r="AA51" s="205"/>
       <c r="AB51" s="205"/>
       <c r="AC51" s="205"/>
       <c r="AD51" s="205"/>
       <c r="AE51" s="205"/>
       <c r="AF51" s="205"/>
       <c r="AG51" s="205"/>
       <c r="AH51" s="205"/>
     </row>
     <row r="52" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A52" s="222"/>
       <c r="B52" s="236"/>
       <c r="C52" s="258" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D52" s="264"/>
       <c r="E52" s="272" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F52" s="286"/>
       <c r="G52" s="272"/>
       <c r="H52" s="257"/>
       <c r="I52" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J52" s="257"/>
       <c r="K52" s="309"/>
       <c r="L52" s="309"/>
       <c r="M52" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N52" s="257"/>
       <c r="O52" s="257"/>
       <c r="P52" s="257"/>
       <c r="Q52" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R52" s="257"/>
       <c r="S52" s="321"/>
       <c r="T52" s="321"/>
       <c r="U52" s="321"/>
       <c r="V52" s="328"/>
       <c r="W52" s="205"/>
@@ -9818,247 +9712,247 @@
       </c>
       <c r="R53" s="257"/>
       <c r="S53" s="321"/>
       <c r="T53" s="321"/>
       <c r="U53" s="321"/>
       <c r="V53" s="328"/>
       <c r="W53" s="205"/>
       <c r="X53" s="205"/>
       <c r="Y53" s="205"/>
       <c r="Z53" s="205"/>
       <c r="AA53" s="205"/>
       <c r="AB53" s="205"/>
       <c r="AC53" s="205"/>
       <c r="AD53" s="205"/>
       <c r="AE53" s="205"/>
       <c r="AF53" s="205"/>
       <c r="AG53" s="205"/>
       <c r="AH53" s="205"/>
     </row>
     <row r="54" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A54" s="222"/>
       <c r="B54" s="238"/>
       <c r="C54" s="260"/>
       <c r="D54" s="266"/>
       <c r="E54" s="272" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F54" s="286"/>
       <c r="G54" s="272"/>
       <c r="H54" s="257"/>
       <c r="I54" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J54" s="257"/>
       <c r="K54" s="309"/>
       <c r="L54" s="309"/>
       <c r="M54" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N54" s="257"/>
       <c r="O54" s="257"/>
       <c r="P54" s="257"/>
       <c r="Q54" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R54" s="257"/>
       <c r="S54" s="321"/>
       <c r="T54" s="321"/>
       <c r="U54" s="321"/>
       <c r="V54" s="328"/>
       <c r="W54" s="205"/>
       <c r="X54" s="205"/>
       <c r="Y54" s="205"/>
       <c r="Z54" s="205"/>
       <c r="AA54" s="205"/>
       <c r="AB54" s="205"/>
       <c r="AC54" s="205"/>
       <c r="AD54" s="205"/>
       <c r="AE54" s="205"/>
       <c r="AF54" s="205"/>
       <c r="AG54" s="205"/>
       <c r="AH54" s="205"/>
     </row>
     <row r="55" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A55" s="222"/>
       <c r="B55" s="239" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C55" s="239"/>
       <c r="D55" s="239"/>
       <c r="E55" s="239"/>
       <c r="F55" s="264"/>
       <c r="G55" s="272"/>
       <c r="H55" s="257"/>
       <c r="I55" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J55" s="257"/>
       <c r="K55" s="309"/>
       <c r="L55" s="309"/>
       <c r="M55" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N55" s="257"/>
       <c r="O55" s="257"/>
       <c r="P55" s="257"/>
       <c r="Q55" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R55" s="257"/>
       <c r="S55" s="321"/>
       <c r="T55" s="321"/>
       <c r="U55" s="321"/>
       <c r="V55" s="328"/>
       <c r="W55" s="205"/>
       <c r="X55" s="205"/>
       <c r="Y55" s="205"/>
       <c r="Z55" s="205"/>
       <c r="AA55" s="205"/>
       <c r="AB55" s="205"/>
       <c r="AC55" s="205"/>
       <c r="AD55" s="205"/>
       <c r="AE55" s="205"/>
       <c r="AF55" s="205"/>
       <c r="AG55" s="205"/>
       <c r="AH55" s="205"/>
     </row>
     <row r="56" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A56" s="223"/>
       <c r="B56" s="240" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C56" s="261"/>
       <c r="D56" s="261"/>
       <c r="E56" s="261"/>
       <c r="F56" s="287"/>
       <c r="G56" s="297"/>
       <c r="H56" s="302"/>
       <c r="I56" s="302"/>
       <c r="J56" s="302"/>
       <c r="K56" s="310" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L56" s="310"/>
       <c r="M56" s="261"/>
       <c r="N56" s="261"/>
       <c r="O56" s="261"/>
       <c r="P56" s="319"/>
       <c r="Q56" s="319"/>
       <c r="R56" s="320"/>
       <c r="S56" s="320"/>
       <c r="T56" s="322"/>
       <c r="U56" s="320"/>
       <c r="V56" s="329"/>
       <c r="W56" s="205"/>
       <c r="X56" s="205"/>
       <c r="Y56" s="205"/>
       <c r="Z56" s="205"/>
       <c r="AA56" s="205"/>
       <c r="AB56" s="205"/>
       <c r="AC56" s="205"/>
       <c r="AD56" s="205"/>
       <c r="AE56" s="205"/>
       <c r="AF56" s="205"/>
       <c r="AG56" s="205"/>
       <c r="AH56" s="205"/>
     </row>
     <row r="57" spans="1:34" s="206" customFormat="1" ht="15" customHeight="1">
       <c r="A57" s="221" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="250" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C57" s="250"/>
       <c r="D57" s="250"/>
       <c r="E57" s="250"/>
       <c r="F57" s="250"/>
       <c r="G57" s="250"/>
       <c r="H57" s="250"/>
       <c r="I57" s="250"/>
       <c r="J57" s="250"/>
       <c r="K57" s="250"/>
       <c r="L57" s="250"/>
       <c r="M57" s="250"/>
       <c r="N57" s="250"/>
       <c r="O57" s="250"/>
       <c r="P57" s="250"/>
       <c r="Q57" s="250"/>
       <c r="R57" s="250"/>
       <c r="S57" s="250"/>
       <c r="T57" s="250"/>
       <c r="U57" s="250"/>
       <c r="V57" s="338"/>
       <c r="W57" s="205"/>
       <c r="X57" s="205"/>
       <c r="Y57" s="205"/>
       <c r="Z57" s="205"/>
       <c r="AA57" s="205"/>
       <c r="AB57" s="205"/>
       <c r="AC57" s="205"/>
       <c r="AD57" s="205"/>
       <c r="AE57" s="205"/>
       <c r="AF57" s="205"/>
       <c r="AG57" s="205"/>
       <c r="AH57" s="205"/>
     </row>
     <row r="58" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A58" s="222"/>
       <c r="B58" s="232" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="232"/>
       <c r="D58" s="232"/>
       <c r="E58" s="232"/>
       <c r="F58" s="283"/>
       <c r="G58" s="295" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H58" s="301"/>
       <c r="I58" s="296" t="s">
         <v>62</v>
       </c>
       <c r="J58" s="301"/>
       <c r="K58" s="296" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L58" s="301"/>
       <c r="M58" s="296" t="s">
         <v>69</v>
       </c>
       <c r="N58" s="301"/>
       <c r="O58" s="296" t="s">
         <v>76</v>
       </c>
       <c r="P58" s="301"/>
       <c r="Q58" s="296" t="s">
         <v>82</v>
       </c>
       <c r="R58" s="301"/>
       <c r="S58" s="296" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T58" s="301"/>
       <c r="U58" s="296" t="s">
         <v>86</v>
       </c>
       <c r="V58" s="326"/>
       <c r="W58" s="205"/>
       <c r="X58" s="205"/>
       <c r="Y58" s="205"/>
       <c r="Z58" s="205"/>
       <c r="AA58" s="205"/>
       <c r="AB58" s="205"/>
       <c r="AC58" s="205"/>
       <c r="AD58" s="205"/>
       <c r="AE58" s="205"/>
       <c r="AF58" s="205"/>
       <c r="AG58" s="205"/>
       <c r="AH58" s="205"/>
     </row>
     <row r="59" spans="1:34" s="206" customFormat="1" ht="15.6" customHeight="1">
       <c r="A59" s="222"/>
       <c r="B59" s="233"/>
       <c r="C59" s="233"/>
       <c r="D59" s="233"/>
       <c r="E59" s="233"/>
@@ -10111,100 +10005,100 @@
       <c r="N60" s="316"/>
       <c r="O60" s="316"/>
       <c r="P60" s="316"/>
       <c r="Q60" s="316"/>
       <c r="R60" s="316"/>
       <c r="S60" s="316"/>
       <c r="T60" s="316"/>
       <c r="U60" s="316"/>
       <c r="V60" s="327"/>
       <c r="W60" s="205"/>
       <c r="X60" s="205"/>
       <c r="Y60" s="205"/>
       <c r="Z60" s="205"/>
       <c r="AA60" s="205"/>
       <c r="AB60" s="205"/>
       <c r="AC60" s="205"/>
       <c r="AD60" s="205"/>
       <c r="AE60" s="205"/>
       <c r="AF60" s="205"/>
       <c r="AG60" s="205"/>
       <c r="AH60" s="205"/>
     </row>
     <row r="61" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A61" s="222"/>
       <c r="B61" s="235" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C61" s="257"/>
       <c r="D61" s="257"/>
       <c r="E61" s="257"/>
       <c r="F61" s="286"/>
       <c r="G61" s="272"/>
       <c r="H61" s="257"/>
       <c r="I61" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J61" s="257"/>
       <c r="K61" s="309"/>
       <c r="L61" s="309"/>
       <c r="M61" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N61" s="257"/>
       <c r="O61" s="257"/>
       <c r="P61" s="257"/>
       <c r="Q61" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R61" s="257"/>
       <c r="S61" s="321"/>
       <c r="T61" s="321"/>
       <c r="U61" s="321"/>
       <c r="V61" s="328"/>
       <c r="W61" s="205"/>
       <c r="X61" s="205"/>
       <c r="Y61" s="205"/>
       <c r="Z61" s="205"/>
       <c r="AA61" s="205"/>
       <c r="AB61" s="205"/>
       <c r="AC61" s="205"/>
       <c r="AD61" s="205"/>
       <c r="AE61" s="205"/>
       <c r="AF61" s="205"/>
       <c r="AG61" s="205"/>
       <c r="AH61" s="205"/>
     </row>
     <row r="62" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A62" s="222"/>
       <c r="B62" s="236"/>
       <c r="C62" s="258" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D62" s="264"/>
       <c r="E62" s="272" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F62" s="286"/>
       <c r="G62" s="272"/>
       <c r="H62" s="257"/>
       <c r="I62" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J62" s="257"/>
       <c r="K62" s="309"/>
       <c r="L62" s="309"/>
       <c r="M62" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N62" s="257"/>
       <c r="O62" s="257"/>
       <c r="P62" s="257"/>
       <c r="Q62" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R62" s="257"/>
       <c r="S62" s="321"/>
       <c r="T62" s="321"/>
       <c r="U62" s="321"/>
       <c r="V62" s="328"/>
       <c r="W62" s="205"/>
@@ -10248,147 +10142,147 @@
       </c>
       <c r="R63" s="257"/>
       <c r="S63" s="321"/>
       <c r="T63" s="321"/>
       <c r="U63" s="321"/>
       <c r="V63" s="328"/>
       <c r="W63" s="205"/>
       <c r="X63" s="205"/>
       <c r="Y63" s="205"/>
       <c r="Z63" s="205"/>
       <c r="AA63" s="205"/>
       <c r="AB63" s="205"/>
       <c r="AC63" s="205"/>
       <c r="AD63" s="205"/>
       <c r="AE63" s="205"/>
       <c r="AF63" s="205"/>
       <c r="AG63" s="205"/>
       <c r="AH63" s="205"/>
     </row>
     <row r="64" spans="1:34" s="206" customFormat="1" ht="15.9" customHeight="1">
       <c r="A64" s="222"/>
       <c r="B64" s="238"/>
       <c r="C64" s="260"/>
       <c r="D64" s="266"/>
       <c r="E64" s="272" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F64" s="286"/>
       <c r="G64" s="272"/>
       <c r="H64" s="257"/>
       <c r="I64" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J64" s="257"/>
       <c r="K64" s="309"/>
       <c r="L64" s="309"/>
       <c r="M64" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N64" s="257"/>
       <c r="O64" s="257"/>
       <c r="P64" s="257"/>
       <c r="Q64" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R64" s="257"/>
       <c r="S64" s="321"/>
       <c r="T64" s="321"/>
       <c r="U64" s="321"/>
       <c r="V64" s="328"/>
       <c r="W64" s="205"/>
       <c r="X64" s="205"/>
       <c r="Y64" s="205"/>
       <c r="Z64" s="205"/>
       <c r="AA64" s="205"/>
       <c r="AB64" s="205"/>
       <c r="AC64" s="205"/>
       <c r="AD64" s="205"/>
       <c r="AE64" s="205"/>
       <c r="AF64" s="205"/>
       <c r="AG64" s="205"/>
       <c r="AH64" s="205"/>
     </row>
     <row r="65" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A65" s="222"/>
       <c r="B65" s="239" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C65" s="239"/>
       <c r="D65" s="239"/>
       <c r="E65" s="239"/>
       <c r="F65" s="264"/>
       <c r="G65" s="272"/>
       <c r="H65" s="257"/>
       <c r="I65" s="257" t="s">
         <v>63</v>
       </c>
       <c r="J65" s="257"/>
       <c r="K65" s="309"/>
       <c r="L65" s="309"/>
       <c r="M65" s="257" t="s">
         <v>70</v>
       </c>
       <c r="N65" s="257"/>
       <c r="O65" s="257"/>
       <c r="P65" s="257"/>
       <c r="Q65" s="257" t="s">
         <v>63</v>
       </c>
       <c r="R65" s="257"/>
       <c r="S65" s="321"/>
       <c r="T65" s="321"/>
       <c r="U65" s="321"/>
       <c r="V65" s="328"/>
       <c r="W65" s="205"/>
       <c r="X65" s="205"/>
       <c r="Y65" s="205"/>
       <c r="Z65" s="205"/>
       <c r="AA65" s="205"/>
       <c r="AB65" s="205"/>
       <c r="AC65" s="205"/>
       <c r="AD65" s="205"/>
       <c r="AE65" s="205"/>
       <c r="AF65" s="205"/>
       <c r="AG65" s="205"/>
       <c r="AH65" s="205"/>
     </row>
     <row r="66" spans="1:34" s="206" customFormat="1" ht="16.350000000000001" customHeight="1">
       <c r="A66" s="223"/>
       <c r="B66" s="240" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C66" s="261"/>
       <c r="D66" s="261"/>
       <c r="E66" s="261"/>
       <c r="F66" s="287"/>
       <c r="G66" s="297"/>
       <c r="H66" s="302"/>
       <c r="I66" s="302"/>
       <c r="J66" s="302"/>
       <c r="K66" s="310" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L66" s="310"/>
       <c r="M66" s="261"/>
       <c r="N66" s="261"/>
       <c r="O66" s="261"/>
       <c r="P66" s="319"/>
       <c r="Q66" s="319"/>
       <c r="R66" s="320"/>
       <c r="S66" s="320"/>
       <c r="T66" s="322"/>
       <c r="U66" s="320"/>
       <c r="V66" s="329"/>
       <c r="W66" s="205"/>
       <c r="X66" s="205"/>
       <c r="Y66" s="205"/>
       <c r="Z66" s="205"/>
       <c r="AA66" s="205"/>
       <c r="AB66" s="205"/>
       <c r="AC66" s="205"/>
       <c r="AD66" s="205"/>
       <c r="AE66" s="205"/>
       <c r="AF66" s="205"/>
       <c r="AG66" s="205"/>
       <c r="AH66" s="205"/>
     </row>
@@ -10877,29 +10771,29 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>中村 葉子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="2" name="SavedVersions">
     <vt:vector size="1" baseType="lpwstr">
       <vt:lpwstr>3.1.3.0</vt:lpwstr>
     </vt:vector>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="3" name="LastSavedVersion">
     <vt:lpwstr>3.1.3.0</vt:lpwstr>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="4" name="LastSavedDate">
-    <vt:filetime>2024-07-24T06:21:43Z</vt:filetime>
+    <vt:filetime>2025-09-08T02:53:15Z</vt:filetime>
   </property>
 </Properties>
 </file>