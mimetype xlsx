--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -109,258 +109,259 @@
       <t>ウム</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>利用者数(推定数を記入)</t>
   </si>
   <si>
     <t>協力医
 療機関</t>
     <rPh sb="0" eb="2">
       <t>キョウリョク</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>イ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>リョウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>○人員に関する基準の確認に必要な事項</t>
+  </si>
+  <si>
     <t>常勤（人）</t>
   </si>
   <si>
-    <t>○人員に関する基準の確認に必要な事項</t>
-[...1 lines deleted...]
-  <si>
     <t>従業者の職種・員数</t>
   </si>
   <si>
+    <t>共同生活住居数</t>
+  </si>
+  <si>
     <t>②</t>
   </si>
   <si>
-    <t>共同生活住居数</t>
+    <t>利用定員</t>
   </si>
   <si>
     <t>（内線）</t>
     <rPh sb="1" eb="3">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>利用定員</t>
-[...1 lines deleted...]
-  <si>
     <t>○設備に関する基準の確認に必要な事項</t>
+  </si>
+  <si>
+    <t>添付書類</t>
+  </si>
+  <si>
+    <t>当該事業所で兼務する他の職種（兼務の場合のみ記入）</t>
   </si>
   <si>
     <t>同一敷地内の他の事業所又は
 施設の従業者との兼務
 （兼務の場合のみ記入）</t>
   </si>
   <si>
-    <t>当該事業所で兼務する他の職種（兼務の場合のみ記入）</t>
-[...2 lines deleted...]
-    <t>添付書類</t>
+    <t>備考</t>
+    <rPh sb="0" eb="2">
+      <t>ビコウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>市</t>
     <rPh sb="0" eb="1">
       <t>シ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>備考</t>
-[...5 lines deleted...]
-  <si>
     <t>フリガナ</t>
   </si>
   <si>
     <t>名    称</t>
   </si>
   <si>
     <t>所在地</t>
   </si>
   <si>
     <t>連絡先</t>
   </si>
   <si>
     <t>氏  名</t>
   </si>
   <si>
+    <t>生年月日</t>
+  </si>
+  <si>
     <t>電話番号</t>
   </si>
   <si>
-    <t>生年月日</t>
+    <t>名称</t>
   </si>
   <si>
     <t xml:space="preserve"> ）</t>
   </si>
   <si>
-    <t>名称</t>
+    <t>非常勤（人）</t>
+  </si>
+  <si>
+    <t>　</t>
   </si>
   <si>
     <t>事業所番号</t>
-  </si>
-[...4 lines deleted...]
-    <t>非常勤（人）</t>
   </si>
   <si>
     <t>常勤換算後の人数（人）</t>
   </si>
   <si>
     <t xml:space="preserve">１　記入欄が不足する場合は、適宜欄を設けて記載するか又は次頁の記入欄不足時の書類を添付してください。
 ２　管理者の兼務については、添付資料にて確認可能な場合は記載を省略することが可能です。 
 ３　「協力歯科医療機関」がある場合は、「協力医療機関」欄に併せて記載してください。 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">（郵便番号    </t>
+  </si>
+  <si>
+    <t>別添のとおり</t>
   </si>
   <si>
     <t>本体施設名称</t>
     <rPh sb="0" eb="2">
       <t>ホンタイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>シセツ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>別添のとおり</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">（郵便番号    </t>
+    <t>Email</t>
   </si>
   <si>
     <t>FAX 番号</t>
   </si>
   <si>
-    <t>Email</t>
+    <t>戸</t>
   </si>
   <si>
     <t>介護従業者</t>
-  </si>
-[...1 lines deleted...]
-    <t>戸</t>
   </si>
   <si>
     <t>人</t>
   </si>
   <si>
     <t>都</t>
     <rPh sb="0" eb="1">
       <t>ト</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>府</t>
     <rPh sb="0" eb="1">
       <t>フ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>兼務する職種
 及び勤務時間等</t>
   </si>
   <si>
     <t>①</t>
   </si>
   <si>
     <t>専従</t>
   </si>
   <si>
     <t xml:space="preserve">  －   </t>
   </si>
   <si>
     <t>道</t>
     <rPh sb="0" eb="1">
       <t>ミチ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>県</t>
+    <rPh sb="0" eb="1">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
     <t>町</t>
     <rPh sb="0" eb="1">
       <t>マチ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>県</t>
-[...5 lines deleted...]
-  <si>
     <t>兼務</t>
   </si>
   <si>
     <t>主な診療科名</t>
   </si>
   <si>
     <t>③</t>
   </si>
   <si>
     <t>区</t>
     <rPh sb="0" eb="1">
       <t>ク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>村</t>
     <rPh sb="0" eb="1">
       <t>ムラ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>■協力医療機関</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <numFmts count="1">
-    <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+  <numFmts count="2">
+    <numFmt numFmtId="176" formatCode="0_ "/>
+    <numFmt numFmtId="177" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="15">
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="6"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1299,51 +1300,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="177">
+  <cellXfs count="178">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1364,50 +1365,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1466,105 +1468,105 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="6" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="6" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
@@ -1580,51 +1582,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="6" fillId="2" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="42" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1658,51 +1660,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="2" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="48" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="49" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="50" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="50" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
@@ -2343,1185 +2345,1185 @@
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X37"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection sqref="A1:X1"/>
+      <selection activeCell="E2" sqref="E2:X2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="8.77734375" style="1"/>
     <col min="2" max="24" width="4.77734375" style="1" customWidth="1"/>
     <col min="25" max="16384" width="8.77734375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="36" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="B1" s="1"/>
-[...21 lines deleted...]
-      <c r="X1" s="1"/>
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="22"/>
+      <c r="H1" s="22"/>
+      <c r="I1" s="22"/>
+      <c r="J1" s="22"/>
+      <c r="K1" s="22"/>
+      <c r="L1" s="22"/>
+      <c r="M1" s="22"/>
+      <c r="N1" s="22"/>
+      <c r="O1" s="22"/>
+      <c r="P1" s="22"/>
+      <c r="Q1" s="22"/>
+      <c r="R1" s="22"/>
+      <c r="S1" s="22"/>
+      <c r="T1" s="22"/>
+      <c r="U1" s="22"/>
+      <c r="V1" s="22"/>
+      <c r="W1" s="22"/>
+      <c r="X1" s="22"/>
     </row>
     <row r="2" spans="1:24" ht="15" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="22" t="s">
+      <c r="B2" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="45"/>
-[...20 lines deleted...]
-      <c r="X2" s="120"/>
+      <c r="C2" s="46"/>
+      <c r="D2" s="46"/>
+      <c r="E2" s="57"/>
+      <c r="F2" s="69"/>
+      <c r="G2" s="69"/>
+      <c r="H2" s="69"/>
+      <c r="I2" s="69"/>
+      <c r="J2" s="69"/>
+      <c r="K2" s="69"/>
+      <c r="L2" s="69"/>
+      <c r="M2" s="69"/>
+      <c r="N2" s="69"/>
+      <c r="O2" s="69"/>
+      <c r="P2" s="69"/>
+      <c r="Q2" s="69"/>
+      <c r="R2" s="69"/>
+      <c r="S2" s="69"/>
+      <c r="T2" s="69"/>
+      <c r="U2" s="69"/>
+      <c r="V2" s="69"/>
+      <c r="W2" s="69"/>
+      <c r="X2" s="121"/>
     </row>
     <row r="3" spans="1:24" ht="15" customHeight="1">
       <c r="A3" s="4"/>
-      <c r="B3" s="23" t="s">
+      <c r="B3" s="24" t="s">
         <v>24</v>
       </c>
-      <c r="C3" s="46"/>
-[...20 lines deleted...]
-      <c r="X3" s="121"/>
+      <c r="C3" s="47"/>
+      <c r="D3" s="52"/>
+      <c r="E3" s="58"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="70"/>
+      <c r="H3" s="70"/>
+      <c r="I3" s="70"/>
+      <c r="J3" s="70"/>
+      <c r="K3" s="70"/>
+      <c r="L3" s="70"/>
+      <c r="M3" s="70"/>
+      <c r="N3" s="70"/>
+      <c r="O3" s="70"/>
+      <c r="P3" s="70"/>
+      <c r="Q3" s="70"/>
+      <c r="R3" s="70"/>
+      <c r="S3" s="70"/>
+      <c r="T3" s="70"/>
+      <c r="U3" s="70"/>
+      <c r="V3" s="70"/>
+      <c r="W3" s="70"/>
+      <c r="X3" s="122"/>
     </row>
     <row r="4" spans="1:24" ht="30" customHeight="1">
       <c r="A4" s="4"/>
-      <c r="B4" s="24" t="s">
+      <c r="B4" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="42"/>
-[...20 lines deleted...]
-      <c r="X4" s="122"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="53"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="71"/>
+      <c r="G4" s="71"/>
+      <c r="H4" s="71"/>
+      <c r="I4" s="71"/>
+      <c r="J4" s="71"/>
+      <c r="K4" s="71"/>
+      <c r="L4" s="71"/>
+      <c r="M4" s="71"/>
+      <c r="N4" s="71"/>
+      <c r="O4" s="71"/>
+      <c r="P4" s="71"/>
+      <c r="Q4" s="71"/>
+      <c r="R4" s="71"/>
+      <c r="S4" s="71"/>
+      <c r="T4" s="71"/>
+      <c r="U4" s="71"/>
+      <c r="V4" s="71"/>
+      <c r="W4" s="71"/>
+      <c r="X4" s="123"/>
     </row>
     <row r="5" spans="1:24" ht="15" customHeight="1">
       <c r="A5" s="4"/>
-      <c r="B5" s="25" t="s">
+      <c r="B5" s="26" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="47"/>
-[...8 lines deleted...]
-      <c r="J5" s="47" t="s">
+      <c r="C5" s="48"/>
+      <c r="D5" s="54"/>
+      <c r="E5" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" s="48"/>
+      <c r="G5" s="48"/>
+      <c r="H5" s="81"/>
+      <c r="I5" s="81"/>
+      <c r="J5" s="48" t="s">
         <v>51</v>
       </c>
-      <c r="K5" s="80"/>
-[...14 lines deleted...]
-      <c r="X5" s="123"/>
+      <c r="K5" s="81"/>
+      <c r="L5" s="81"/>
+      <c r="M5" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" s="102"/>
+      <c r="O5" s="102"/>
+      <c r="P5" s="102"/>
+      <c r="Q5" s="102"/>
+      <c r="R5" s="102"/>
+      <c r="S5" s="102"/>
+      <c r="T5" s="102"/>
+      <c r="U5" s="102"/>
+      <c r="V5" s="102"/>
+      <c r="W5" s="102"/>
+      <c r="X5" s="124"/>
     </row>
     <row r="6" spans="1:24" ht="15" customHeight="1">
       <c r="A6" s="4"/>
-      <c r="B6" s="26"/>
-[...6 lines deleted...]
-      <c r="I6" s="84" t="s">
+      <c r="B6" s="27"/>
+      <c r="C6" s="38"/>
+      <c r="D6" s="55"/>
+      <c r="E6" s="60"/>
+      <c r="F6" s="72"/>
+      <c r="G6" s="72"/>
+      <c r="H6" s="72"/>
+      <c r="I6" s="85" t="s">
         <v>46</v>
       </c>
-      <c r="J6" s="71" t="s">
+      <c r="J6" s="72" t="s">
         <v>52</v>
       </c>
-      <c r="K6" s="71"/>
-[...8 lines deleted...]
-      <c r="R6" s="71" t="s">
+      <c r="K6" s="72"/>
+      <c r="L6" s="72"/>
+      <c r="M6" s="72"/>
+      <c r="N6" s="72"/>
+      <c r="O6" s="72"/>
+      <c r="P6" s="72"/>
+      <c r="Q6" s="85" t="s">
+        <v>23</v>
+      </c>
+      <c r="R6" s="72" t="s">
         <v>58</v>
       </c>
-      <c r="S6" s="111"/>
-[...4 lines deleted...]
-      <c r="X6" s="124"/>
+      <c r="S6" s="112"/>
+      <c r="T6" s="112"/>
+      <c r="U6" s="112"/>
+      <c r="V6" s="112"/>
+      <c r="W6" s="112"/>
+      <c r="X6" s="125"/>
     </row>
     <row r="7" spans="1:24" ht="15" customHeight="1">
       <c r="A7" s="4"/>
-      <c r="B7" s="26"/>
-[...6 lines deleted...]
-      <c r="I7" s="84" t="s">
+      <c r="B7" s="27"/>
+      <c r="C7" s="38"/>
+      <c r="D7" s="55"/>
+      <c r="E7" s="60"/>
+      <c r="F7" s="72"/>
+      <c r="G7" s="72"/>
+      <c r="H7" s="72"/>
+      <c r="I7" s="85" t="s">
         <v>47</v>
       </c>
-      <c r="J7" s="71" t="s">
+      <c r="J7" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" s="72"/>
+      <c r="L7" s="72"/>
+      <c r="M7" s="72"/>
+      <c r="N7" s="72"/>
+      <c r="O7" s="72"/>
+      <c r="P7" s="72"/>
+      <c r="Q7" s="85" t="s">
         <v>54</v>
       </c>
-      <c r="K7" s="71"/>
-[...8 lines deleted...]
-      <c r="R7" s="71" t="s">
+      <c r="R7" s="72" t="s">
         <v>59</v>
       </c>
-      <c r="S7" s="111"/>
-[...4 lines deleted...]
-      <c r="X7" s="124"/>
+      <c r="S7" s="112"/>
+      <c r="T7" s="112"/>
+      <c r="U7" s="112"/>
+      <c r="V7" s="112"/>
+      <c r="W7" s="112"/>
+      <c r="X7" s="125"/>
     </row>
     <row r="8" spans="1:24" ht="18.899999999999999" customHeight="1">
       <c r="A8" s="4"/>
-      <c r="B8" s="27"/>
-[...21 lines deleted...]
-      <c r="X8" s="125"/>
+      <c r="B8" s="28"/>
+      <c r="C8" s="49"/>
+      <c r="D8" s="56"/>
+      <c r="E8" s="61"/>
+      <c r="F8" s="42"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="42"/>
+      <c r="J8" s="42"/>
+      <c r="K8" s="42"/>
+      <c r="L8" s="42"/>
+      <c r="M8" s="42"/>
+      <c r="N8" s="42"/>
+      <c r="O8" s="42"/>
+      <c r="P8" s="42"/>
+      <c r="Q8" s="42"/>
+      <c r="R8" s="42"/>
+      <c r="S8" s="42"/>
+      <c r="T8" s="42"/>
+      <c r="U8" s="42"/>
+      <c r="V8" s="42"/>
+      <c r="W8" s="42"/>
+      <c r="X8" s="126"/>
     </row>
     <row r="9" spans="1:24" ht="15" customHeight="1">
       <c r="A9" s="4"/>
-      <c r="B9" s="28" t="s">
+      <c r="B9" s="29" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="49"/>
-[...26 lines deleted...]
-      <c r="X9" s="126"/>
+      <c r="C9" s="50"/>
+      <c r="D9" s="50"/>
+      <c r="E9" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" s="29"/>
+      <c r="G9" s="79"/>
+      <c r="H9" s="82"/>
+      <c r="I9" s="82"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="82"/>
+      <c r="L9" s="92" t="s">
+        <v>17</v>
+      </c>
+      <c r="M9" s="92"/>
+      <c r="N9" s="103"/>
+      <c r="O9" s="103"/>
+      <c r="P9" s="106" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q9" s="109"/>
+      <c r="R9" s="110"/>
+      <c r="S9" s="110"/>
+      <c r="T9" s="110"/>
+      <c r="U9" s="110"/>
+      <c r="V9" s="110"/>
+      <c r="W9" s="110"/>
+      <c r="X9" s="127"/>
     </row>
     <row r="10" spans="1:24" ht="15" customHeight="1">
       <c r="A10" s="5"/>
-      <c r="B10" s="28"/>
-[...23 lines deleted...]
-      <c r="X10" s="127"/>
+      <c r="B10" s="29"/>
+      <c r="C10" s="50"/>
+      <c r="D10" s="50"/>
+      <c r="E10" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" s="29"/>
+      <c r="G10" s="79"/>
+      <c r="H10" s="82"/>
+      <c r="I10" s="82"/>
+      <c r="J10" s="82"/>
+      <c r="K10" s="82"/>
+      <c r="L10" s="82"/>
+      <c r="M10" s="82"/>
+      <c r="N10" s="82"/>
+      <c r="O10" s="82"/>
+      <c r="P10" s="82"/>
+      <c r="Q10" s="82"/>
+      <c r="R10" s="82"/>
+      <c r="S10" s="82"/>
+      <c r="T10" s="82"/>
+      <c r="U10" s="82"/>
+      <c r="V10" s="82"/>
+      <c r="W10" s="82"/>
+      <c r="X10" s="128"/>
     </row>
     <row r="11" spans="1:24" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="29" t="s">
+      <c r="B11" s="30" t="s">
         <v>24</v>
       </c>
-      <c r="C11" s="42"/>
-[...9 lines deleted...]
-      <c r="M11" s="26" t="s">
+      <c r="C11" s="43"/>
+      <c r="D11" s="43"/>
+      <c r="E11" s="62"/>
+      <c r="F11" s="73"/>
+      <c r="G11" s="73"/>
+      <c r="H11" s="73"/>
+      <c r="I11" s="73"/>
+      <c r="J11" s="73"/>
+      <c r="K11" s="73"/>
+      <c r="L11" s="93"/>
+      <c r="M11" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="N11" s="54"/>
-[...7 lines deleted...]
-      <c r="T11" s="47" t="s">
+      <c r="N11" s="55"/>
+      <c r="O11" s="34" t="s">
+        <v>38</v>
+      </c>
+      <c r="P11" s="51"/>
+      <c r="Q11" s="51"/>
+      <c r="R11" s="111"/>
+      <c r="S11" s="111"/>
+      <c r="T11" s="48" t="s">
         <v>51</v>
       </c>
-      <c r="U11" s="110"/>
-[...4 lines deleted...]
-      <c r="X11" s="128"/>
+      <c r="U11" s="111"/>
+      <c r="V11" s="111"/>
+      <c r="W11" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="X11" s="129"/>
     </row>
     <row r="12" spans="1:24" ht="15" customHeight="1">
       <c r="A12" s="6"/>
-      <c r="B12" s="30" t="s">
+      <c r="B12" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="C12" s="30"/>
-[...11 lines deleted...]
-      <c r="O12" s="60" t="s">
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="63"/>
+      <c r="F12" s="74"/>
+      <c r="G12" s="74"/>
+      <c r="H12" s="74"/>
+      <c r="I12" s="74"/>
+      <c r="J12" s="74"/>
+      <c r="K12" s="74"/>
+      <c r="L12" s="94"/>
+      <c r="M12" s="27"/>
+      <c r="N12" s="55"/>
+      <c r="O12" s="61" t="s">
         <v>34</v>
       </c>
-      <c r="P12" s="41"/>
-[...7 lines deleted...]
-      <c r="X12" s="125"/>
+      <c r="P12" s="42"/>
+      <c r="Q12" s="42"/>
+      <c r="R12" s="42"/>
+      <c r="S12" s="42"/>
+      <c r="T12" s="42"/>
+      <c r="U12" s="42"/>
+      <c r="V12" s="42"/>
+      <c r="W12" s="42"/>
+      <c r="X12" s="126"/>
     </row>
     <row r="13" spans="1:24" ht="15" customHeight="1">
       <c r="A13" s="6"/>
-      <c r="B13" s="31" t="s">
-[...23 lines deleted...]
-      <c r="X13" s="129"/>
+      <c r="B13" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="C13" s="48"/>
+      <c r="D13" s="48"/>
+      <c r="E13" s="64"/>
+      <c r="F13" s="75"/>
+      <c r="G13" s="75"/>
+      <c r="H13" s="75"/>
+      <c r="I13" s="75"/>
+      <c r="J13" s="75"/>
+      <c r="K13" s="75"/>
+      <c r="L13" s="95"/>
+      <c r="M13" s="28"/>
+      <c r="N13" s="56"/>
+      <c r="O13" s="105"/>
+      <c r="P13" s="107"/>
+      <c r="Q13" s="107"/>
+      <c r="R13" s="107"/>
+      <c r="S13" s="107"/>
+      <c r="T13" s="107"/>
+      <c r="U13" s="107"/>
+      <c r="V13" s="107"/>
+      <c r="W13" s="107"/>
+      <c r="X13" s="130"/>
     </row>
     <row r="14" spans="1:24" ht="15" customHeight="1">
       <c r="A14" s="7"/>
-      <c r="B14" s="32" t="s">
+      <c r="B14" s="33" t="s">
         <v>20</v>
       </c>
-      <c r="C14" s="32"/>
-[...20 lines deleted...]
-      <c r="X14" s="130"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="33"/>
+      <c r="E14" s="33"/>
+      <c r="F14" s="33"/>
+      <c r="G14" s="33"/>
+      <c r="H14" s="33"/>
+      <c r="I14" s="33"/>
+      <c r="J14" s="33"/>
+      <c r="K14" s="33"/>
+      <c r="L14" s="33"/>
+      <c r="M14" s="72"/>
+      <c r="N14" s="72"/>
+      <c r="O14" s="72"/>
+      <c r="P14" s="108"/>
+      <c r="Q14" s="108"/>
+      <c r="R14" s="108"/>
+      <c r="S14" s="108"/>
+      <c r="T14" s="108"/>
+      <c r="U14" s="108"/>
+      <c r="V14" s="108"/>
+      <c r="W14" s="108"/>
+      <c r="X14" s="131"/>
     </row>
     <row r="15" spans="1:24" ht="25.35" customHeight="1">
       <c r="A15" s="7"/>
-      <c r="B15" s="33" t="s">
-[...27 lines deleted...]
-      <c r="X15" s="131"/>
+      <c r="B15" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" s="51"/>
+      <c r="D15" s="51"/>
+      <c r="E15" s="51"/>
+      <c r="F15" s="51"/>
+      <c r="G15" s="51"/>
+      <c r="H15" s="51"/>
+      <c r="I15" s="50" t="s">
+        <v>31</v>
+      </c>
+      <c r="J15" s="50"/>
+      <c r="K15" s="50"/>
+      <c r="L15" s="50"/>
+      <c r="M15" s="99"/>
+      <c r="N15" s="104"/>
+      <c r="O15" s="104"/>
+      <c r="P15" s="104"/>
+      <c r="Q15" s="104"/>
+      <c r="R15" s="104"/>
+      <c r="S15" s="113"/>
+      <c r="T15" s="114" t="s">
+        <v>35</v>
+      </c>
+      <c r="U15" s="114"/>
+      <c r="V15" s="119"/>
+      <c r="W15" s="120"/>
+      <c r="X15" s="132"/>
     </row>
     <row r="16" spans="1:24" ht="15" customHeight="1">
       <c r="A16" s="7"/>
-      <c r="B16" s="26"/>
-[...6 lines deleted...]
-      <c r="I16" s="49" t="s">
+      <c r="B16" s="27"/>
+      <c r="C16" s="38"/>
+      <c r="D16" s="38"/>
+      <c r="E16" s="38"/>
+      <c r="F16" s="38"/>
+      <c r="G16" s="38"/>
+      <c r="H16" s="38"/>
+      <c r="I16" s="50" t="s">
         <v>48</v>
       </c>
-      <c r="J16" s="49"/>
-[...13 lines deleted...]
-      <c r="X16" s="132"/>
+      <c r="J16" s="50"/>
+      <c r="K16" s="50"/>
+      <c r="L16" s="50"/>
+      <c r="M16" s="100"/>
+      <c r="N16" s="100"/>
+      <c r="O16" s="100"/>
+      <c r="P16" s="100"/>
+      <c r="Q16" s="100"/>
+      <c r="R16" s="100"/>
+      <c r="S16" s="100"/>
+      <c r="T16" s="100"/>
+      <c r="U16" s="100"/>
+      <c r="V16" s="100"/>
+      <c r="W16" s="100"/>
+      <c r="X16" s="133"/>
     </row>
     <row r="17" spans="1:24" ht="15" customHeight="1">
       <c r="A17" s="7"/>
-      <c r="B17" s="26"/>
-[...21 lines deleted...]
-      <c r="X17" s="133"/>
+      <c r="B17" s="27"/>
+      <c r="C17" s="38"/>
+      <c r="D17" s="38"/>
+      <c r="E17" s="38"/>
+      <c r="F17" s="38"/>
+      <c r="G17" s="38"/>
+      <c r="H17" s="38"/>
+      <c r="I17" s="86"/>
+      <c r="J17" s="86"/>
+      <c r="K17" s="86"/>
+      <c r="L17" s="86"/>
+      <c r="M17" s="101"/>
+      <c r="N17" s="101"/>
+      <c r="O17" s="101"/>
+      <c r="P17" s="101"/>
+      <c r="Q17" s="101"/>
+      <c r="R17" s="101"/>
+      <c r="S17" s="101"/>
+      <c r="T17" s="101"/>
+      <c r="U17" s="101"/>
+      <c r="V17" s="101"/>
+      <c r="W17" s="101"/>
+      <c r="X17" s="134"/>
     </row>
     <row r="18" spans="1:24" ht="25.35" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B18" s="34"/>
-[...25 lines deleted...]
-      <c r="X18" s="131"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="29"/>
+      <c r="E18" s="65"/>
+      <c r="F18" s="76"/>
+      <c r="G18" s="76"/>
+      <c r="H18" s="76"/>
+      <c r="I18" s="50" t="s">
+        <v>40</v>
+      </c>
+      <c r="J18" s="50"/>
+      <c r="K18" s="50"/>
+      <c r="L18" s="50"/>
+      <c r="M18" s="99"/>
+      <c r="N18" s="104"/>
+      <c r="O18" s="104"/>
+      <c r="P18" s="104"/>
+      <c r="Q18" s="104"/>
+      <c r="R18" s="104"/>
+      <c r="S18" s="113"/>
+      <c r="T18" s="114" t="s">
+        <v>35</v>
+      </c>
+      <c r="U18" s="114"/>
+      <c r="V18" s="119"/>
+      <c r="W18" s="120"/>
+      <c r="X18" s="132"/>
     </row>
     <row r="19" spans="1:24" ht="24" customHeight="1">
       <c r="A19" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="35" t="s">
-[...12 lines deleted...]
-      <c r="M19" s="38" t="s">
+      <c r="B19" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="38"/>
+      <c r="D19" s="38"/>
+      <c r="E19" s="66"/>
+      <c r="F19" s="77"/>
+      <c r="G19" s="77"/>
+      <c r="H19" s="77"/>
+      <c r="I19" s="77"/>
+      <c r="J19" s="77"/>
+      <c r="K19" s="77"/>
+      <c r="L19" s="96"/>
+      <c r="M19" s="39" t="s">
         <v>56</v>
       </c>
-      <c r="N19" s="34"/>
-[...9 lines deleted...]
-      <c r="X19" s="134"/>
+      <c r="N19" s="35"/>
+      <c r="O19" s="29"/>
+      <c r="P19" s="63"/>
+      <c r="Q19" s="74"/>
+      <c r="R19" s="74"/>
+      <c r="S19" s="74"/>
+      <c r="T19" s="74"/>
+      <c r="U19" s="74"/>
+      <c r="V19" s="74"/>
+      <c r="W19" s="74"/>
+      <c r="X19" s="135"/>
     </row>
     <row r="20" spans="1:24" ht="22.35" customHeight="1">
       <c r="A20" s="10"/>
-      <c r="B20" s="29" t="s">
-[...12 lines deleted...]
-      <c r="M20" s="38" t="s">
+      <c r="B20" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" s="43"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="66"/>
+      <c r="F20" s="77"/>
+      <c r="G20" s="77"/>
+      <c r="H20" s="77"/>
+      <c r="I20" s="77"/>
+      <c r="J20" s="77"/>
+      <c r="K20" s="77"/>
+      <c r="L20" s="96"/>
+      <c r="M20" s="39" t="s">
         <v>56</v>
       </c>
-      <c r="N20" s="34"/>
-[...9 lines deleted...]
-      <c r="X20" s="134"/>
+      <c r="N20" s="35"/>
+      <c r="O20" s="29"/>
+      <c r="P20" s="63"/>
+      <c r="Q20" s="74"/>
+      <c r="R20" s="74"/>
+      <c r="S20" s="74"/>
+      <c r="T20" s="74"/>
+      <c r="U20" s="74"/>
+      <c r="V20" s="74"/>
+      <c r="W20" s="74"/>
+      <c r="X20" s="135"/>
     </row>
     <row r="21" spans="1:24" ht="15" customHeight="1">
       <c r="A21" s="11" t="s">
-        <v>12</v>
-[...23 lines deleted...]
-      <c r="X21" s="135"/>
+        <v>11</v>
+      </c>
+      <c r="B21" s="37"/>
+      <c r="C21" s="37"/>
+      <c r="D21" s="37"/>
+      <c r="E21" s="37"/>
+      <c r="F21" s="37"/>
+      <c r="G21" s="37"/>
+      <c r="H21" s="37"/>
+      <c r="I21" s="87"/>
+      <c r="J21" s="87"/>
+      <c r="K21" s="87"/>
+      <c r="L21" s="87"/>
+      <c r="M21" s="87"/>
+      <c r="N21" s="87"/>
+      <c r="O21" s="87"/>
+      <c r="P21" s="87"/>
+      <c r="Q21" s="87"/>
+      <c r="R21" s="87"/>
+      <c r="S21" s="87"/>
+      <c r="T21" s="87"/>
+      <c r="U21" s="87"/>
+      <c r="V21" s="37"/>
+      <c r="W21" s="37"/>
+      <c r="X21" s="136"/>
     </row>
     <row r="22" spans="1:24" ht="15" customHeight="1">
       <c r="A22" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="B22" s="35"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="29"/>
+      <c r="E22" s="47"/>
+      <c r="F22" s="47"/>
+      <c r="G22" s="47"/>
+      <c r="H22" s="83" t="s">
+        <v>43</v>
+      </c>
+      <c r="I22" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="J22" s="47"/>
+      <c r="K22" s="47"/>
+      <c r="L22" s="52"/>
+      <c r="M22" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="B22" s="34"/>
-[...20 lines deleted...]
-      <c r="Q22" s="23" t="s">
+      <c r="N22" s="47"/>
+      <c r="O22" s="47"/>
+      <c r="P22" s="52"/>
+      <c r="Q22" s="24" t="s">
         <v>57</v>
       </c>
-      <c r="R22" s="46"/>
-[...5 lines deleted...]
-      <c r="X22" s="136"/>
+      <c r="R22" s="47"/>
+      <c r="S22" s="47"/>
+      <c r="T22" s="52"/>
+      <c r="U22" s="115"/>
+      <c r="V22" s="115"/>
+      <c r="W22" s="115"/>
+      <c r="X22" s="137"/>
     </row>
     <row r="23" spans="1:24" ht="15" customHeight="1">
       <c r="A23" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B23" s="37"/>
-[...24 lines deleted...]
-      <c r="U23" s="50" t="s">
+      <c r="B23" s="38"/>
+      <c r="C23" s="38"/>
+      <c r="D23" s="38"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="88" t="s">
+        <v>44</v>
+      </c>
+      <c r="J23" s="90"/>
+      <c r="K23" s="90"/>
+      <c r="L23" s="97"/>
+      <c r="M23" s="88" t="s">
+        <v>44</v>
+      </c>
+      <c r="N23" s="90"/>
+      <c r="O23" s="90"/>
+      <c r="P23" s="97"/>
+      <c r="Q23" s="88" t="s">
+        <v>44</v>
+      </c>
+      <c r="R23" s="90"/>
+      <c r="S23" s="90"/>
+      <c r="T23" s="97"/>
+      <c r="U23" s="51" t="s">
         <v>1</v>
       </c>
-      <c r="V23" s="50"/>
-[...1 lines deleted...]
-      <c r="X23" s="137"/>
+      <c r="V23" s="51"/>
+      <c r="W23" s="51"/>
+      <c r="X23" s="138"/>
     </row>
     <row r="24" spans="1:24" ht="15" customHeight="1">
       <c r="A24" s="12"/>
-      <c r="B24" s="37"/>
-[...6 lines deleted...]
-      <c r="I24" s="24" t="s">
+      <c r="B24" s="38"/>
+      <c r="C24" s="38"/>
+      <c r="D24" s="38"/>
+      <c r="E24" s="38"/>
+      <c r="F24" s="38"/>
+      <c r="G24" s="38"/>
+      <c r="H24" s="38"/>
+      <c r="I24" s="25" t="s">
         <v>50</v>
       </c>
-      <c r="J24" s="42"/>
-      <c r="K24" s="29" t="s">
+      <c r="J24" s="43"/>
+      <c r="K24" s="30" t="s">
         <v>55</v>
       </c>
-      <c r="L24" s="52"/>
-      <c r="M24" s="24" t="s">
+      <c r="L24" s="53"/>
+      <c r="M24" s="25" t="s">
         <v>50</v>
       </c>
-      <c r="N24" s="42"/>
-      <c r="O24" s="29" t="s">
+      <c r="N24" s="43"/>
+      <c r="O24" s="30" t="s">
         <v>55</v>
       </c>
-      <c r="P24" s="52"/>
-      <c r="Q24" s="24" t="s">
+      <c r="P24" s="53"/>
+      <c r="Q24" s="25" t="s">
         <v>50</v>
       </c>
-      <c r="R24" s="42"/>
-      <c r="S24" s="29" t="s">
+      <c r="R24" s="43"/>
+      <c r="S24" s="30" t="s">
         <v>55</v>
       </c>
-      <c r="T24" s="52"/>
-      <c r="U24" s="42" t="s">
+      <c r="T24" s="53"/>
+      <c r="U24" s="43" t="s">
         <v>50</v>
       </c>
-      <c r="V24" s="42"/>
-      <c r="W24" s="38" t="s">
+      <c r="V24" s="43"/>
+      <c r="W24" s="39" t="s">
         <v>55</v>
       </c>
-      <c r="X24" s="138"/>
+      <c r="X24" s="139"/>
     </row>
     <row r="25" spans="1:24" ht="15" customHeight="1">
       <c r="A25" s="13"/>
-      <c r="B25" s="29" t="s">
-[...23 lines deleted...]
-      <c r="X25" s="138"/>
+      <c r="B25" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C25" s="43"/>
+      <c r="D25" s="43"/>
+      <c r="E25" s="43"/>
+      <c r="F25" s="43"/>
+      <c r="G25" s="43"/>
+      <c r="H25" s="43"/>
+      <c r="I25" s="25"/>
+      <c r="J25" s="43"/>
+      <c r="K25" s="30"/>
+      <c r="L25" s="53"/>
+      <c r="M25" s="25"/>
+      <c r="N25" s="43"/>
+      <c r="O25" s="30"/>
+      <c r="P25" s="53"/>
+      <c r="Q25" s="25"/>
+      <c r="R25" s="43"/>
+      <c r="S25" s="30"/>
+      <c r="T25" s="53"/>
+      <c r="U25" s="43"/>
+      <c r="V25" s="43"/>
+      <c r="W25" s="39"/>
+      <c r="X25" s="139"/>
     </row>
     <row r="26" spans="1:24" ht="15" customHeight="1">
       <c r="A26" s="13"/>
-      <c r="B26" s="31" t="s">
-[...23 lines deleted...]
-      <c r="X26" s="138"/>
+      <c r="B26" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="48"/>
+      <c r="D26" s="48"/>
+      <c r="E26" s="48"/>
+      <c r="F26" s="48"/>
+      <c r="G26" s="48"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="26"/>
+      <c r="J26" s="48"/>
+      <c r="K26" s="32"/>
+      <c r="L26" s="54"/>
+      <c r="M26" s="26"/>
+      <c r="N26" s="48"/>
+      <c r="O26" s="32"/>
+      <c r="P26" s="54"/>
+      <c r="Q26" s="26"/>
+      <c r="R26" s="48"/>
+      <c r="S26" s="32"/>
+      <c r="T26" s="54"/>
+      <c r="U26" s="43"/>
+      <c r="V26" s="43"/>
+      <c r="W26" s="39"/>
+      <c r="X26" s="139"/>
     </row>
     <row r="27" spans="1:24" ht="15" customHeight="1">
       <c r="A27" s="14"/>
-      <c r="B27" s="38" t="s">
+      <c r="B27" s="39" t="s">
         <v>36</v>
       </c>
-      <c r="C27" s="34"/>
-[...20 lines deleted...]
-      <c r="X27" s="139"/>
+      <c r="C27" s="35"/>
+      <c r="D27" s="35"/>
+      <c r="E27" s="35"/>
+      <c r="F27" s="35"/>
+      <c r="G27" s="35"/>
+      <c r="H27" s="35"/>
+      <c r="I27" s="39"/>
+      <c r="J27" s="35"/>
+      <c r="K27" s="35"/>
+      <c r="L27" s="29"/>
+      <c r="M27" s="39"/>
+      <c r="N27" s="35"/>
+      <c r="O27" s="35"/>
+      <c r="P27" s="29"/>
+      <c r="Q27" s="39"/>
+      <c r="R27" s="35"/>
+      <c r="S27" s="35"/>
+      <c r="T27" s="29"/>
+      <c r="U27" s="116"/>
+      <c r="V27" s="116"/>
+      <c r="W27" s="116"/>
+      <c r="X27" s="140"/>
     </row>
     <row r="28" spans="1:24" ht="15" customHeight="1">
       <c r="A28" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="B28" s="39"/>
-[...5 lines deleted...]
-      <c r="H28" s="48" t="s">
+      <c r="B28" s="40"/>
+      <c r="C28" s="40"/>
+      <c r="D28" s="40"/>
+      <c r="E28" s="67"/>
+      <c r="F28" s="67"/>
+      <c r="G28" s="28"/>
+      <c r="H28" s="49" t="s">
         <v>45</v>
       </c>
-      <c r="I28" s="27"/>
-[...2 lines deleted...]
-      <c r="L28" s="55" t="s">
+      <c r="I28" s="28"/>
+      <c r="J28" s="49"/>
+      <c r="K28" s="49"/>
+      <c r="L28" s="56" t="s">
         <v>45</v>
       </c>
-      <c r="M28" s="27"/>
-[...2 lines deleted...]
-      <c r="P28" s="55" t="s">
+      <c r="M28" s="28"/>
+      <c r="N28" s="49"/>
+      <c r="O28" s="49"/>
+      <c r="P28" s="56" t="s">
         <v>45</v>
       </c>
-      <c r="Q28" s="27"/>
-[...2 lines deleted...]
-      <c r="T28" s="55" t="s">
+      <c r="Q28" s="28"/>
+      <c r="R28" s="49"/>
+      <c r="S28" s="49"/>
+      <c r="T28" s="56" t="s">
         <v>45</v>
       </c>
-      <c r="U28" s="116"/>
-[...2 lines deleted...]
-      <c r="X28" s="140"/>
+      <c r="U28" s="117"/>
+      <c r="V28" s="117"/>
+      <c r="W28" s="117"/>
+      <c r="X28" s="141"/>
     </row>
     <row r="29" spans="1:24" ht="15" customHeight="1">
       <c r="A29" s="16" t="s">
-        <v>17</v>
-[...11 lines deleted...]
-      <c r="L29" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" s="41"/>
+      <c r="C29" s="41"/>
+      <c r="D29" s="41"/>
+      <c r="E29" s="41"/>
+      <c r="F29" s="41"/>
+      <c r="G29" s="41"/>
+      <c r="H29" s="41"/>
+      <c r="I29" s="89"/>
+      <c r="J29" s="91"/>
+      <c r="K29" s="91"/>
+      <c r="L29" s="29" t="s">
         <v>45</v>
       </c>
-      <c r="M29" s="88"/>
-[...2 lines deleted...]
-      <c r="P29" s="28" t="s">
+      <c r="M29" s="89"/>
+      <c r="N29" s="91"/>
+      <c r="O29" s="91"/>
+      <c r="P29" s="29" t="s">
         <v>45</v>
       </c>
-      <c r="Q29" s="88"/>
-[...2 lines deleted...]
-      <c r="T29" s="28" t="s">
+      <c r="Q29" s="89"/>
+      <c r="R29" s="91"/>
+      <c r="S29" s="91"/>
+      <c r="T29" s="29" t="s">
         <v>45</v>
       </c>
-      <c r="U29" s="117"/>
-[...2 lines deleted...]
-      <c r="X29" s="141"/>
+      <c r="U29" s="118"/>
+      <c r="V29" s="118"/>
+      <c r="W29" s="118"/>
+      <c r="X29" s="142"/>
     </row>
     <row r="30" spans="1:24" ht="15" customHeight="1">
       <c r="A30" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="B30" s="41"/>
-[...21 lines deleted...]
-      <c r="X30" s="142"/>
+      <c r="B30" s="42"/>
+      <c r="C30" s="42"/>
+      <c r="D30" s="42"/>
+      <c r="E30" s="42"/>
+      <c r="F30" s="42"/>
+      <c r="G30" s="42"/>
+      <c r="H30" s="84"/>
+      <c r="I30" s="84"/>
+      <c r="J30" s="84"/>
+      <c r="K30" s="84"/>
+      <c r="L30" s="84"/>
+      <c r="M30" s="84"/>
+      <c r="N30" s="84"/>
+      <c r="O30" s="84"/>
+      <c r="P30" s="84"/>
+      <c r="Q30" s="84"/>
+      <c r="R30" s="84"/>
+      <c r="S30" s="84"/>
+      <c r="T30" s="84"/>
+      <c r="U30" s="84"/>
+      <c r="V30" s="84"/>
+      <c r="W30" s="84"/>
+      <c r="X30" s="143"/>
     </row>
     <row r="31" spans="1:24" ht="15" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="B31" s="42"/>
-[...21 lines deleted...]
-      <c r="X31" s="143"/>
+      <c r="B31" s="43"/>
+      <c r="C31" s="43"/>
+      <c r="D31" s="43"/>
+      <c r="E31" s="53"/>
+      <c r="F31" s="43"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="43"/>
+      <c r="I31" s="43"/>
+      <c r="J31" s="43"/>
+      <c r="K31" s="43"/>
+      <c r="L31" s="43"/>
+      <c r="M31" s="43"/>
+      <c r="N31" s="43"/>
+      <c r="O31" s="43"/>
+      <c r="P31" s="43"/>
+      <c r="Q31" s="43"/>
+      <c r="R31" s="43"/>
+      <c r="S31" s="43"/>
+      <c r="T31" s="43"/>
+      <c r="U31" s="43"/>
+      <c r="V31" s="43"/>
+      <c r="W31" s="43"/>
+      <c r="X31" s="144"/>
     </row>
     <row r="32" spans="1:24" ht="15" customHeight="1">
       <c r="A32" s="19" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-      <c r="F32" s="77" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32" s="44"/>
+      <c r="C32" s="44"/>
+      <c r="D32" s="44"/>
+      <c r="E32" s="68"/>
+      <c r="F32" s="78" t="s">
         <v>39</v>
       </c>
-      <c r="G32" s="79"/>
-[...16 lines deleted...]
-      <c r="X32" s="144"/>
+      <c r="G32" s="80"/>
+      <c r="H32" s="80"/>
+      <c r="I32" s="80"/>
+      <c r="J32" s="80"/>
+      <c r="K32" s="80"/>
+      <c r="L32" s="80"/>
+      <c r="M32" s="80"/>
+      <c r="N32" s="80"/>
+      <c r="O32" s="80"/>
+      <c r="P32" s="80"/>
+      <c r="Q32" s="80"/>
+      <c r="R32" s="80"/>
+      <c r="S32" s="80"/>
+      <c r="T32" s="80"/>
+      <c r="U32" s="80"/>
+      <c r="V32" s="80"/>
+      <c r="W32" s="80"/>
+      <c r="X32" s="145"/>
     </row>
     <row r="33" spans="1:24" ht="14.4" customHeight="1">
       <c r="A33" s="20"/>
       <c r="B33" s="20"/>
       <c r="C33" s="20"/>
       <c r="D33" s="20"/>
       <c r="E33" s="20"/>
       <c r="F33" s="20"/>
       <c r="G33" s="20"/>
       <c r="H33" s="20"/>
       <c r="I33" s="20"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="20"/>
       <c r="N33" s="20"/>
       <c r="O33" s="20"/>
       <c r="P33" s="20"/>
       <c r="Q33" s="20"/>
       <c r="R33" s="20"/>
       <c r="S33" s="20"/>
       <c r="T33" s="20"/>
       <c r="U33" s="20" t="s">
         <v>34</v>
       </c>
       <c r="V33" s="20"/>
       <c r="W33" s="20"/>
       <c r="X33" s="20"/>
     </row>
     <row r="34" spans="1:24" ht="14.4" customHeight="1">
       <c r="A34" s="21" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="B34" s="44" t="s">
+        <v>22</v>
+      </c>
+      <c r="B34" s="45" t="s">
         <v>37</v>
       </c>
-      <c r="C34" s="44"/>
-[...20 lines deleted...]
-      <c r="X34" s="44"/>
+      <c r="C34" s="45"/>
+      <c r="D34" s="45"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="45"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="45"/>
+      <c r="I34" s="45"/>
+      <c r="J34" s="45"/>
+      <c r="K34" s="45"/>
+      <c r="L34" s="45"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="45"/>
+      <c r="Q34" s="45"/>
+      <c r="R34" s="45"/>
+      <c r="S34" s="45"/>
+      <c r="T34" s="45"/>
+      <c r="U34" s="45"/>
+      <c r="V34" s="45"/>
+      <c r="W34" s="45"/>
+      <c r="X34" s="45"/>
     </row>
     <row r="35" spans="1:24" ht="14.4" customHeight="1">
       <c r="A35" s="21"/>
-      <c r="B35" s="44"/>
-[...21 lines deleted...]
-      <c r="X35" s="44"/>
+      <c r="B35" s="45"/>
+      <c r="C35" s="45"/>
+      <c r="D35" s="45"/>
+      <c r="E35" s="45"/>
+      <c r="F35" s="45"/>
+      <c r="G35" s="45"/>
+      <c r="H35" s="45"/>
+      <c r="I35" s="45"/>
+      <c r="J35" s="45"/>
+      <c r="K35" s="45"/>
+      <c r="L35" s="45"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="O35" s="45"/>
+      <c r="P35" s="45"/>
+      <c r="Q35" s="45"/>
+      <c r="R35" s="45"/>
+      <c r="S35" s="45"/>
+      <c r="T35" s="45"/>
+      <c r="U35" s="45"/>
+      <c r="V35" s="45"/>
+      <c r="W35" s="45"/>
+      <c r="X35" s="45"/>
     </row>
     <row r="36" spans="1:24" ht="14.4" customHeight="1">
       <c r="A36" s="21"/>
-      <c r="B36" s="44"/>
-[...21 lines deleted...]
-      <c r="X36" s="44"/>
+      <c r="B36" s="45"/>
+      <c r="C36" s="45"/>
+      <c r="D36" s="45"/>
+      <c r="E36" s="45"/>
+      <c r="F36" s="45"/>
+      <c r="G36" s="45"/>
+      <c r="H36" s="45"/>
+      <c r="I36" s="45"/>
+      <c r="J36" s="45"/>
+      <c r="K36" s="45"/>
+      <c r="L36" s="45"/>
+      <c r="M36" s="45"/>
+      <c r="N36" s="45"/>
+      <c r="O36" s="45"/>
+      <c r="P36" s="45"/>
+      <c r="Q36" s="45"/>
+      <c r="R36" s="45"/>
+      <c r="S36" s="45"/>
+      <c r="T36" s="45"/>
+      <c r="U36" s="45"/>
+      <c r="V36" s="45"/>
+      <c r="W36" s="45"/>
+      <c r="X36" s="45"/>
     </row>
     <row r="37" spans="1:24" ht="12" customHeight="1">
       <c r="A37" s="21"/>
-      <c r="B37" s="44"/>
-[...21 lines deleted...]
-      <c r="X37" s="44"/>
+      <c r="B37" s="45"/>
+      <c r="C37" s="45"/>
+      <c r="D37" s="45"/>
+      <c r="E37" s="45"/>
+      <c r="F37" s="45"/>
+      <c r="G37" s="45"/>
+      <c r="H37" s="45"/>
+      <c r="I37" s="45"/>
+      <c r="J37" s="45"/>
+      <c r="K37" s="45"/>
+      <c r="L37" s="45"/>
+      <c r="M37" s="45"/>
+      <c r="N37" s="45"/>
+      <c r="O37" s="45"/>
+      <c r="P37" s="45"/>
+      <c r="Q37" s="45"/>
+      <c r="R37" s="45"/>
+      <c r="S37" s="45"/>
+      <c r="T37" s="45"/>
+      <c r="U37" s="45"/>
+      <c r="V37" s="45"/>
+      <c r="W37" s="45"/>
+      <c r="X37" s="45"/>
     </row>
   </sheetData>
   <mergeCells count="119">
     <mergeCell ref="A1:X1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="E2:X2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:X3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:X4"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="K5:L5"/>
     <mergeCell ref="N5:X5"/>
     <mergeCell ref="E8:X8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:K9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="P9:Q9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:X10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="E11:L11"/>
     <mergeCell ref="O11:Q11"/>
@@ -3732,293 +3734,277 @@
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>45720</xdr:rowOff>
                   </from>
                   <to xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>175260</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>273685</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:V30"/>
+  <dimension ref="A1:V8"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection sqref="A1:V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12"/>
   <cols>
-    <col min="1" max="1" width="9.109375" style="145"/>
-[...2 lines deleted...]
-    <col min="22" max="16384" width="9.109375" style="146"/>
+    <col min="1" max="1" width="9.109375" style="146"/>
+    <col min="2" max="20" width="5.109375" style="146" customWidth="1"/>
+    <col min="21" max="21" width="6" style="147" customWidth="1"/>
+    <col min="22" max="16384" width="9.109375" style="147"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="36" customHeight="1">
-      <c r="A1" s="147" t="s">
+      <c r="A1" s="148" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="147"/>
-[...19 lines deleted...]
-      <c r="V1" s="147"/>
+      <c r="B1" s="148"/>
+      <c r="C1" s="148"/>
+      <c r="D1" s="148"/>
+      <c r="E1" s="148"/>
+      <c r="F1" s="148"/>
+      <c r="G1" s="148"/>
+      <c r="H1" s="148"/>
+      <c r="I1" s="148"/>
+      <c r="J1" s="148"/>
+      <c r="K1" s="148"/>
+      <c r="L1" s="148"/>
+      <c r="M1" s="148"/>
+      <c r="N1" s="148"/>
+      <c r="O1" s="148"/>
+      <c r="P1" s="148"/>
+      <c r="Q1" s="148"/>
+      <c r="R1" s="148"/>
+      <c r="S1" s="148"/>
+      <c r="T1" s="148"/>
+      <c r="U1" s="148"/>
+      <c r="V1" s="148"/>
     </row>
     <row r="2" spans="1:22" ht="14.4" customHeight="1">
-      <c r="A2" s="147"/>
-[...20 lines deleted...]
-      <c r="V2" s="173"/>
+      <c r="A2" s="148"/>
+      <c r="B2" s="152"/>
+      <c r="C2" s="152"/>
+      <c r="D2" s="152"/>
+      <c r="E2" s="152"/>
+      <c r="F2" s="152"/>
+      <c r="G2" s="152"/>
+      <c r="H2" s="152"/>
+      <c r="I2" s="152"/>
+      <c r="J2" s="152"/>
+      <c r="K2" s="152"/>
+      <c r="L2" s="152"/>
+      <c r="M2" s="152"/>
+      <c r="N2" s="152"/>
+      <c r="O2" s="152"/>
+      <c r="P2" s="152"/>
+      <c r="Q2" s="152"/>
+      <c r="R2" s="152"/>
+      <c r="S2" s="152"/>
+      <c r="T2" s="152"/>
+      <c r="U2" s="174"/>
+      <c r="V2" s="174"/>
     </row>
     <row r="3" spans="1:22" ht="19.649999999999999" customHeight="1">
-      <c r="A3" s="147" t="s">
+      <c r="A3" s="148" t="s">
         <v>60</v>
       </c>
-      <c r="B3" s="147"/>
-[...19 lines deleted...]
-      <c r="V3" s="173"/>
+      <c r="B3" s="148"/>
+      <c r="C3" s="148"/>
+      <c r="D3" s="148"/>
+      <c r="E3" s="148"/>
+      <c r="F3" s="148"/>
+      <c r="G3" s="148"/>
+      <c r="H3" s="148"/>
+      <c r="I3" s="148"/>
+      <c r="J3" s="148"/>
+      <c r="K3" s="148"/>
+      <c r="L3" s="148"/>
+      <c r="M3" s="148"/>
+      <c r="N3" s="148"/>
+      <c r="O3" s="148"/>
+      <c r="P3" s="148"/>
+      <c r="Q3" s="148"/>
+      <c r="R3" s="148"/>
+      <c r="S3" s="148"/>
+      <c r="T3" s="148"/>
+      <c r="U3" s="174"/>
+      <c r="V3" s="174"/>
     </row>
     <row r="4" spans="1:22" ht="19.649999999999999" customHeight="1">
-      <c r="A4" s="148" t="s">
+      <c r="A4" s="149" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="152" t="s">
-[...12 lines deleted...]
-      <c r="M4" s="167" t="s">
+      <c r="B4" s="153" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" s="156"/>
+      <c r="D4" s="156"/>
+      <c r="E4" s="159"/>
+      <c r="F4" s="162"/>
+      <c r="G4" s="162"/>
+      <c r="H4" s="162"/>
+      <c r="I4" s="162"/>
+      <c r="J4" s="162"/>
+      <c r="K4" s="162"/>
+      <c r="L4" s="165"/>
+      <c r="M4" s="168" t="s">
         <v>56</v>
       </c>
-      <c r="N4" s="167"/>
-[...7 lines deleted...]
-      <c r="V4" s="174"/>
+      <c r="N4" s="168"/>
+      <c r="O4" s="168"/>
+      <c r="P4" s="168"/>
+      <c r="Q4" s="171"/>
+      <c r="R4" s="171"/>
+      <c r="S4" s="171"/>
+      <c r="T4" s="171"/>
+      <c r="U4" s="171"/>
+      <c r="V4" s="175"/>
     </row>
     <row r="5" spans="1:22" ht="19.649999999999999" customHeight="1">
-      <c r="A5" s="149"/>
-[...13 lines deleted...]
-      <c r="M5" s="168" t="s">
+      <c r="A5" s="150"/>
+      <c r="B5" s="154" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="157"/>
+      <c r="D5" s="157"/>
+      <c r="E5" s="160"/>
+      <c r="F5" s="163"/>
+      <c r="G5" s="163"/>
+      <c r="H5" s="163"/>
+      <c r="I5" s="163"/>
+      <c r="J5" s="163"/>
+      <c r="K5" s="163"/>
+      <c r="L5" s="166"/>
+      <c r="M5" s="169" t="s">
         <v>56</v>
       </c>
-      <c r="N5" s="168"/>
-[...7 lines deleted...]
-      <c r="V5" s="175"/>
+      <c r="N5" s="169"/>
+      <c r="O5" s="169"/>
+      <c r="P5" s="169"/>
+      <c r="Q5" s="172"/>
+      <c r="R5" s="172"/>
+      <c r="S5" s="172"/>
+      <c r="T5" s="172"/>
+      <c r="U5" s="172"/>
+      <c r="V5" s="176"/>
     </row>
     <row r="6" spans="1:22" ht="19.649999999999999" customHeight="1">
-      <c r="A6" s="149"/>
-[...13 lines deleted...]
-      <c r="M6" s="168" t="s">
+      <c r="A6" s="150"/>
+      <c r="B6" s="154" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" s="157"/>
+      <c r="D6" s="157"/>
+      <c r="E6" s="160"/>
+      <c r="F6" s="163"/>
+      <c r="G6" s="163"/>
+      <c r="H6" s="163"/>
+      <c r="I6" s="163"/>
+      <c r="J6" s="163"/>
+      <c r="K6" s="163"/>
+      <c r="L6" s="166"/>
+      <c r="M6" s="169" t="s">
         <v>56</v>
       </c>
-      <c r="N6" s="168"/>
-[...7 lines deleted...]
-      <c r="V6" s="175"/>
+      <c r="N6" s="169"/>
+      <c r="O6" s="169"/>
+      <c r="P6" s="169"/>
+      <c r="Q6" s="172"/>
+      <c r="R6" s="172"/>
+      <c r="S6" s="172"/>
+      <c r="T6" s="172"/>
+      <c r="U6" s="172"/>
+      <c r="V6" s="176"/>
     </row>
     <row r="7" spans="1:22" ht="19.649999999999999" customHeight="1">
-      <c r="A7" s="150"/>
-[...13 lines deleted...]
-      <c r="M7" s="169" t="s">
+      <c r="A7" s="151"/>
+      <c r="B7" s="155" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="158"/>
+      <c r="D7" s="158"/>
+      <c r="E7" s="161"/>
+      <c r="F7" s="164"/>
+      <c r="G7" s="164"/>
+      <c r="H7" s="164"/>
+      <c r="I7" s="164"/>
+      <c r="J7" s="164"/>
+      <c r="K7" s="164"/>
+      <c r="L7" s="167"/>
+      <c r="M7" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="N7" s="169"/>
-[...7 lines deleted...]
-      <c r="V7" s="176"/>
+      <c r="N7" s="170"/>
+      <c r="O7" s="170"/>
+      <c r="P7" s="170"/>
+      <c r="Q7" s="173"/>
+      <c r="R7" s="173"/>
+      <c r="S7" s="173"/>
+      <c r="T7" s="173"/>
+      <c r="U7" s="173"/>
+      <c r="V7" s="177"/>
     </row>
     <row r="8" spans="1:22" ht="19.649999999999999" customHeight="1">
-      <c r="A8" s="147"/>
-[...36 lines deleted...]
-      <c r="G30" s="145"/>
+      <c r="A8" s="148"/>
+      <c r="B8" s="148"/>
+      <c r="C8" s="148"/>
+      <c r="D8" s="148"/>
+      <c r="E8" s="148"/>
+      <c r="F8" s="148"/>
+      <c r="G8" s="148"/>
+      <c r="H8" s="148"/>
+      <c r="I8" s="148"/>
+      <c r="J8" s="148"/>
+      <c r="K8" s="148"/>
+      <c r="L8" s="148"/>
+      <c r="M8" s="148"/>
+      <c r="N8" s="148"/>
+      <c r="O8" s="148"/>
+      <c r="P8" s="148"/>
+      <c r="Q8" s="148"/>
+      <c r="R8" s="148"/>
+      <c r="S8" s="148"/>
+      <c r="T8" s="148"/>
+      <c r="U8" s="174"/>
+      <c r="V8" s="174"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A1:V1"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:L4"/>
     <mergeCell ref="M4:P4"/>
     <mergeCell ref="Q4:V4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:L5"/>
     <mergeCell ref="M5:P5"/>
     <mergeCell ref="Q5:V5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="E6:L6"/>
     <mergeCell ref="M6:P6"/>
     <mergeCell ref="Q6:V6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="E7:L7"/>
     <mergeCell ref="M7:P7"/>
     <mergeCell ref="Q7:V7"/>
     <mergeCell ref="A4:A7"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1"/>
@@ -4054,29 +4040,29 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>中村 葉子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="2" name="SavedVersions">
     <vt:vector size="1" baseType="lpwstr">
       <vt:lpwstr>3.1.3.0</vt:lpwstr>
     </vt:vector>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="3" name="LastSavedVersion">
     <vt:lpwstr>3.1.3.0</vt:lpwstr>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="4" name="LastSavedDate">
-    <vt:filetime>2024-07-24T07:31:42Z</vt:filetime>
+    <vt:filetime>2025-09-08T02:55:31Z</vt:filetime>
   </property>
 </Properties>
 </file>