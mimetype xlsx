--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -25,286 +25,287 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19110" windowHeight="8760"/>
   </bookViews>
   <sheets>
     <sheet name="付表第二号（十二）" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'付表第二号（十二）'!$A$1:$T$29</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" count="46" uniqueCount="46">
   <si>
+    <t>付表第二号（十二）  指定介護予防支援事業所の指定等に係る記載事項</t>
+    <rPh sb="25" eb="26">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>従業者の職種・員数（人）</t>
+  </si>
+  <si>
     <t>市</t>
     <rPh sb="0" eb="1">
       <t>シ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
-  </si>
-[...8 lines deleted...]
-    <t>従業者の職種・員数（人）</t>
   </si>
   <si>
     <t>事 業 所</t>
   </si>
   <si>
     <t>管 理 者</t>
   </si>
   <si>
     <t>法人番号</t>
     <rPh sb="0" eb="2">
       <t>ホウジン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>○人員に関する基準の確認に必要な事項</t>
     <rPh sb="1" eb="18">
       <t>ジ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>人</t>
-[...1 lines deleted...]
-  <si>
     <t>事業開始時の利用者の推定数</t>
     <rPh sb="10" eb="12">
       <t>スイテイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>人</t>
+  </si>
+  <si>
     <t>添付書類</t>
   </si>
   <si>
     <t>フリガナ</t>
   </si>
   <si>
     <t>名    称</t>
   </si>
   <si>
     <t>所在地</t>
   </si>
   <si>
     <t>連絡先</t>
   </si>
   <si>
     <t>氏　　名</t>
   </si>
   <si>
+    <t>生年月日</t>
+  </si>
+  <si>
     <t>電話番号</t>
-  </si>
-[...1 lines deleted...]
-    <t>生年月日</t>
   </si>
   <si>
     <t>当該介護予防支援事業所における他の職務との兼務の有無</t>
     <rPh sb="4" eb="6">
       <t>ヨボウ</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>タ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ショクム</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>地域包括支援センターの従業者との兼務（兼務の場合のみ記入）</t>
     <rPh sb="0" eb="2">
       <t>チイキ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ホウカツ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>シエン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>常  勤（人）</t>
   </si>
   <si>
     <t>非常勤（人）</t>
   </si>
   <si>
-    <t xml:space="preserve">    ）</t>
-[...1 lines deleted...]
-  <si>
     <t>１　記入欄が不足する場合は、適宜欄を設けて記載するか又は次頁の記入欄不足時の書類を添付してください。 
 ２　管理者の兼務については、添付資料にて確認可能な場合は記載を省略することが可能です。</t>
   </si>
   <si>
+    <t xml:space="preserve">    ）</t>
+  </si>
+  <si>
     <t>（郵便番号</t>
+  </si>
+  <si>
+    <t>　　　　　</t>
   </si>
   <si>
     <t>村</t>
     <rPh sb="0" eb="1">
       <t>ムラ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>　　　　　</t>
+    <t>Email</t>
   </si>
   <si>
     <t>FAX 番号</t>
   </si>
   <si>
-    <t>Email</t>
-[...6 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <t xml:space="preserve"> －  </t>
   </si>
   <si>
     <t>担当職員</t>
     <rPh sb="0" eb="2">
       <t>タントウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ショクイン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t xml:space="preserve"> －  </t>
+    <t>（内線）</t>
+    <rPh sb="1" eb="3">
+      <t>ナイセン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>都</t>
     <rPh sb="0" eb="1">
       <t>ト</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>府</t>
     <rPh sb="0" eb="1">
       <t>フ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>名称</t>
   </si>
   <si>
     <t>兼務する職種
 及び勤務時間等</t>
   </si>
   <si>
     <t>専従</t>
   </si>
   <si>
     <t>別添のとおり</t>
   </si>
   <si>
     <t>道</t>
     <rPh sb="0" eb="1">
       <t>ミチ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
+    <t>県</t>
+    <rPh sb="0" eb="1">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
     <t>町</t>
     <rPh sb="0" eb="1">
       <t>マチ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>県</t>
-[...5 lines deleted...]
-  <si>
     <t>兼務</t>
     <rPh sb="0" eb="2">
       <t>ケンム</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>住所</t>
   </si>
   <si>
     <t>区</t>
     <rPh sb="0" eb="1">
       <t>ク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>－</t>
   </si>
   <si>
     <t>)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <numFmts count="1">
-    <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+  <numFmts count="2">
+    <numFmt numFmtId="176" formatCode="0_ "/>
+    <numFmt numFmtId="177" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="6"/>
       <color auto="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1050,105 +1051,105 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="24" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="2" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="2" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1176,51 +1177,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="2" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1281,51 +1282,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="6" fillId="2" borderId="45" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="48" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="49" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="50" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="48" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1702,68 +1703,68 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T30"/>
+  <dimension ref="A1:T29"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection sqref="A1:T1"/>
+      <selection activeCell="D2" sqref="D2:T2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="6.77734375" style="1" customWidth="1"/>
     <col min="2" max="19" width="5.109375" style="1" customWidth="1"/>
     <col min="20" max="20" width="12.33203125" style="1" customWidth="1"/>
     <col min="21" max="23" width="8" style="1" customWidth="1"/>
     <col min="24" max="16384" width="8.77734375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="36" customHeight="1">
       <c r="A1" s="2" t="s">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
     </row>
     <row r="2" spans="1:20" ht="14.4" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>4</v>
       </c>
@@ -1828,187 +1829,187 @@
       <c r="J4" s="44"/>
       <c r="K4" s="44"/>
       <c r="L4" s="44"/>
       <c r="M4" s="44"/>
       <c r="N4" s="44"/>
       <c r="O4" s="44"/>
       <c r="P4" s="44"/>
       <c r="Q4" s="44"/>
       <c r="R4" s="44"/>
       <c r="S4" s="44"/>
       <c r="T4" s="112"/>
     </row>
     <row r="5" spans="1:20" ht="15" customHeight="1">
       <c r="A5" s="4"/>
       <c r="B5" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="30"/>
       <c r="D5" s="36" t="s">
         <v>24</v>
       </c>
       <c r="E5" s="45"/>
       <c r="F5" s="53"/>
       <c r="G5" s="53"/>
       <c r="H5" s="33" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="I5" s="53"/>
       <c r="J5" s="53"/>
       <c r="K5" s="33" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="L5" s="33"/>
       <c r="M5" s="33"/>
       <c r="N5" s="33"/>
       <c r="O5" s="33"/>
       <c r="P5" s="33"/>
       <c r="Q5" s="33"/>
       <c r="R5" s="33"/>
       <c r="S5" s="33"/>
       <c r="T5" s="113"/>
     </row>
     <row r="6" spans="1:20" ht="15" customHeight="1">
       <c r="A6" s="4"/>
       <c r="B6" s="20"/>
       <c r="C6" s="31"/>
       <c r="D6" s="37"/>
       <c r="E6" s="46"/>
       <c r="F6" s="46"/>
       <c r="G6" s="46"/>
       <c r="H6" s="58" t="s">
         <v>32</v>
       </c>
       <c r="I6" s="46" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="46"/>
       <c r="K6" s="46"/>
       <c r="L6" s="46"/>
       <c r="M6" s="46"/>
       <c r="N6" s="46"/>
       <c r="O6" s="58" t="s">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="P6" s="46" t="s">
         <v>43</v>
       </c>
       <c r="Q6" s="107"/>
       <c r="R6" s="107"/>
       <c r="S6" s="107"/>
       <c r="T6" s="114"/>
     </row>
     <row r="7" spans="1:20" ht="15" customHeight="1">
       <c r="A7" s="4"/>
       <c r="B7" s="20"/>
       <c r="C7" s="31"/>
       <c r="D7" s="37"/>
       <c r="E7" s="46"/>
       <c r="F7" s="46"/>
       <c r="G7" s="46"/>
       <c r="H7" s="58" t="s">
         <v>33</v>
       </c>
       <c r="I7" s="46" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J7" s="46"/>
       <c r="K7" s="46"/>
       <c r="L7" s="46"/>
       <c r="M7" s="46"/>
       <c r="N7" s="46"/>
       <c r="O7" s="58" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P7" s="46" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q7" s="107"/>
       <c r="R7" s="107"/>
       <c r="S7" s="107"/>
       <c r="T7" s="114"/>
     </row>
     <row r="8" spans="1:20" ht="18.899999999999999" customHeight="1">
       <c r="A8" s="4"/>
       <c r="B8" s="21"/>
       <c r="C8" s="32"/>
       <c r="D8" s="38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E8" s="47"/>
       <c r="F8" s="47"/>
       <c r="G8" s="47"/>
       <c r="H8" s="47"/>
       <c r="I8" s="47"/>
       <c r="J8" s="47"/>
       <c r="K8" s="47"/>
       <c r="L8" s="47"/>
       <c r="M8" s="80"/>
       <c r="N8" s="80"/>
       <c r="O8" s="47"/>
       <c r="P8" s="47"/>
       <c r="Q8" s="47"/>
       <c r="R8" s="47"/>
       <c r="S8" s="47"/>
       <c r="T8" s="115"/>
     </row>
     <row r="9" spans="1:20" ht="15" customHeight="1">
       <c r="A9" s="4"/>
       <c r="B9" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="30"/>
       <c r="D9" s="18" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E9" s="48"/>
       <c r="F9" s="54"/>
       <c r="G9" s="56"/>
       <c r="H9" s="56"/>
       <c r="I9" s="56"/>
       <c r="J9" s="56"/>
       <c r="K9" s="73" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L9" s="73"/>
       <c r="M9" s="81"/>
       <c r="N9" s="88"/>
       <c r="O9" s="59" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P9" s="77"/>
       <c r="Q9" s="54"/>
       <c r="R9" s="56"/>
       <c r="S9" s="56"/>
       <c r="T9" s="116"/>
     </row>
     <row r="10" spans="1:20" ht="15" customHeight="1">
       <c r="A10" s="5"/>
       <c r="B10" s="21"/>
       <c r="C10" s="32"/>
       <c r="D10" s="39" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E10" s="49"/>
       <c r="F10" s="55"/>
       <c r="G10" s="55"/>
       <c r="H10" s="55"/>
       <c r="I10" s="55"/>
       <c r="J10" s="55"/>
       <c r="K10" s="55"/>
       <c r="L10" s="55"/>
       <c r="M10" s="55"/>
       <c r="N10" s="55"/>
       <c r="O10" s="55"/>
       <c r="P10" s="55"/>
       <c r="Q10" s="55"/>
       <c r="R10" s="55"/>
       <c r="S10" s="55"/>
       <c r="T10" s="117"/>
     </row>
     <row r="11" spans="1:20" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>11</v>
       </c>
@@ -2044,51 +2045,51 @@
       <c r="B12" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="25"/>
       <c r="D12" s="41"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="51"/>
       <c r="I12" s="51"/>
       <c r="J12" s="51"/>
       <c r="K12" s="51"/>
       <c r="L12" s="75"/>
       <c r="M12" s="83"/>
       <c r="N12" s="90"/>
       <c r="O12" s="99"/>
       <c r="P12" s="105"/>
       <c r="Q12" s="105"/>
       <c r="R12" s="105"/>
       <c r="S12" s="105"/>
       <c r="T12" s="119"/>
     </row>
     <row r="13" spans="1:20" ht="15" customHeight="1">
       <c r="A13" s="7"/>
       <c r="B13" s="18" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" s="25"/>
       <c r="D13" s="42"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="52"/>
       <c r="L13" s="76"/>
       <c r="M13" s="84"/>
       <c r="N13" s="91"/>
       <c r="O13" s="100"/>
       <c r="P13" s="47"/>
       <c r="Q13" s="47"/>
       <c r="R13" s="47"/>
       <c r="S13" s="47"/>
       <c r="T13" s="115"/>
     </row>
     <row r="14" spans="1:20" ht="15" customHeight="1">
       <c r="A14" s="7"/>
       <c r="B14" s="20" t="s">
         <v>18</v>
       </c>
@@ -2187,51 +2188,51 @@
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="22"/>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="22"/>
       <c r="F18" s="22"/>
       <c r="G18" s="22"/>
       <c r="H18" s="22"/>
       <c r="I18" s="22"/>
       <c r="J18" s="22"/>
       <c r="K18" s="22"/>
       <c r="L18" s="22"/>
       <c r="M18" s="22"/>
       <c r="N18" s="22"/>
       <c r="O18" s="22"/>
       <c r="P18" s="22"/>
       <c r="Q18" s="22"/>
       <c r="R18" s="22"/>
       <c r="S18" s="22"/>
       <c r="T18" s="123"/>
     </row>
     <row r="19" spans="1:20" ht="15" customHeight="1">
       <c r="A19" s="9" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="21" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="68"/>
       <c r="J19" s="68"/>
       <c r="K19" s="68"/>
       <c r="L19" s="68"/>
       <c r="M19" s="32"/>
       <c r="N19" s="95"/>
       <c r="O19" s="101"/>
       <c r="P19" s="101"/>
       <c r="Q19" s="101"/>
       <c r="R19" s="101"/>
       <c r="S19" s="101"/>
       <c r="T19" s="124"/>
     </row>
     <row r="20" spans="1:20" ht="15" customHeight="1">
       <c r="A20" s="9"/>
@@ -2287,109 +2288,109 @@
       <c r="A22" s="11"/>
       <c r="B22" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="25"/>
       <c r="D22" s="25"/>
       <c r="E22" s="25"/>
       <c r="F22" s="25"/>
       <c r="G22" s="25"/>
       <c r="H22" s="62"/>
       <c r="I22" s="69"/>
       <c r="J22" s="72"/>
       <c r="K22" s="62"/>
       <c r="L22" s="69"/>
       <c r="M22" s="72"/>
       <c r="N22" s="96"/>
       <c r="O22" s="28"/>
       <c r="P22" s="28"/>
       <c r="Q22" s="28"/>
       <c r="R22" s="28"/>
       <c r="S22" s="28"/>
       <c r="T22" s="124"/>
     </row>
     <row r="23" spans="1:20" ht="15" customHeight="1">
       <c r="A23" s="12" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="48"/>
       <c r="H23" s="63"/>
       <c r="I23" s="25"/>
       <c r="J23" s="25"/>
       <c r="K23" s="25"/>
       <c r="L23" s="25"/>
       <c r="M23" s="72" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="N23" s="97"/>
       <c r="O23" s="103"/>
       <c r="P23" s="106"/>
       <c r="Q23" s="28"/>
       <c r="R23" s="28"/>
       <c r="S23" s="28"/>
       <c r="T23" s="125"/>
     </row>
     <row r="24" spans="1:20" ht="15" customHeight="1">
       <c r="A24" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="26"/>
       <c r="C24" s="26"/>
       <c r="D24" s="26"/>
       <c r="E24" s="26"/>
       <c r="F24" s="26"/>
       <c r="G24" s="57"/>
       <c r="H24" s="64" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="70"/>
       <c r="J24" s="70"/>
       <c r="K24" s="70"/>
       <c r="L24" s="70"/>
       <c r="M24" s="70"/>
       <c r="N24" s="70"/>
       <c r="O24" s="70"/>
       <c r="P24" s="70"/>
       <c r="Q24" s="70"/>
       <c r="R24" s="70"/>
       <c r="S24" s="70"/>
       <c r="T24" s="126"/>
     </row>
     <row r="25" spans="1:20" ht="14.4" customHeight="1">
       <c r="A25" s="14"/>
     </row>
     <row r="26" spans="1:20" ht="14.4" customHeight="1">
       <c r="A26" s="14" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B26" s="27" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C26" s="27"/>
       <c r="D26" s="27"/>
       <c r="E26" s="27"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
       <c r="S26" s="27"/>
       <c r="T26" s="27"/>
     </row>
     <row r="27" spans="1:20" ht="14.4" customHeight="1">
       <c r="A27" s="15"/>
       <c r="B27" s="27"/>
       <c r="C27" s="27"/>
       <c r="D27" s="27"/>
@@ -2412,63 +2413,50 @@
     </row>
     <row r="28" spans="1:20" ht="14.4" customHeight="1">
       <c r="A28" s="16"/>
       <c r="B28" s="27"/>
       <c r="C28" s="27"/>
       <c r="D28" s="27"/>
       <c r="E28" s="27"/>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
       <c r="J28" s="27"/>
       <c r="K28" s="27"/>
       <c r="L28" s="27"/>
       <c r="M28" s="27"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
     </row>
     <row r="29" spans="1:20">
       <c r="B29" s="28"/>
-      <c r="C29" s="1"/>
-[...11 lines deleted...]
-      <c r="G30" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="61">
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:T2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:T3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:T4"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="L5:T5"/>
     <mergeCell ref="D8:T8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:T9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="F10:T10"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="D11:L11"/>
@@ -2597,29 +2585,29 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>中村 葉子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="2" name="SavedVersions">
     <vt:vector size="1" baseType="lpwstr">
       <vt:lpwstr>3.1.3.0</vt:lpwstr>
     </vt:vector>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="3" name="LastSavedVersion">
     <vt:lpwstr>3.1.3.0</vt:lpwstr>
   </property>
   <property fmtid="{DCFEDD21-7773-49B2-8022-6FC58DB5260B}" pid="4" name="LastSavedDate">
-    <vt:filetime>2024-07-24T07:37:53Z</vt:filetime>
+    <vt:filetime>2025-09-08T02:57:10Z</vt:filetime>
   </property>
 </Properties>
 </file>